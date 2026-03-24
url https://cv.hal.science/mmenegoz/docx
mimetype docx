--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,355 +66,355 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of climate change on persistent cold-air pools in an alpine valley during the 21st century</w:t>
+                <w:t xml:space="preserve">Assessing downscaling methods to simulate hydrologically relevant weather scenarios from a global atmospheric reanalysis: case study of the upper Rhône River (1902–2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Bacer</w:t>
+                <w:t xml:space="preserve">Caroline Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Beaumet</w:t>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/wcd-5-211-2024⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (9), pp.2139-2166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-28-2139-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04473982v1</w:t>
+                <w:t xml:space="preserve">hal-04578330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing downscaling methods to simulate hydrologically relevant weather scenarios from a global atmospheric reanalysis: case study of the upper Rhône River (1902–2009)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of climate change on persistent cold-air pools in an alpine valley during the 21st century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bacer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Legrand</w:t>
+                <w:t xml:space="preserve">Julien Beaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Hingray</w:t>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Enzo Le Bouëdec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 28 (9), pp.2139-2166. </w:t>
+              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (1), pp.211-229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/hess-28-2139-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/wcd-5-211-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04578330v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving climate model skill over High Mountain Asia by adapting snow cover parameterization to complex-topography areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -481,1134 +481,1134 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of climate change on wintertime European atmospheric blocking</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity of Glaciers in the European Alps to Anthropogenic Atmospheric Forcings: Case Study of the Argentière Glacier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Jomaa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Beaumet</w:t>
+                <w:t xml:space="preserve">Léo Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Enzo Le Bouëdec</w:t>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gagliardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/wcd-3-377-2022⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50 (13), pp.e2022GL100363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022GL100363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03835681v1</w:t>
+                <w:t xml:space="preserve">insu-04303015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black carbon and dust alter the response of mountain snow cover under climate change</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Gascoin</w:t>
+                <w:t xml:space="preserve">Impact of climate change on wintertime European atmospheric blocking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bacer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Lafaysse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Nabat</w:t>
+                <w:t xml:space="preserve">Fatima Jomaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Beaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Le Bouëdec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-32501-y⟩</w:t>
+              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (1), pp.377-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/wcd-3-377-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03783979v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EC-Earth3 Earth system model for the Coupled Model Intercomparison Project 6</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Black carbon and dust alter the response of mountain snow cover under climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Réveillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralf Döscher</w:t>
+                <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Acosta</w:t>
+                <w:t xml:space="preserve">Simon Gascoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Alessandri</w:t>
+                <w:t xml:space="preserve">Matthieu Lafaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Anthoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Arsouze</w:t>
+                <w:t xml:space="preserve">Pierre Nabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-15-2973-2022⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.5279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-32501-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03815527v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twentieth century temperature and snow cover changes in the French Alps</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+                <w:t xml:space="preserve">The EC-Earth3 Earth system model for the Coupled Model Intercomparison Project 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Döscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Morin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
+                <w:t xml:space="preserve">Mario Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Fettweis</w:t>
+                <w:t xml:space="preserve">Andrea Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Anthoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-021-01830-x⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.2973 - 3020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-15-2973-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440965v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the observed connection between Arctic sea ice and Eurasian snow in relation to the winter North Atlantic Oscillation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Twentieth century temperature and snow cover changes in the French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Beaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Bech</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Samuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fettweis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/abad57⟩</w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (4), pp.114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10113-021-01830-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051668v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change in the High Mountain Asia in CMIP6</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">On the observed connection between Arctic sea ice and Eurasian snow in relation to the winter North Atlantic Oscillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Santolaria-Otín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier García-Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stefan Wunderle</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Bech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/esd-12-1061-2021⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/abad57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441021v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Near‐Surface Continental Climate in IPSL‐CM6A‐LR by Combined Evolutions of Atmospheric and Land Surface Physics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+                <w:t xml:space="preserve">Climate change in the High Mountain Asia in CMIP6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionela Musat</w:t>
+                <w:t xml:space="preserve">Kathrin Naegeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stefan Wunderle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (10), pp.e2019MS002005. </w:t>
+              <w:t xml:space="preserve">Earth System Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.1061 - 1098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2019ms002005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/esd-12-1061-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03013156v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Multiyear Climate Impacts of Volcanic Eruptions in Decadal Prediction Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improved Near‐Surface Continental Climate in IPSL‐CM6A‐LR by Combined Evolutions of Atmospheric and Land Surface Physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Cheruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leon Hermanson</w:t>
+                <w:t xml:space="preserve">Agnès Ducharne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Bilbao</w:t>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nick Dunstone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+                <w:t xml:space="preserve">Ionela Musat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Ortega</w:t>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 125 (9), </w:t>
+              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (10), pp.e2019MS002005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2019jd031739⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019ms002005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03051699v1</w:t>
+                <w:t xml:space="preserve">hal-03013156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Replicability of the EC-Earth3 Earth system model under a change in computing environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Yepes-Arbós</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1666,1474 +1666,1742 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03051764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historical Northern Hemisphere snow cover trends and projected changes in the CMIP6 multi-model ensemble</w:t>
+                <w:t xml:space="preserve">Robust Multiyear Climate Impacts of Volcanic Eruptions in Decadal Prediction Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lawrence Mudryk</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Leon Hermanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Bilbao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Dunstone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chris Derksen</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-14-2495-2020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019jd031739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03051782v1</w:t>
+                <w:t xml:space="preserve">hal-03051699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reanalysing the 2007–19 glaciological mass-balance series of Mera Glacier, Nepal, Central Himalaya, using geodetic mass balance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Historical Northern Hemisphere snow cover trends and projected changes in the CMIP6 multi-model ensemble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbindra Khadka</w:t>
+                <w:t xml:space="preserve">Lawrence Mudryk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Santolaria-Otín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerhard Krinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Berthier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dibas Shrestha</w:t>
+                <w:t xml:space="preserve">Chris Derksen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jog.2020.88⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (7), pp.2495 - 2514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-14-2495-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051883v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting seasonal changes in total and intense precipitation in the European Alps from 1903 to 2010</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+                <w:t xml:space="preserve">Reanalysing the 2007–19 glaciological mass-balance series of Mera Glacier, Nepal, Central Himalaya, using geodetic mass balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evgenia Valla</w:t>
+                <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jourdain</w:t>
+                <w:t xml:space="preserve">Arbindra Khadka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Blanchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Beaumet</w:t>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dibas Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/hess-24-5355-2020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (261), pp.117-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2020.88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051616v2</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forecasting the climate response to volcanic eruptions: prediction skill related to stratospheric aerosol forcing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ménégoz</w:t>
+                <w:t xml:space="preserve">Contrasting seasonal changes in total and intense precipitation in the European Alps from 1903 to 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Bilbao</w:t>
+                <w:t xml:space="preserve">Evgenia Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Bellprat</w:t>
+                <w:t xml:space="preserve">Nicolas Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Guemas</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juliette Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Beaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/aac4db⟩</w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (11), pp.5355-5377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/hess-24-5355-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03411639v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051616v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESM-SnowMIP: assessing snow models and quantifying snow-related climate feedbacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Derksen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Essery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Essery</w:t>
+                <w:t xml:space="preserve">Mark G. Flanner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hagemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (12), pp.5027-5049. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-11-5027-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02165393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of explosive volcanic eruptions on the main climate variability modes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forecasting the climate response to volcanic eruptions: prediction skill related to stratospheric aerosol forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Swingedouw</w:t>
+                <w:t xml:space="preserve">R Bilbao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Mignot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pablo Ortega</w:t>
+                <w:t xml:space="preserve">O Bellprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Khodri</w:t>
+                <w:t xml:space="preserve">V. Guemas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Menegoz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F J Doblas-Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 150, pp.24 - 45. </w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Environmental Research Letters, 13 (064022), </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2017.01.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/aac4db⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01497307v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Atlantic Multidecadal Variability in modulating the climate response to a Pinatubo-like volcanic eruption</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Impact of explosive volcanic eruptions on the main climate variability modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Swingedouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Khodri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Ménégoz</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Bretonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 51 (5-6), pp.1863-1883. </w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 150, pp.24 - 45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00382-017-3986-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2017.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04618899v1</w:t>
+                <w:t xml:space="preserve">hal-01497307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an imminent extinction of Colombian glaciers?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of the Atlantic Multidecadal Variability in modulating the climate response to a Pinatubo-like volcanic eruption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+                <w:t xml:space="preserve">Christophe Cassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Swingedouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Luis Ceballos</w:t>
+                <w:t xml:space="preserve">Yohan Ruprich-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natan Micheletti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michael Braitmeier</w:t>
+                <w:t xml:space="preserve">Pierre-Antoine Bretonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geografiska Annaler: Series A, Physical Geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/04353676.2017.1383015⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 51 (5-6), pp.1863-1883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-017-3986-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01894284v1</w:t>
+                <w:t xml:space="preserve">hal-04618899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black carbon in snow in the upper Himalayan Khumbu Valley, Nepal: observations and modeling of the impact on snow albedo, melting, and radiative forcing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward an imminent extinction of Colombian glaciers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Luis Ceballos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans-Werner Hans-Werner Jacobi</w:t>
+                <w:t xml:space="preserve">Natan Micheletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lim</w:t>
+                <w:t xml:space="preserve">Ekkehard Jordan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ménégoz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Laj</w:t>
+                <w:t xml:space="preserve">Michael Braitmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-9-1685-2015⟩</w:t>
+              <w:t xml:space="preserve">Geografiska Annaler: Series A, Physical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100 (1), pp.75 - 95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/04353676.2017.1383015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01235700v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent glacier decline in the Kerguelen Islands (49°S, 69°E) derived from modeling, field observations, and satellite data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atmospheric drying as the main driver of dramatic glacier wastage in the southern Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+                <w:t xml:space="preserve">Étienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Favier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Gilbert Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JF003329⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (32396), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep32396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01164519v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01389407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Black carbon in snow in the upper Himalayan Khumbu Valley, Nepal: observations and modeling of the impact on snow albedo, melting, and radiative forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Werner Hans-Werner Jacobi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ginot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (4), pp.1685-1699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-9-1685-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01235700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent glacier decline in the Kerguelen Islands (49°S, 69°E) derived from modeling, field observations, and satellite data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gilbert Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (3), pp.637-654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JF003329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01164519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Winter interactions between aerosols and weather regimes in the North-Atlantic European region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Guemas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Salas y Melia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voldoire Aurore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 115, pp.D09201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2009JD012480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">meteo-00459504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3143,284 +3411,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating Snow Changes in the ORCHIDEE Land Surface Model related to Light Absorbing Particles deposition. ID# 1260304,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishnakumar Sujith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Albani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ottle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Balkanski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall meeting,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AGU, Dec 2023, San Francisco,, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting seasonal changes in temperature, precipitation and snow cover simulated over the European Alps during the twentieth century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Menegoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Gallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Fettweis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Online, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03306887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3430,78 +3698,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing the High Mountain Asia cold bias in GCMs by adapting snow cover parameterization to complex topography areas,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3516,100 +3784,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Mountain Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Insbruck, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of a snow cover scheme for complex topography areas: regional calibration over High Mountain Asia and application in global models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3624,176 +3892,176 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2022, EGU22-615, Session CR3.1 – Modelling and measuring snow processes across scales.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An interdisciplinary approach to showcase changes of a socio-ecological system in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Bevione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Bernard-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMC 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Innsbruck, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3803,147 +4071,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacier de la Girose, versant sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Chambru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ibanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Berard-Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bisiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le naturographe éditions, 2024, 978-2-9560549-9-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3953,392 +4221,274 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les glaciers des hautes montagnes d’Asie face au changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ménégoz Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EC-Earth3 Earth System Model for the Climate Model Intercomparison Project 6</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Almut Arneth</w:t>
+                <w:t xml:space="preserve">Sensitivity of Alpine glaciers to anthropogenic atmospheric forcings: case study of the Argentière glacier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ménégoz Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gagliardini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...117 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03764448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4348,165 +4498,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un Institut Environnement - Société à l’UGA Vers une pérennisation de la dynamique impulsée autour des études des trajectoires des socio-écosystèmes dans un contexte d’évolution climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Buclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Eckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Grenoble Alpes (UGA). 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03728916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId170"/>
+      <w:footerReference w:type="default" r:id="rId174"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4653,51 +4803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473982v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bacer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Le Bou&#235;dec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-5-211-2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578330v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Legrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-2139-2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lalande" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Krinner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cheruy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-5095-2023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835681v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Jomaa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-3-377-2022" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783979v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;veillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafaysse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32501-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf D&#246;scher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Acosta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Alessandri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Anthoni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-15-2973-2022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440965v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Morin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fettweis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01830-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051668v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Santolaria-Ot&#237;n" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a-Serrano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Bech" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abad57" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441021v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Naegeli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wunderle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-12-1061-2021" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013156v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Musat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vignon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019ms002005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051699v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Hermanson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bilbao" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Dunstone" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ortega" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019jd031739" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Yepes-Arb&#243;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Exarchou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-1165-2020" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051782v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Mudryk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Derksen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-2495-2020" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051883v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbindra Khadka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibas Shrestha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2020.88" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051616v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Valla" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jourdain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-5355-2020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411639v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bilbao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bellprat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guemas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Doblas-Reyes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/aac4db" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02165393v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Essery" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark G. Flanner" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hagemann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-5027-2018" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497307v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mignot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Khodri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Menegoz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2017.01.006" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618899v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cassou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Ruprich-Robert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3986-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894284v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ceballos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Micheletti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkehard Jordan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Braitmeier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353676.2017.1383015" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01235700v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Hans-Werner Jacobi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lim" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ginot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-9-1685-2015" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert Gilbert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JF003329" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00459504v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;n&#233;goz Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guemas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voldoire Aurore" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD012480" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264774v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakumar Sujith" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balkanski" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306887v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11097" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264665v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264693v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069036v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aubry" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Bevione" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Bernard-Brunet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774149v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bodin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Chambru" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard-Chenu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bisiaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303480v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451376v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almut Arneth" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764448v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Clauzel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gagliardini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728916v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578330v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Legrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-2139-2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473982v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bacer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Le Bou&#235;dec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-5-211-2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lalande" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Krinner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cheruy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-5095-2023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04303015v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Clauzel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gagliardini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL100363" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835681v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Jomaa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-3-377-2022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;veillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafaysse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32501-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815527v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf D&#246;scher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Acosta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Alessandri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Anthoni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-15-2973-2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440965v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Morin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fettweis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01830-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Santolaria-Ot&#237;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a-Serrano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Bech" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/abad57" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441021v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Naegeli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wunderle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-12-1061-2021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Musat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vignon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019ms002005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Yepes-Arb&#243;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Exarchou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-1165-2020" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051699v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Hermanson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bilbao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Dunstone" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ortega" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019jd031739" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051782v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Mudryk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Derksen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-2495-2020" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051883v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbindra Khadka" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dibas Shrestha" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2020.88" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051616v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Valla" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jourdain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-5355-2020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02165393v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Essery" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark G. Flanner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hagemann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-5027-2018" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411639v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bilbao" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bellprat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guemas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Doblas-Reyes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/aac4db" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497307v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mignot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Khodri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2017.01.006" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618899v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cassou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Ruprich-Robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3986-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894284v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ceballos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natan Micheletti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkehard Jordan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Braitmeier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/04353676.2017.1383015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389407v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verfaillie" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Berthier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32396" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01235700v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Hans-Werner Jacobi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ginot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-9-1685-2015" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164519v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert Gilbert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JF003329" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-00459504v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;n&#233;goz Martin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guemas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voldoire Aurore" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD012480" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264774v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakumar Sujith" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Albani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balkanski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306887v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Menegoz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11097" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264665v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264693v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069036v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aubry" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Bevione" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Bernard-Brunet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774149v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bodin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Chambru" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Berard-Chenu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bisiaux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303480v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764448v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728916v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>