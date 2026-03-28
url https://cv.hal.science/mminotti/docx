--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1590,324 +1590,324 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05442247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent excavations in the Lower Egyptian Culture settlement of Tell el-Iswid</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">le petit mobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Y. Tristant; J. Villaeys; E. M. Ryan. </w:t>
+              <w:t xml:space="preserve">Béatrix Midant-Reynes; Nathalie Buchez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egypt at its Origins 7, Proceedings of the Seventh International Conference "Origin of the State. Predynastic and Early Dynastic Egypt",Paris 19th - 23rd September 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Orientalia Lovaniensa Analecta (323), Peeters publishers, pp.45-60, 2024</w:t>
+              <w:t xml:space="preserve">Tell el-Iswid 2010-2018, Les occupations naqadiennes du secteur 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, IFAO, pp.114-126, 2024, 9782724710151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04906793v1</w:t>
+                <w:t xml:space="preserve">hal-04668770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Données descriptives et éléments stratigraphiques</w:t>
+                <w:t xml:space="preserve">Recent excavations in the Lower Egyptian Culture settlement of Tell el-Iswid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Béatrix Midant-Reynes; Nathalie Buchez. </w:t>
+              <w:t xml:space="preserve">Y. Tristant; J. Villaeys; E. M. Ryan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tell el-Iswid 2010-2018, Les occupations naqadiennes du secteur 4</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, IFAO, pp.5-17, 2024, 9782724710151</w:t>
+              <w:t xml:space="preserve">Egypt at its Origins 7, Proceedings of the Seventh International Conference "Origin of the State. Predynastic and Early Dynastic Egypt",Paris 19th - 23rd September 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orientalia Lovaniensa Analecta (323), Peeters publishers, pp.45-60, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668794v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">le petit mobilier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Données descriptives et éléments stratigraphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Béatrix Midant-Reynes; Nathalie Buchez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tell el-Iswid 2010-2018, Les occupations naqadiennes du secteur 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2, IFAO, pp.114-126, 2024, 9782724710151</w:t>
+              <w:t xml:space="preserve">, 2, IFAO, pp.5-17, 2024, 9782724710151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04668770v1</w:t>
+                <w:t xml:space="preserve">hal-04668794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'émergence de l'architecture en brique crue en Égypte au IVe millénaire av. n. è. Réflexion à partir des découvertes récentes de Tell el-Iswid (delta oriental)</w:t>
               </w:r>
@@ -2120,497 +2120,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the Diversity of Practices to the Function of Fineries in the Funerary Context of Adaima</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A la découverte de la préhistoire ignorée, questions de méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Bajeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Bréand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Köhler E. K.; Kuch N.; Junge F.; Jeske A.-K. </w:t>
+              <w:t xml:space="preserve">Nathalie Buchez; Yann Tristant; Olivier Rochecouste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egypt at its Origins 6: Proceedings ot the Sixth International Conference 'Origin of the State: Predynastic and Early Dynastic Egypt', Vienna, 10th - 15th September 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 303, Peeters Publisher, pp.573-588, 2021</w:t>
+              <w:t xml:space="preserve">Egypte antérieure. Mélanges de préhistoire et d'archéologie offerts à Béatrix Midant-Reynes par ses étudiants, collègues et amis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orientalia Lovaniensia Analecta (304), Peeters Publishers, pp.133-149, 2021, 978-9042941403</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03795800v1</w:t>
+                <w:t xml:space="preserve">hal-03774333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la découverte de la préhistoire ignorée, questions de méthodes</w:t>
+                <w:t xml:space="preserve">À LA DÉCOUVERTE D’UNE PRÉHISTOIRE IGNORÉE.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Bajeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Bréand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Buchez; Yann Tristant; Olivier Rochecouste. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egypte antérieure. Mélanges de préhistoire et d'archéologie offerts à Béatrix Midant-Reynes par ses étudiants, collègues et amis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Egypte anterieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orientalia Lovaniensia Analecta (304), Peeters Publishers, pp.133-150, 2021, 9789042941403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv27vt5ft.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03774333v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À LA DÉCOUVERTE D’UNE PRÉHISTOIRE IGNORÉE.</w:t>
+                <w:t xml:space="preserve">Technical Tradition and Changes: Data from the excavations of the Site of Tell el-Iswid (Eastern Delta)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Bajeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Nathalie Buchez; Yann Tristant; Olivier Rochecouste. </w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gerez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Christiana Köhler; Nora Kuch; Friedrich Junge; Ann-Kathrin Jeske. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egypte anterieure</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Egypt at its Origins 6. Proceedings of the Sixth International Conference "Origin of the State. Predynastic and Early Dynastic Egypt", Vienna 10th-15th September 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orientalia Lovaniensia Analecta (303), Peeters Publishers, pp.83-94, 2021, 978-90-429-4067-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv2crj2bh.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2307/j.ctv27vt5ft.15⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04253901v1</w:t>
+                <w:t xml:space="preserve">hal-03774345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical Tradition and Changes: Data from the excavations of the Site of Tell el-Iswid (Eastern Delta)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">E. Christiana Köhler; Nora Kuch; Friedrich Junge; Ann-Kathrin Jeske. </w:t>
+                <w:t xml:space="preserve">From the Diversity of Practices to the Function of Fineries in the Funerary Context of Adaima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Minotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Köhler E. K.; Kuch N.; Junge F.; Jeske A.-K. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egypt at its Origins 6. Proceedings of the Sixth International Conference "Origin of the State. Predynastic and Early Dynastic Egypt", Vienna 10th-15th September 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Egypt at its Origins 6: Proceedings ot the Sixth International Conference 'Origin of the State: Predynastic and Early Dynastic Egypt', Vienna, 10th - 15th September 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 303, Peeters Publisher, pp.573-588, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2307/j.ctv2crj2bh.9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03774345v1</w:t>
+                <w:t xml:space="preserve">hal-03795800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les objets de parure</w:t>
               </w:r>
@@ -2682,90 +2682,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower Egyptian Culture settlement at Tell el-Iswid in the Nile Delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Bréand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Midant-Reynes; Y. Tristant; Ryan Ellen M. (with the collaboration of). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Egypt at its Origins 5 - Proceedings of the Fifth International Conference "Origin of the State. Predynastic and Early Dynastic Egypt", Cairo, 13th - 18 th April 2014</w:t>
@@ -2957,51 +2957,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tell el-Iswid, 2006-2010. Archaeology of the Eastern Nile Delta in the 4th millennium BC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3099,51 +3099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les opérations de terrain : la séquence stratigraphique des sondages 1a et 1b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3293,355 +3293,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05442343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seen or not seen, body containers and funerary preactices in Adaïma cemeteries</w:t>
+                <w:t xml:space="preserve">What does a queen need? The Small finds discovered in the tomb of Meret-Neith (Abydos, Umm el-Qaab, 1st Dynasty)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Christiana Köhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encasing the body for eternity. Body containers in the Predynastic and Early Dynastic Period in Egypt</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Müller Vera; Mariusz Jucha, Feb 2024, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Origins 8, the international Conference "Egypt at its Origins" Predynastic ans Early Dynastic Egypt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jagiellonian University in Krakow, Sep 2024, Krakow (Cracovie), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04668821v1</w:t>
+                <w:t xml:space="preserve">hal-04710455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What does a queen need? The Small finds discovered in the tomb of Meret-Neith (Abydos, Umm el-Qaab, 1st Dynasty)</w:t>
+                <w:t xml:space="preserve">Depiction of Predynastic appearances, a scientific and aesthetic bias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Christiana Köhler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Origins 8, the international Conference "Egypt at its Origins" Predynastic ans Early Dynastic Egypt</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jagiellonian University in Krakow, Sep 2024, Krakow (Cracovie), Poland</w:t>
+              <w:t xml:space="preserve">13th International Conference for Meroitic Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität Münster, Sep 2024, Münster (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04710455v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depiction of Predynastic appearances, a scientific and aesthetic bias</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Latest data from Tell el-Iswid, the end of a nearly 20-year project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference for Meroitic Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universität Münster, Sep 2024, Münster (DE), Germany</w:t>
+              <w:t xml:space="preserve">Origins 8, the 8th international Conference "Egypt at its Origins" Predynastic and Early Dynastic Egypt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jagiellonian University in Krakow, Sep 2024, Krakow (Cracovie), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710441v1</w:t>
+                <w:t xml:space="preserve">hal-04710457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latest data from Tell el-Iswid, the end of a nearly 20-year project</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seen or not seen, body containers and funerary preactices in Adaïma cemeteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Origins 8, the 8th international Conference "Egypt at its Origins" Predynastic and Early Dynastic Egypt</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jagiellonian University in Krakow, Sep 2024, Krakow (Cracovie), Poland</w:t>
+              <w:t xml:space="preserve">Encasing the body for eternity. Body containers in the Predynastic and Early Dynastic Period in Egypt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Müller Vera; Mariusz Jucha, Feb 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04710457v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une sépulture d’enfant en coffre de l’âge du Bronze ancien et sa parure aux Chemerets (Cournon d’Auvergne, Puy-de-Dôme),</w:t>
               </w:r>
@@ -4358,89 +4358,89 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des parures en contexte funéraire : le cas du coffre d’immature ST1029</w:t>
+                <w:t xml:space="preserve">Les petits Mobiliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] HADES Bureau d'investigations archéologiques. 2022, pp.245-248</w:t>
+              <w:t xml:space="preserve">Tell el-Iswid, Rapport d'activité de la quinzième campagne, IFAO; MEAE (Ministère des Affaires Etrangères). 2022, pp.25-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817291v1</w:t>
+                <w:t xml:space="preserve">hal-04911045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vias La Gardie-Font Longue Tranche 1</w:t>
               </w:r>
@@ -4542,89 +4542,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les petits Mobiliers</w:t>
+                <w:t xml:space="preserve">Étude des parures en contexte funéraire : le cas du coffre d’immature ST1029</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Tell el-Iswid, Rapport d'activité de la quinzième campagne, IFAO; MEAE (Ministère des Affaires Etrangères). 2022, pp.25-46</w:t>
+              <w:t xml:space="preserve">[0] HADES Bureau d'investigations archéologiques. 2022, pp.245-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04911045v1</w:t>
+                <w:t xml:space="preserve">hal-03817291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le terrain, Notice synthétique sur les opérations de terrain</w:t>
               </w:r>
@@ -4636,51 +4636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Hajaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5254,51 +5254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El Hajaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Tell el-Iswid mission 2016, IFAO; MAEA Ministère des Affaires Etrangères. 2016, pp.5-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5492,51 +5492,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de la mission Préhistoire, oasis de Kharga, Douch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5591,505 +5591,505 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le petit mobilier</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">[0] Tell el-Iswid 2010, IFAO; MEAE (Ministère des Affaires Etrangères). 2010, pp.50-54</w:t>
+                <w:t xml:space="preserve">Rapport de la mission Préhistoire, oasis de Kharga, Douch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan de Dapper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] IFAO. 2010, pp.44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03811716v1</w:t>
+                <w:t xml:space="preserve">hal-03828771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de la mission Préhistoire, oasis de Kharga, Douch</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[0] IFAO. 2010, pp.44</w:t>
+                <w:t xml:space="preserve">Le petit mobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Minotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Tell el-Iswid 2010, IFAO; MEAE (Ministère des Affaires Etrangères). 2010, pp.50-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828771v1</w:t>
+                <w:t xml:space="preserve">hal-03811716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le petit mobilier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La fouille premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Minotti</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[0] Tell el-Iswid 2009, IFAO; MAEA Ministère des Affaires Etrangères. 2009, pp.51-59</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El Hajaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Vosges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Tell el-Iswid 2009, IFAO; MAEA Ministère des Affaires Etrangères. 2009, pp.3-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03811727v1</w:t>
+                <w:t xml:space="preserve">hal-03828734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fouille premiers résultats</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de la mission Préhistoire, oasis de Kharga, Douch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrix Midant-Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan de Dapper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] IFAO. 2009, pp.27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Vosges</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03828734v1</w:t>
+                <w:t xml:space="preserve">hal-03828776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de la mission Préhistoire, oasis de Kharga, Douch</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[0] IFAO. 2009, pp.27</w:t>
+                <w:t xml:space="preserve">Le petit mobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Minotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Tell el-Iswid 2009, IFAO; MAEA Ministère des Affaires Etrangères. 2009, pp.51-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828776v1</w:t>
+                <w:t xml:space="preserve">hal-03811727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le secteur 2</w:t>
               </w:r>
@@ -6484,51 +6484,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D9348D75"/>
+    <w:nsid w:val="D11AD165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6715,51 +6715,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mminotti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-3253-2260" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01957778v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Minotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442221v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;rin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/une-archeologie-au-dela-des-frontieres-nathalie-buchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana14.9782356136633" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374463v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifao.egnet.net/publications/catalogue/9782724707779/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257343v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Allaoua" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ch&#226;teauneuf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El Hajaoui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14fwn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668758v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Christiana K&#246;hler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ferschin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Hood" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Junge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balint Kovacs" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/AEundL33s75" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108431v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Elhajaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Ferri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.5608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668891v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129356v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.768" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811657v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jouneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Derbier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dachy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-018-9306-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956679v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arnil.2017.1282" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442247v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/archaeology-of-appearance-in-pre-pharaonic-period-in-egypt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana14.9782356136633.21" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906793v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Hajaoui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668794v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668770v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03766498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esperou.montpellier.archi.fr/accueil/52-architecture-et-construction-en-terre-crue-vol5.html?search_query=978-2-491253-08-0&amp;amp;results=1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668806v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat-Joly" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12pfi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795800v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774333v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Br&#233;and" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253901v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv27vt5ft.15" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774345v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix Midant-Reynes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2crj2bh.9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795874v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01807210v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-6816-7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795929v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842117v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;and Ga&#235;lle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668821v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710455v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Christiana K&#246;hler" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710441v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710457v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guerin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Parisot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986270v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986088v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986275v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795687v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811674v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796155v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796175v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817291v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190959v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Labatte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911045v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911099v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villaeys" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803072v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foucras" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817323v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabr" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986284v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986295v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986253v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828685v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986243v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828698v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828766v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan de Dapper" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811716v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828771v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828734v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Vosges" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828776v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828722v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;liez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tristant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668871v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668833v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986131v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mminotti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-3253-2260" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01957778v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Minotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442221v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gu&#233;rin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/une-archeologie-au-dela-des-frontieres-nathalie-buchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana14.9782356136633" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374463v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifao.egnet.net/publications/catalogue/9782724707779/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257343v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Allaoua" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ch&#226;teauneuf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El Hajaoui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14fwn" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668758v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Christiana K&#246;hler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ferschin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Hood" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Junge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balint Kovacs" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/AEundL33s75" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108431v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Elhajaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Ferri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.5608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668891v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129356v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.768" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811657v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jouneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Derbier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dachy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-018-9306-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956679v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arnil.2017.1282" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442247v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/archaeology-of-appearance-in-pre-pharaonic-period-in-egypt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana14.9782356136633.21" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668770v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906793v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Hajaoui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668794v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03766498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esperou.montpellier.archi.fr/accueil/52-architecture-et-construction-en-terre-crue-vol5.html?search_query=978-2-491253-08-0&amp;amp;results=1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668806v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat-Joly" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12pfi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774333v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Br&#233;and" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253901v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv27vt5ft.15" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774345v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrix Midant-Reynes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2crj2bh.9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795874v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01807210v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-6816-7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795929v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842117v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;and Ga&#235;lle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710455v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Christiana K&#246;hler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710441v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710457v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Guerin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668821v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Parisot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986270v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986088v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986275v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795687v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811674v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796155v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796175v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911045v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190959v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Galin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Olivia Doumerc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Labatte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817291v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911099v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villaeys" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803072v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foucras" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817323v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabr" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986284v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986295v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986253v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828685v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986243v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828698v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828766v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan de Dapper" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828771v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811716v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Vosges" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828776v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828722v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Loison" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;liez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Tristant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668871v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668833v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986131v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>