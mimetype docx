--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1876,290 +1876,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post Hurricane Irma debris collection and management in Saint-Martin (sept. 2017, French West Indies)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan humain de l’ouragan Irma à Saint-Martin : la rumeur post-catastrophe comme révélateur des disparités socio-territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Moatty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Grancher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Virmoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cavero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 93 (93), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.12918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.34154⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02514975v1</w:t>
+                <w:t xml:space="preserve">hal-02514979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan humain de l’ouragan Irma à Saint-Martin : la rumeur post-catastrophe comme révélateur des disparités socio-territoriales</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Post Hurricane Irma debris collection and management in Saint-Martin (sept. 2017, French West Indies)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Peroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Palany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gherardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geocarrefour.12918⟩</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.34154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02514979v1</w:t>
+                <w:t xml:space="preserve">hal-02514975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer une &amp;quot; éthique préventive &amp;quot; dans le processus de relèvement post-catastrophe : résilience, adaptation et &amp;quot; reconstruction préventive</w:t>
               </w:r>
@@ -3656,173 +3656,257 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02518288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Simpli-MANA : un jeu sérieux pour sensibiliser aux inondations et à leur gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Moatty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026, https://recover.paca.hub.inrae.fr/nos-projets/mana. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/0QYBK3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'Outre-Mer français face au défi de l'adaptation au changement climatique : l'exemple de la Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre K Magnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie K E Duvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Braconnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03704386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3832,51 +3916,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les connaissances et apprentissages de territoires cyclonés (Petites Antilles, saison cyclonique 2017) : fiches de synthèse des principaux résultats du projet ANR TIREX à l'attention des décideurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3889,51 +3973,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Moatty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Paul Valéry Montpellier 3 / LAGAM. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3943,185 +4027,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une Géographie des reconstructions post-catastrophe : risques, sociétés et territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Moatty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Paul Valéry - Montpellier III, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015MON30047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01299800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une Géographie des Reconstructions post-catastrophe : Risques, Sociétés et Territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Moatty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Paul Valéry - Montpellier 3, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01293718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId126"/>
+      <w:footerReference w:type="default" r:id="rId128"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4189,51 +4273,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9D672727"/>
+    <w:nsid w:val="C66CA9AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4420,51 +4504,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/moatty-annabelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0175-646X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192059505" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202774v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Moatty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Brueder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Di Maiolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10468781251351191" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134424v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marb&#339;uf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Friant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Domingo Fern&#225;ndez-Nieto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172045v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le De" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baumann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Le Masson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Kikano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4102/jamba.v15i1.1487" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527185v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Brueder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beullac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.3.17" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586795v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8498" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172060v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839640v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Magnan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toanui Viriamu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#233;ri Le Cozannet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01933-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Volto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Stahl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Defossez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloenvcha.2021.102236" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie K.E. Duvat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102453" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560127v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.19017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547552v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dubos-Paillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34634" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006826v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DPM-08-2020-402" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484810v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barraqu&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17477891.2019.1696738" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138224v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Palany" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514975v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peroche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34154" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514979v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.12918" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-XCLFT2PT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518278v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cherel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018046" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518257v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Reghezza-Zitt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.23554" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518272v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gaillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.714.0169" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518292v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160717003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368839v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824519v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;rard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114090v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424003v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340464v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Gand Watteau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370145v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavigne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estuning Tyas Wulan Mei" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanik Humaida" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15040-1_2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820692v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394169733.ch5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169733.ch5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-269-4.50023-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518288v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boudou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-268-7.50001-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704386v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre K Magnan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie K E Duvat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279119v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01299800v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MON30047" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01293718v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/moatty-annabelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0175-646X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192059505" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202774v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Moatty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Brueder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Di Maiolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10468781251351191" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134424v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marb&#339;uf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Friant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Domingo Fern&#225;ndez-Nieto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaf232" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172045v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le De" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baumann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Le Masson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Kikano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4102/jamba.v15i1.1487" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527185v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Brueder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beullac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.3.17" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586795v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.8498" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172060v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839640v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Magnan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toanui Viriamu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#233;ri Le Cozannet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01933-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Volto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Stahl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Defossez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloenvcha.2021.102236" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie K.E. Duvat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102453" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560127v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.19017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547552v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dubos-Paillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34634" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006826v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/DPM-08-2020-402" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484810v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barraqu&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17477891.2019.1696738" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138224v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P&#233;roche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Palany" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gherardi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514979v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.12918" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-XCLFT2PT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514975v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peroche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34154" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518278v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cherel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018046" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518257v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Reghezza-Zitt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.23554" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518272v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gaillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.714.0169" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518292v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160717003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368839v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824519v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann B&#233;rard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114090v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424003v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340464v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Gand Watteau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370145v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lavigne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estuning Tyas Wulan Mei" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanik Humaida" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15040-1_2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820692v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394169733.ch5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169733.ch5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-269-4.50023-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518288v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boudou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-268-7.50001-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05548628v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/0QYBK3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704386v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre K Magnan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie K E Duvat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Becker" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Braconnot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279119v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01299800v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MON30047" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01293718v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>