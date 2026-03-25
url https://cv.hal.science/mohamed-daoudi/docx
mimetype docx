--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -719,261 +719,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformer-based Self-supervised Multimodal Representation Learning for Wearable Emotion Recognition</w:t>
+                <w:t xml:space="preserve">Generating Multiple 4D Expression Transitions by Learning Face Landmark Trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yujin Wu</w:t>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ali Amad</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 15 (1), pp.157-172. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TAFFC.2023.3263907⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 15 (2), pp.566 - 578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TAFFC.2023.3280671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04051433v1</w:t>
+                <w:t xml:space="preserve">hal-04100664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating Multiple 4D Expression Transitions by Learning Face Landmark Trajectories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Ferrari</w:t>
+                <w:t xml:space="preserve">Transformer-based Self-supervised Multimodal Representation Learning for Wearable Emotion Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujin Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Amad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 15 (2), pp.566 - 578. </w:t>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.157-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TAFFC.2023.3280671⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAFFC.2023.3263907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100664v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different effects of social intention on movement kinematics when interacting with a human or virtual agent</w:t>
               </w:r>
@@ -1083,235 +1083,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal authentication and cryptographic key generation based on electroencephalographic signals</w:t>
+                <w:t xml:space="preserve">3D Skeleton-based Human Motion Prediction with Manifold-Aware GAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eman Abdel-Ghaffar</w:t>
+                <w:t xml:space="preserve">Baptiste Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Bartolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of King Saud University - Computer and Information Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jksuci.2023.03.019⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Biometrics, Behavior, and Identity Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 5 (3), pp.321-333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TBIOM.2022.3215067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156210v1</w:t>
+                <w:t xml:space="preserve">hal-03814326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Skeleton-based Human Motion Prediction with Manifold-Aware GAN</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Naima Otberdout</w:t>
+                <w:t xml:space="preserve">Personal authentication and cryptographic key generation based on electroencephalographic signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eman Abdel-Ghaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angela Bartolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Biometrics, Behavior, and Identity Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 5 (3), pp.321-333. </w:t>
+              <w:t xml:space="preserve">Journal of King Saud University - Computer and Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (5), pp.101541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TBIOM.2022.3215067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jksuci.2023.03.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814326v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Mesh-Invariant 3D Generative Deep Learning with Geometric Measures</w:t>
               </w:r>
@@ -1408,356 +1408,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04143649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subject-Dependent Emotion Recognition System Based on Multidimensional Electroencephalographic Signals: A Riemannian Geometry Approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic Facial Expression Generation on Hilbert Hypersphere with Conditional Wasserstein Generative Adversarial Nets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yujin Wu</w:t>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3147461⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (2), pp.848 - 863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPAMI.2020.3002500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03598646v1</w:t>
+                <w:t xml:space="preserve">hal-02862661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projection-based Classification of Surfaces for 3D Human Mesh Sequence Retrieval</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
+                <w:t xml:space="preserve">Subject-Dependent Emotion Recognition System Based on Multidimensional Electroencephalographic Signals: A Riemannian Geometry Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eman Abdel-Ghaffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujin Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Graphics: X</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3147461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402770v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03598646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Facial Expression Generation on Hilbert Hypersphere with Conditional Wasserstein Generative Adversarial Nets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Naima Otberdout</w:t>
+                <w:t xml:space="preserve">Projection-based Classification of Surfaces for 3D Human Mesh Sequence Retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emery Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computers &amp; Graphics: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102 (45-55)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862661v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Estimation of Self-Reported Pain by Trajectory Analysis in the Manifold of Fixed Rank Positive Semi-Definite Matrices</w:t>
               </w:r>
@@ -1769,77 +1769,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Szczapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (4), pp.1813-1826. </w:t>
@@ -1929,51 +1929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Oulad Haj Thami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (7), pp.109. </w:t>
@@ -2005,287 +2005,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Geometric Framework on Gram Matrix Trajectories for Human Behavior Understanding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Automatic Analysis of Facial Expressions Based on Deep Covariance Trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPAMI.2018.2872564⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (10), pp.3892-3905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNNLS.2019.2947244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01883247v1</w:t>
+                <w:t xml:space="preserve">hal-02369410v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Analysis of Facial Expressions Based on Deep Covariance Trajectories</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">A Novel Geometric Framework on Gram Matrix Trajectories for Human Behavior Understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31 (10), pp.3892-3905. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (1), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNNLS.2019.2947244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPAMI.2018.2872564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02369410v2</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lip Reading with Hahn Convolutional Neural Networks moments</w:t>
               </w:r>
@@ -2435,51 +2435,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Di Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunhong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2655,51 +2655,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation, Analysis and Recognition of 3D Humans: A Survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2763,51 +2763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation, Analysis, and Recognition of 3D Humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2893,77 +2893,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous Expression Detection from 3D Dynamic Sequences by Analyzing Trajectories on Grassmann Manifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taleb Alashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Affective Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (1), pp.271-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3140,51 +3140,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Gender, Ethnicity and Age Estimation from 3D Faces An Experimental Illustration of their Correlations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baiqiang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3261,51 +3261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Ben Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guerreschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3356,51 +3356,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion Segments Decomposition of RGB-D Sequences for Human Behavior Understanding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3598,77 +3598,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Grassmann Framework for 4D Facial Shape Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taleb Alashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 57, pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3687,861 +3687,861 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01516373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate 3D Action Recognition using Learning on the Grassmann Manifold</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rim Slama</w:t>
+                <w:t xml:space="preserve">3D Human Action Recognition by Shape Analysis of Motion Trajectories on Riemannian Manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 48 (2), pp.556-567</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (7), pp.1340-1352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01056399v1</w:t>
+                <w:t xml:space="preserve">hal-01056397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Face Averageness and Symmetry for 3D-based Gender Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baiqiang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 48 (3), pp.746-758</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Human Action Recognition by Shape Analysis of Motion Trajectories on Riemannian Manifold</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Devanne</w:t>
+                <w:t xml:space="preserve">Accurate 3D Action Recognition using Learning on the Grassmann Manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 45 (7), pp.1340-1352</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (2), pp.556-567</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01056397v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Human Motion Analysis Framework for Shape Similarity and Retrieval</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hazem Wannous</w:t>
+                <w:t xml:space="preserve">4D Facial Expression Recognition by Learning Geometric Deformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Drira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Image and Vision Computing Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 32, pp.131-154</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (12), pp.2443-2457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00923615v1</w:t>
+                <w:t xml:space="preserve">hal-00949002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4D Facial Expression Recognition by Learning Geometric Deformations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stefano Berretti</w:t>
+                <w:t xml:space="preserve">3D Human Motion Analysis Framework for Shape Similarity and Retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Cybernetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 44 (12), pp.2443-2457</w:t>
+              <w:t xml:space="preserve">Image and Vision Computing Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 32, pp.131-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00949002v1</w:t>
+                <w:t xml:space="preserve">hal-00923615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection de caractéristiques géométriques pour la reconnaissance faciale 3D</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+                <w:t xml:space="preserve">A comparison of methods for non-rigid 3D shape retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhouhui Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afzal Godil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bustos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Hermans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement du Signal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/TS.29.383-40⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (1), pp.449-461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2012.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00771494v1</w:t>
+                <w:t xml:space="preserve">hal-00746279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of methods for non-rigid 3D shape retrieval</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Bustos</w:t>
+                <w:t xml:space="preserve">Sélection de caractéristiques géométriques pour la reconnaissance faciale 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen Hermans</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 46 (1), pp.449-461. </w:t>
+              <w:t xml:space="preserve">Traitement du Signal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (3-4-5), pp.383-407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2012.07.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/TS.29.383-40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00746279v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A parts-based approach for automatic 3D-shape categorization using belief functions</w:t>
               </w:r>
@@ -4687,51 +4687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srivastava Anuj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Slama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, ISSN : 0162-8828, pp.2270 - 2283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4750,564 +4750,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00783066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional object retrieval based on vector quantization of invariant descriptors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hedi Tabia</w:t>
+                <w:t xml:space="preserve">Boosting 3D-Geometric Features for Efficient Face Recognition and Gender Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 21 (2), pp.023011-1 - 023011-8. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Information Forensics and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), pp.1766 -1779. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JEI.21.2.023011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIFS.2012.2209876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00702592v1</w:t>
+                <w:t xml:space="preserve">hal-00726088v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boosting 3D-Geometric Features for Efficient Face Recognition and Gender Classification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+                <w:t xml:space="preserve">Three-dimensional object retrieval based on vector quantization of invariant descriptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Tabia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Information Forensics and Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (6), pp.1766 -1779. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (2), pp.023011-1 - 023011-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIFS.2012.2209876⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.JEI.21.2.023011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00726088v2</w:t>
+                <w:t xml:space="preserve">hal-00702592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape analysis of local facial patches for 3D facial expression recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+                <w:t xml:space="preserve">A new 3D-matching method of non-rigid and partially similar models using curve analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Tabia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stefano Berretti</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2011.02.012⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (4), pp.852-858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPAMI.2010.202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00661725v1</w:t>
+                <w:t xml:space="preserve">hal-00660801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new 3D-matching method of non-rigid and partially similar models using curve analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hedi Tabia</w:t>
+                <w:t xml:space="preserve">Shape analysis of local facial patches for 3D facial expression recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Maalej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Colot</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Pattern Analysis and Machine Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 33 (4), pp.852-858. </w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (8), pp.1581-1589. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPAMI.2010.202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2011.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00660801v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D facial expression recognition using SIFT descriptors of automatically detected keypoints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5478,277 +5478,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00660740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of existing metrics for 3D-mesh segmentation evaluation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lavoué</w:t>
+                <w:t xml:space="preserve">A 3-D Search engine based on Fourier series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmustapha Ait Lmaati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed El Oirrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Najib Kaddioui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Visual Computer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer Vision and Image Understanding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (1), pp.1-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00660825v1</w:t>
+                <w:t xml:space="preserve">hal-00666579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3-D Search engine based on Fourier series</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ahmed El Oirrak</w:t>
+                <w:t xml:space="preserve">A comparative study of existing metrics for 3D-mesh segmentation evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lavoué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Najib Kaddioui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Vision and Image Understanding</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Visual Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (12), pp.1451-1466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00371-010-0494-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666579v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00660825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic Shape Models for Face Analysis Using Curvilinear Coordinates</w:t>
               </w:r>
@@ -5877,51 +5877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Amor Boulbaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7047,51 +7047,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berrettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima Otberdout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7172,51 +7172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Bartolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Conference on IMAGE ANALYSIS AND PROCESSING (ICIAP), Workshop: Generation of Human Face and Body Behavior (GHB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7235,636 +7235,636 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameterization Robustness of 3D Auto-Encoders</w:t>
+                <w:t xml:space="preserve">3D Shape Sequence of Human Comparison and Classification using Current and Varifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emery Pierson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Arguillere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Florence, Italy</w:t>
+              <w:t xml:space="preserve">European Conference on Computer Vision (ECCV 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814647v1</w:t>
+                <w:t xml:space="preserve">hal-03738942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Shape Sequence of Human Comparison and Classification using Current and Varifolds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emery Pierson</w:t>
+                <w:t xml:space="preserve">Fusion of Physiological and Behavioural Signals on SPD Manifolds with Application to Stress and Pain Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujin Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Arguillere</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Amad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sparrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Fabien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Computer Vision (ECCV 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Tel Aviv, Israel</w:t>
+              <w:t xml:space="preserve">International Conference on Systems, Man, and Cybernetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03738942v1</w:t>
+                <w:t xml:space="preserve">hal-03883660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion of Physiological and Behavioural Signals on SPD Manifolds with Application to Stress and Pain Detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yujin Wu</w:t>
+                <w:t xml:space="preserve">Parameterization Robustness of 3D Auto-Encoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emery Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D Fabien</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Arguillere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Systems, Man, and Cybernetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883660v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse to Dense Dynamic 3D Facial Expression Generation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Ferrari</w:t>
+                <w:t xml:space="preserve">A Riemannian Framework for Analysis of Human Body Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emery Pierson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Bimbo</w:t>
+                <w:t xml:space="preserve">Alice-Barbara Tumpach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/CVF Computer Vision and Pattern Recognition Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, New Orleans, United States</w:t>
+              <w:t xml:space="preserve"> Winter Conference on Applications of Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, HAWAII, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03598633v1</w:t>
+                <w:t xml:space="preserve">hal-03389592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Riemannian Framework for Analysis of Human Body Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emery Pierson</w:t>
+                <w:t xml:space="preserve">Sparse to Dense Dynamic 3D Facial Expression Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice-Barbara Tumpach</w:t>
+                <w:t xml:space="preserve">Alberto Bimbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Winter Conference on Applications of Computer Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, HAWAII, United States</w:t>
+              <w:t xml:space="preserve">IEEE/CVF Computer Vision and Pattern Recognition Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03389592v1</w:t>
+                <w:t xml:space="preserve">hal-03598633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Motion Prediction Using Manifold-Aware Wasserstein GAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima Otberdout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Bartolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE conference series on Automatic Face and Gesture Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Jodhpur (virtual), India. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8006,77 +8006,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Descripteurs de covariance profonds pour la reconnaissance des expressions faciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima Otberdout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COmpression et REprésentation des Signaux Audiovisuels (CORESA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Sophia Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8127,77 +8127,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Szczapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Conference on Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Milano, Italy</w:t>
@@ -8416,90 +8416,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Learning Method for Exploring Students' Mental Stress in Medical Simulation Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yujin Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Amad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Sparrow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien d'Hondt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8598,51 +8598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Cultrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th IEEE International Conference on Automatic Face and Gesture Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Buenos Aires, Argentina</w:t>
@@ -8665,277 +8665,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02863164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fitting, Comparison, and Alignment of Trajectories on Positive Semi-Definite Matrices with Application to Action Recognition</w:t>
+                <w:t xml:space="preserve">2D Landmark-Based Facial Asymmetry Assessment in the Clinical Case of Facial Paralysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Szczapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pietro Pala</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guerreschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Gebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Behavior Understanding ICCV Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">The 14th IEEE International Conference on Automatic Face and Gesture Recognition (FG 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02370997v1</w:t>
+                <w:t xml:space="preserve">hal-02371137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Landmark-Based Facial Asymmetry Assessment in the Clinical Case of Facial Paralysis</w:t>
+                <w:t xml:space="preserve">Fitting, Comparison, and Alignment of Trajectories on Positive Semi-Definite Matrices with Application to Action Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Szczapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ludwig Gebert</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th IEEE International Conference on Automatic Face and Gesture Recognition (FG 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">Human Behavior Understanding ICCV Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371137v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02370997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D Landmark-Based Facial Asymmetry Assessment in the Clinical Case of Facial Paralysis</w:t>
               </w:r>
@@ -8947,77 +8947,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Szczapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guerreschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwig Gebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 14th IEEE International Conference on Automatic Face &amp; Gesture Recognition (FG 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lille, France. pp.1-5, </w:t>
@@ -9049,688 +9049,688 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Computers Decode your Social Intention</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gram Matrices Formulation of Body Shape Motion: An Application for Depression Severity Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Coello</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Hammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Cohn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th IEEE International Conference on Automatic Face &amp; Gesture Recognition (FG 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Machine Learning for the Diagnosis and Treatment of Affective Disorders Workshop, 8th International Conference on Affective Computing &amp; Intelligent Interaction (ACII 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04454508v1</w:t>
+                <w:t xml:space="preserve">hal-02163140v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gram Matrices Formulation of Body Shape Motion: An Application for Depression Severity Assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">When Computers Decode your Social Intention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Audain Desrosiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey Cohn</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Coello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning for the Diagnosis and Treatment of Affective Disorders Workshop, 8th International Conference on Affective Computing &amp; Intelligent Interaction (ACII 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th IEEE International Conference on Automatic Face &amp; Gesture Recognition (FG 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/fg.2019.8756520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163140v2</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04454508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting Depression Severity by Interpretable Representations of Motion Dynamics</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Non-rigid 3D Model Classification Using 3D Hahn Moment Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Berrahou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Hammouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Berbia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Qjidaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE FG Workshop, Face and Gesture Analysis for Health Informatics (FGAHI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Xi’an, China</w:t>
+              <w:t xml:space="preserve">EG workshop 3D Object Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Delft Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721980v1</w:t>
+                <w:t xml:space="preserve">hal-01740808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barycentric Representation and Metric Learning for Facial Expression Recognition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Detecting Depression Severity by Interpretable Representations of Motion Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Hammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Juan-Carlos Alvarez-Paiva</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Cohn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th IEEE International Conference on AUTOMATIC FACE AND GESTURE RECOGNITION (FG 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Xi'an, China</w:t>
+              <w:t xml:space="preserve">IEEE FG Workshop, Face and Gesture Analysis for Health Informatics (FGAHI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Xi’an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01703875v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01721980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Covariance Descriptors for Facial Expression Recognition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Barycentric Representation and Metric Learning for Facial Expression Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stefano Berretti</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Carlos Alvarez-Paiva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Machine Vision Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, NewCastle, United Kingdom</w:t>
+              <w:t xml:space="preserve">The 13th IEEE International Conference on AUTOMATIC FACE AND GESTURE RECOGNITION (FG 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Xi'an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883248v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01703875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-rigid 3D Model Classification Using 3D Hahn Moment Convolutional Neural Networks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deep Covariance Descriptors for Facial Expression Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Otberdout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EG workshop 3D Object Retrieval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Delft Netherlands</w:t>
+              <w:t xml:space="preserve">British Machine Vision Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, NewCastle, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740808v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Computational Approach to Identify Human Social intention in Action</w:t>
               </w:r>
@@ -9827,442 +9827,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692111v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Smart Home for the Elderly: Perceptions, Technologies and Psychological Accessibilities : The Requirements Analysis for the Elderly in Thailand</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Porawat Visutsak</w:t>
+                <w:t xml:space="preserve">Analyse de trajectoires sur des variétes de matrices pour la reconnaissance des expressions faciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Information, Communication and Automation Technologies (ICAT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Sarajevo, Bosnia and Herzegovina</w:t>
+              <w:t xml:space="preserve">ORASIS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GREYC, Jun 2017, Colleville-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01706314v1</w:t>
+                <w:t xml:space="preserve">hal-01866700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de trajectoires sur des variétes de matrices pour la reconnaissance des expressions faciales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anis Kacem</w:t>
+                <w:t xml:space="preserve">The Smart Home for the Elderly: Perceptions, Technologies and Psychological Accessibilities : The Requirements Analysis for the Elderly in Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porawat Visutsak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GREYC, Jun 2017, Colleville-sur-Mer, France</w:t>
+              <w:t xml:space="preserve">International Conference on Information, Communication and Automation Technologies (ICAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Sarajevo, Bosnia and Herzegovina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866700v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotion Recognition by Body Movement Representation on the Manifold of Symmetric Positive Definite Matrices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Novel Space-Time Representation on the Positive Semidefinite Cone for Facial Expression Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Image Analysis and Processing, ICIAP 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Venice, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01546654v1</w:t>
+                <w:t xml:space="preserve">hal-01565487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Space-Time Representation on the Positive Semidefinite Cone for Facial Expression Recognition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emotion Recognition by Body Movement Representation on the Manifold of Symmetric Positive Definite Matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juan Carlos Alvarez-Paiva</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Delevoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computer Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Image Analysis and Processing, ICIAP 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Catania, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-68560-1_49⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01565487v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facial Asymmetry Assessment from 3D Shape Sequences: The Clinical Case of Facial Paralysis</w:t>
               </w:r>
@@ -10274,51 +10274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Audain Desrosiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Ben Bennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10521,64 +10521,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Del Bimbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Pattern Recognition (ICPR 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Cancun, Mexico. pp.895 - 900, </w:t>
@@ -10960,295 +10960,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01521628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauge invariant framework for trajectories analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tumpach</w:t>
+                <w:t xml:space="preserve">Analyzing Trajectories on Grassmann Manifold for Early Emotion Detection from Depth Videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taleb Alashkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DIFFCV workshop</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Conference on Automatic Face and Gesture Recognition, FG 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Ljubljana, Slovenia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01534886v1</w:t>
+                <w:t xml:space="preserve">hal-01109468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Trajectories on Grassmann Manifold for Early Emotion Detection from Depth Videos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stefano Berretti</w:t>
+                <w:t xml:space="preserve">Gauge invariant framework for trajectories analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Drira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tumpach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Automatic Face and Gesture Recognition, FG 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DIFFCV workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Swansea, UK, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5244/C.29.DIFFCV.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01109468v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de trajectoires sur une variété Grassmannienne pour la détection d'émotions dans des vidéos de profondeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taleb Alashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11420,51 +11420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11513,385 +11513,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01207932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grassmannian Representation of Motion Depth for 3D Human Gesture and Action Recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hazem Wannous</w:t>
+                <w:t xml:space="preserve">Positive/Negative Emotion Detection from RGB-D upper Body Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Lablack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan Marius Bilasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference On Pattern Recognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Stockholm, Sweden. pp.3499-3504</w:t>
+              <w:t xml:space="preserve">International Workshop on FFER (Face and Facial Expression Recognition from Real World Videos)-ICPR 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00968260v1</w:t>
+                <w:t xml:space="preserve">hal-01074990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance d’actions humaines 3D par l’analyse de forme des trajectoires de mouvement.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Devanne</w:t>
+                <w:t xml:space="preserve">Grassmannian Representation of Motion Depth for 3D Human Gesture and Action Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compression et Représentation des Signaux Audiovisuels (CORESA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Reims, France</w:t>
+              <w:t xml:space="preserve">22nd International Conference On Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Stockholm, Sweden. pp.3499-3504</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01207938v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00968260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Magnitude of Human Sexual Dimorphism in 3D Face Gender Classification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+                <w:t xml:space="preserve">Reconnaissance d’actions humaines 3D par l’analyse de forme des trajectoires de mouvement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Devanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Berretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Soft Biometrics, in conjuction with ECCV'14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">Compression et Représentation des Signaux Audiovisuels (CORESA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075366v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can 3D Shape of the Face Reveal your Age?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baiqiang Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11906,247 +11932,221 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computer Vision Theory and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive/Negative Emotion Detection from RGB-D upper Body Images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Exploring the Magnitude of Human Sexual Dimorphism in 3D Face Gender Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baiqiang Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ioan Marius Bilasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on FFER (Face and Facial Expression Recognition from Real World Videos)-ICPR 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">International Workshop on Soft Biometrics, in conjuction with ECCV'14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01074990v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Grassmannian Framework for Face Recognition of 3D Dynamic Sequences with Challenging Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taleb Alashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth Workshop on Non-Rigid Shape Analysis and Deformable Image Alignment (NORDIA'14), in conjunction with ECCV 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12184,77 +12184,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D Dynamic Database for Unconstrained Face Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taleb Alashkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference and Exhibition on 3D Body Scanning Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Lugano, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12273,433 +12273,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender and 3D Facial Symmetry: What's the Relationship?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hassen Drira</w:t>
+                <w:t xml:space="preserve">Extremal Human Curves: a New Human Body Shape and Pose Descriptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IEEE Conference on Automatic Face and Gesture Recognition (FG 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, shanghai, China</w:t>
+              <w:t xml:space="preserve">10th IEEE International Conference on Automatic Face and Gesture Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00771988v1</w:t>
+                <w:t xml:space="preserve">hal-00784488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremal Human Curves: a New Human Body Shape and Pose Descriptor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hazem Wannous</w:t>
+                <w:t xml:space="preserve">Gender and 3D Facial Symmetry: What's the Relationship?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baiqiang Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IEEE International Conference on Automatic Face and Gesture Recognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Shanghai, China</w:t>
+              <w:t xml:space="preserve">10th IEEE Conference on Automatic Face and Gesture Recognition (FG 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00784488v1</w:t>
+                <w:t xml:space="preserve">hal-00771988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-model retrieval using bag-of-features based on closed curves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+                <w:t xml:space="preserve">3D Human Video Retrieval: from Pose to Motion Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics 2013 Workshop on 3D Object Retrieval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Girona, Spain. 3DOR2013 - short paper</w:t>
+              <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00806609v1</w:t>
+                <w:t xml:space="preserve">hal-00829222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Human Video Retrieval: from Pose to Motion Matching</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hazem Wannous</w:t>
+                <w:t xml:space="preserve">3D-model retrieval using bag-of-features based on closed curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Girona, Spain</w:t>
+              <w:t xml:space="preserve">Eurographics 2013 Workshop on 3D Object Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Girona, Spain. 3DOR2013 - short paper</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00829222v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-time Pose Representation for 3D Human Action Recognition</w:t>
               </w:r>
@@ -12711,51 +12711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Devanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Wannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12944,64 +12944,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUVIP 2013-05-20 4th European Workshop on Visual Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13020,268 +13020,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00823981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which 3D Geometric Facial Features Give Up Your Identity ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ben Amor Boulbaba</w:t>
+                <w:t xml:space="preserve">Indexed heat curves for 3D-model retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Biometrics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">21st International Conference on Pattern Recognition (ICPR 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Tsukuba Science City, Japan. pp.ICPR2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00726082v1</w:t>
+                <w:t xml:space="preserve">hal-00790752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D mesh Reeb graph computation using commute-time and diffusion distances</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+                <w:t xml:space="preserve">Une nouvelle approche de reconnaissance de visages 3D partiellement occultés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Drira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D Image Processing (3DIP) and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Burlingame, California, USA, United States. pp.8090-16</w:t>
+              <w:t xml:space="preserve">RFIA 2012 (Reconnaissance des Formes et Intelligence Artificielle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Lyon, France. pp.978-2-9539515-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666106v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00656521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic skeleton extraction based on motion boundaries for 3D dynamic meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Benhabiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13313,374 +13304,383 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurographics 2012 Workshop on 3D Object Retrieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Cagliari, Italy. pp.71-76, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/3DOR/3DOR12/071-076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00725211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle approche de reconnaissance de visages 3D partiellement occultés</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
+                <w:t xml:space="preserve">3D mesh Reeb graph computation using commute-time and diffusion distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFIA 2012 (Reconnaissance des Formes et Intelligence Artificielle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Lyon, France. pp.978-2-9539515-2-3</w:t>
+              <w:t xml:space="preserve">3D Image Processing (3DIP) and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Burlingame, California, USA, United States. pp.8090-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00656521v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indexed heat curves for 3D-model retrieval</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
+                <w:t xml:space="preserve">Which 3D Geometric Facial Features Give Up Your Identity ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Amor Boulbaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anuj Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Pattern Recognition (ICPR 2012)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Biometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, New Delhi, India. pp.119-124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICB.2012.6199768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00790752v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GEOMETRIC BASED 3D FACIAL GENDER CLASSIFICATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM ON COMMUNICATIONS, CONTROL, AND SIGNAL PROCESSING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Rome, Italy. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13714,103 +13714,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles caractéristiques géométriques faciales 3D donnent votre identité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFIA 2012 (Reconnaissance des Formes et Intelligence Artificielle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, Lyon, France. pp.978-2-9539515-2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14185,64 +14185,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse locale de la forme 3D pour la reconnaissance d'expressions faciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Maalej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14280,103 +14280,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selecting 3D Curves on the Nasal Surface using AdaBoost for Person Authentication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurographics Workshop on 3D Object Retrieval (3DOR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Llandudno, United Kingdom. pp.101-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14617,64 +14617,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi patches 3D facial representation for Person Authentication using AdaBoost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14833,103 +14833,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection de courbes de la surface nasale pour l'authentification de personnes en utilisant Adaboost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Aboutajdine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Caen, France. pp.00-00</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15062,103 +15062,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local 3D Shape Analysis for Facial Expression Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Maalej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anuj Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Berretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Pattern Recognition (ICPR 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Istanbul, Turkey. pp.4129 - 4132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15196,51 +15196,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pose and Expression-Invariant 3D Face Recognition using Elastic Radial Curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Drira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulbaba Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15520,51 +15520,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional face recognition using elastic deformations of facial surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahoucine Ballihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chafik Samir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15704,217 +15704,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00667997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-model retrieval for Mobiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarik Filali Ansary</w:t>
+                <w:t xml:space="preserve">Reeb chart unfolding based 3D shape signatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tierny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM International Conference on Image and Video Retrieval (CIVR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, France. pp.TechDemo</w:t>
+              <w:t xml:space="preserve">Eurographics 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Prague, Czech Republic. pp.SP1-S1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725315v1</w:t>
+                <w:t xml:space="preserve">hal-00725311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reeb chart unfolding based 3D shape signatures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Tierny</w:t>
+                <w:t xml:space="preserve">3D-model retrieval for Mobiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Filali Ansary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Prague, Czech Republic. pp.SP1-S1</w:t>
+              <w:t xml:space="preserve">ACM International Conference on Image and Video Retrieval (CIVR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, France. pp.TechDemo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725311v1</w:t>
+                <w:t xml:space="preserve">hal-00725315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology driven 3D mesh hierarchical segmentation</w:t>
               </w:r>
@@ -16201,407 +16201,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00725580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Mesh Skeleton Extraction Using Topological and Geometrical Analyses</w:t>
+                <w:t xml:space="preserve">Invariant High Level Reeb Graphs of 3D Polygonal Meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Tierny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Pacific Conference on Computer Graphics and Applications (Pacific Graphics 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Tapei, Taiwan. s1poster</w:t>
+              <w:t xml:space="preserve">3rd IEEE International Symposium on 3D Data Processing, Visualization and Transmission (3DPVT'06)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Chapel Hill, North Carolina, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725576v1</w:t>
+                <w:t xml:space="preserve">hal-00725581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invariant High Level Reeb Graphs of 3D Polygonal Meshes</w:t>
+                <w:t xml:space="preserve">3D Mesh Skeleton Extraction Using Topological and Geometrical Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Tierny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IEEE International Symposium on 3D Data Processing, Visualization and Transmission (3DPVT'06)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Chapel Hill, North Carolina, United States</w:t>
+              <w:t xml:space="preserve">14th Pacific Conference on Computer Graphics and Applications (Pacific Graphics 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Tapei, Taiwan. s1poster</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725581v1</w:t>
+                <w:t xml:space="preserve">hal-00725576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic 3D face recognition using topological techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chafik Samir</w:t>
+                <w:t xml:space="preserve">3D Model Retrieval based on Adaptive Views Clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Filali Ansary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Multimedia &amp; Expo (ICME 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Advances in Pattern Recognition (ICAPR 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Bath, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725593v1</w:t>
+                <w:t xml:space="preserve">hal-00725590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Model Retrieval based on Adaptive Views Clustering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarik Filali Ansary</w:t>
+                <w:t xml:space="preserve">Automatic 3D face recognition using topological techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chafik Samir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Vandeborre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Advances in Pattern Recognition (ICAPR 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Bath, United Kingdom</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Multimedia &amp; Expo (ICME 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725590v1</w:t>
+                <w:t xml:space="preserve">hal-00725593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining Characteristic Views of a 3D Object by Visual Hulls and Hausdorff Distance</w:t>
               </w:r>
@@ -17366,51 +17366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Carlos Álvarez Paiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Kacem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Variational Methods for Nonlinear Geometric Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17575,51 +17575,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Face and Gesture Analysis for Health Informatics (FGAHI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakia Hammal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Di Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18349,51 +18349,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nocentini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Besnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ferrari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Arguillere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Daoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-025-02726-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D&#8217;hondt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fovet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03363-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hartman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emery Pierson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bauer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-024-02269-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05214979v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouzar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nineuil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boutaleb" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2025.119902" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294112v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Arguill&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104409" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051433v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujin Wu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2023.3263907" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100664v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Otberdout" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berretti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Del Bimbo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2023.3280671" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733115v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Gigliotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Audain Desrosiers" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ott" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-024-00992-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156210v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eman Abdel-Ghaffar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2023.03.019" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814326v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chopin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bartolo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBIOM.2022.3215067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143649v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2023.06.027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598646v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3147461" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402770v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Alvarez-Paiva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862661v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Kacem" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahoucine Ballihi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2020.3002500" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768792v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Szczapa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Pala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2022.3207001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425621v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Youssfi Alaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Tabii" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Oulad Haj Thami" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging7070109" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883247v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulbaba Ben Amor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2018.2872564" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369410v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2019.2947244" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109397v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Mesbah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hammouchi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Berrahou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Berbia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Qjidaa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577604v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingkai Zhen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Huang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Drira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhong Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164130v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Gandolphe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Salopp&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed A Moustafa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2019.1637879" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686193v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Turaga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anup Basu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224844v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3182179" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520751v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Alashkar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2016.2623718" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710367v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Gallouj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/revneuro-2018-0001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543482v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baiqiang Xia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Audain Desrosiers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Ben Bennis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guerreschi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521148v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.07.041" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142780v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barbara Tumpach" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Srivastava" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516373v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056399v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074090v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056397v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923615v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949002v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771494v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TS.29.383-40" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746279v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouhui Lian" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Godil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bustos" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Hermans" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2012.07.014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794042v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Tabia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783066v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Amor Boulbaba" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srivastava Anuj" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702592v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.21.2.023011" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726088v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2012.2209876" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661725v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maalej" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2011.02.012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660801v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2010.202" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661777v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto del Bimbo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-011-0611-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660740v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Benhabiles" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lavou&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2011.01967.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660825v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0494-2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/51AE6D0C720052EFE45FDFDCCCC29F3818DF877E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666579v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmustapha Ait Lmaati" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Oirrak" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Najib Kaddioui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665940v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik Samir" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu H. Joshi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-008-0073-6" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665566v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662254v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tierny" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01190.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665862v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Klassen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-008-0187-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666128v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-007-0181-0" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666134v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Filali Ansary" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMM.2006.886359" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666143v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430628v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alam Noor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Almeida" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Li" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tovar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG61629.2025.11099391" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430604v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyang Song" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Spitale" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Kong" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengde Zhu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Luo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3762244" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04528093v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Heutte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Senechal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738761v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji S El" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Fall" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Mbengue" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835780v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Principi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berrettini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04396976v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chopin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hutin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814647v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738942v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883660v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sparrow" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fabien" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598633v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bimbo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389592v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Barbara Tumpach" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384332v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fg52635.2021.9667071" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425629v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Francesca Gigliotti" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425705v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928466v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983294v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Bouafif" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Khomutenko" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928494v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03666435v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien d'Hondt" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3395035.3425191" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863164v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettore Maria Celozzi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciabini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cultrera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370997v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371137v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Gebert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374294v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG.2019.8756617" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04454508v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fg.2019.8756520" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163140v2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Hammal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cohn" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721980v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703875v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Alvarez-Paiva" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883248v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740808v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berrahou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hammouchi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Berbia" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Qjidaa" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692111v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laurent Ott Ott" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG.2018.00082" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706314v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porawat Visutsak" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866700v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546654v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Delevoye" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68560-1_49" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565487v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521340v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005721200300038" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521379v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899760" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535085v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899749" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703256v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Meng" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703237v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521628v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Boulbaba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899971" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534886v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tumpach" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5244/C.29.DIFFCV.6" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01109468v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161839v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703222v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207932v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968260v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207938v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075366v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00904007v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074990v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Lablack" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Marius Bilasco" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074988v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074992v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771988v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784488v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806609v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El Khoury" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829222v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839494v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823903v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaire" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Chen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ardabilian" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823981v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726082v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICB.2012.6199768" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666106v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725211v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3DOR/3DOR12/071-076" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656521v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790752v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726221v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCCSP.2012.6217828" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656509v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725272v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huebner" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3DOR/3DOR12/093-099" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790823v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislavs Dovgalecs" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;gret" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666739v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595490v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664528v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666732v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667989v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665904v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666748v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666262v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666767v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662321v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667583v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667994v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437637v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Phillipe Vandeborre" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665585v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667997v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725315v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725311v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725321v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794698v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77088-6_29" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725580v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725576v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725581v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725593v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725590v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725620v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Theetten" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725634v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Mahmoudi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533192v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atilla Baskurt" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dupont" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ricard" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725641v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725647v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couillet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725653v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Croquette" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaillou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725657v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863458v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos &#193;lvarez Paiva" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31351-7" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834105v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186285v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bailly" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3382507.3419747" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539574v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Quesque" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69162-4_20" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824036v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Veltkamp" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841624v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schreck Tobias" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spagnuolo Michela" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratikakis Ioannis" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823683v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dugelay" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Nocentini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Besnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Ferrari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Arguillere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Daoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-025-02726-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430768v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D&#8217;hondt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fovet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03363-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hartman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emery Pierson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bauer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-024-02269-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05214979v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouzar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nineuil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Boutaleb" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2025.119902" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294112v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Arguill&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104409" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100664v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Otberdout" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berretti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Del Bimbo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2023.3280671" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051433v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujin Wu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2023.3263907" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733115v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Gigliotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Audain Desrosiers" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ott" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-024-00992-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814326v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chopin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bartolo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBIOM.2022.3215067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156210v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eman Abdel-Ghaffar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2023.03.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143649v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2023.06.027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862661v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Kacem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahoucine Ballihi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2020.3002500" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598646v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3147461" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Alvarez-Paiva" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768792v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Szczapa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Pala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2022.3207001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425621v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Youssfi Alaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Tabii" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Oulad Haj Thami" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging7070109" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369410v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2019.2947244" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulbaba Ben Amor" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2018.2872564" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109397v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Mesbah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hammouchi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Berrahou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Berbia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Qjidaa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577604v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingkai Zhen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Huang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Drira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhong Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164130v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Gandolphe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Salopp&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed A Moustafa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2019.1637879" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686193v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Turaga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anup Basu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224844v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3182179" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520751v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taleb Alashkar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAFFC.2016.2623718" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710367v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Gallouj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/revneuro-2018-0001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543482v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baiqiang Xia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Audain Desrosiers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Ben Bennis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guerreschi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521148v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Devanne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.07.041" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142780v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barbara Tumpach" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Srivastava" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516373v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056397v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074090v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056399v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949002v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923615v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouhui Lian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afzal Godil" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bustos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Hermans" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2012.07.014" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771494v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aboutajdine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TS.29.383-40" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794042v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Tabia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00783066v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Amor Boulbaba" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srivastava Anuj" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726088v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2012.2209876" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702592v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.21.2.023011" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660801v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2010.202" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661725v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maalej" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2011.02.012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661777v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto del Bimbo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-011-0611-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660740v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Benhabiles" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lavou&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2011.01967.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666579v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmustapha Ait Lmaati" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Oirrak" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Najib Kaddioui" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660825v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0494-2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/51AE6D0C720052EFE45FDFDCCCC29F3818DF877E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665940v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik Samir" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu H. Joshi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-008-0073-6" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665566v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662254v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tierny" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01190.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665862v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Klassen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-008-0187-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666128v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-007-0181-0" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666134v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Filali Ansary" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMM.2006.886359" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666143v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430628v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alam Noor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Almeida" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Li" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Tovar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG61629.2025.11099391" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430604v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyang Song" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Spitale" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyu Kong" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengde Zhu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Luo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746027.3762244" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04528093v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Heutte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Senechal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738761v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji S El" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Fall" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Mbengue" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835780v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Principi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Berrettini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04396976v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chopin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hutin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738942v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883660v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sparrow" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fabien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814647v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389592v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Barbara Tumpach" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598633v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bimbo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384332v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fg52635.2021.9667071" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425629v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Francesca Gigliotti" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425705v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928466v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983294v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Bouafif" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Khomutenko" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928494v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03666435v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien d'Hondt" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3395035.3425191" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863164v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettore Maria Celozzi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciabini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cultrera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371137v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Gebert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370997v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374294v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG.2019.8756617" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163140v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Hammal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cohn" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04454508v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fg.2019.8756520" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740808v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berrahou" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hammouchi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Berbia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Qjidaa" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721980v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703875v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Alvarez-Paiva" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883248v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692111v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laurent Ott Ott" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FG.2018.00082" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866700v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706314v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porawat Visutsak" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565487v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546654v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Delevoye" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68560-1_49" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521340v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005721200300038" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521379v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899760" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535085v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899749" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703256v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Meng" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703237v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521628v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Boulbaba" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR.2016.7899971" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01109468v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534886v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tumpach" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5244/C.29.DIFFCV.6" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161839v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703222v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207932v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074990v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Lablack" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Marius Bilasco" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968260v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207938v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00904007v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075366v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074988v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074992v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784488v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771988v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829222v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806609v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El Khoury" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839494v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823903v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaire" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Chen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Ardabilian" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823981v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790752v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656521v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725211v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3DOR/3DOR12/071-076" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666106v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726082v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICB.2012.6199768" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726221v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCCSP.2012.6217828" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656509v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725272v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Huebner" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/3DOR/3DOR12/093-099" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790823v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislavs Dovgalecs" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;gret" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666739v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595490v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664528v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666732v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667989v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665904v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666748v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666262v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666767v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662321v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667583v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667994v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437637v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Phillipe Vandeborre" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665585v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667997v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725311v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725315v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725321v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794698v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77088-6_29" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725580v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725581v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725576v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725590v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725593v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725620v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Theetten" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725634v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Mahmoudi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533192v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atilla Baskurt" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dupont" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ricard" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725641v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725647v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couillet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725653v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Croquette" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaillou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725657v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863458v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos &#193;lvarez Paiva" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31351-7" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834105v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186285v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bailly" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3382507.3419747" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539574v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Quesque" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69162-4_20" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824036v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Veltkamp" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841624v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schreck Tobias" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spagnuolo Michela" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratikakis Ioannis" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823683v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dugelay" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>