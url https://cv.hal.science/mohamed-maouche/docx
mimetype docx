--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -629,325 +629,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic Data: Generate Avatar Data on Demand</w:t>
+                <w:t xml:space="preserve">Exposing the Vulnerability of Decentralized Learning to Membership Inference Attacks Through the Lens of Graph Mixing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lebrun</w:t>
+                <w:t xml:space="preserve">Ousmane Touat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Béziaud</w:t>
+                <w:t xml:space="preserve">Jezekael Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Allard</w:t>
+                <w:t xml:space="preserve">Yacine Belal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Boutet</w:t>
+                <w:t xml:space="preserve">Julien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Gambs</w:t>
+                <w:t xml:space="preserve">César Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Web Information Systems Engineering conference (WISE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Doha-Qatar, France. pp.193-203, </w:t>
+              <w:t xml:space="preserve">MIDDLEWARE '25: Proceedings of the 26th International Middleware Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Nashville, TN, United States. pp.180-194, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-981-96-0576-7_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3721462.3770770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04715055v1</w:t>
+                <w:t xml:space="preserve">hal-04933985v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposing the Vulnerability of Decentralized Learning to Membership Inference Attacks Through the Lens of Graph Mixing</w:t>
+                <w:t xml:space="preserve">Synthetic Data: Generate Avatar Data on Demand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ousmane Touat</w:t>
+                <w:t xml:space="preserve">Thomas Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jezekael Brunon</w:t>
+                <w:t xml:space="preserve">Louis Béziaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yacine Belal</w:t>
+                <w:t xml:space="preserve">Tristan Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Nicolas</w:t>
+                <w:t xml:space="preserve">Antoine Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César Sabater</w:t>
+                <w:t xml:space="preserve">Sébastien Gambs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIDDLEWARE '25: Proceedings of the 26th International Middleware Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Nashville, TN, United States. pp.180-194, </w:t>
+              <w:t xml:space="preserve">The International Web Information Systems Engineering conference (WISE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Doha-Qatar, France. pp.193-203, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3721462.3770770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-981-96-0576-7_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933985v2</w:t>
+                <w:t xml:space="preserve">hal-04715055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring Communities of Interest in Collaborative Learning-based Recommender Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Belal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1020,64 +1020,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PriviRec: Confidential and Decentralized Graph Filtering for Recommender Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1150,51 +1150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an evolution in the characterization of the risk of re-identification of medical images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Frindel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1364,277 +1364,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369137v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Choices for X-vector Based Speaker Anonymization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparative study of speech anonymization metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Maouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, International Speech Communication Association (ISCA), Oct 2020, Shanghai, China</w:t>
+              <w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02610447v2</w:t>
+                <w:t xml:space="preserve">hal-02907918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of speech anonymization metrics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design Choices for X-vector Based Speaker Anonymization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Tommasi</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t>
+              <w:t xml:space="preserve">, International Speech Communication Association (ISCA), Oct 2020, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02907918v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610447v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MooD: MObility Data Privacy as Orphan Disease -Experimentation and Deployment Paper</w:t>
               </w:r>
@@ -1763,51 +1763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Primault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Ben Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2001,184 +2001,171 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentially private and decentralized randomized power method</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">César Sabater</w:t>
+                <w:t xml:space="preserve">GRANITE : a Byzantine-Resilient Dynamic Gossip Learning Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Belal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Ben Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mark Coates</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Simonet-Boulogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05308531v1</w:t>
+                <w:t xml:space="preserve">hal-05059491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secure Federated Graph-Filtering for Recommender Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2229,128 +2216,141 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GRANITE : a Byzantine-Resilient Dynamic Gossip Learning Framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yacine Belal</w:t>
+                <w:t xml:space="preserve">Differentially private and decentralized randomized power method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Ben Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anthony Simonet-Boulogne</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Coates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05059491v1</w:t>
+                <w:t xml:space="preserve">hal-05308531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplementary material to the paper The VoicePrivacy 2020 Challenge: Results and findings</w:t>
               </w:r>
@@ -2726,51 +2726,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03588932v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Shahin Shamsabadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brij Mohan Lal Srivastava" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bellet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vauquier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2202.11823" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03197376v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sahidullah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3190741" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332224v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101362" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954041v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ben Mokhtar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouchenak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715055v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;ziaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Allard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-0576-7_15" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933985v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Touat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jezekael Brunon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Belal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicolas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Sabater" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3721462.3770770" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007813v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Simonet-Boulogne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS63083.2025.00056" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Coates" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746252.3761152" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299422v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Frindel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03369137v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tommasi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610447v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Yamagishi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02907918v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355325v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Khalfoun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3361525.3361542" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784557v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Primault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00091" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785155v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3144457.3144494" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308531v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308535v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059491v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335126v6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02956245v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSEI089" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03588932v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Shahin Shamsabadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brij Mohan Lal Srivastava" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bellet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vauquier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2202.11823" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03197376v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sahidullah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3190741" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332224v4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101362" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954041v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ben Mokhtar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouchenak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933985v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmane Touat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jezekael Brunon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Belal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicolas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Sabater" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3721462.3770770" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715055v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;ziaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Allard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gambs" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-0576-7_15" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007813v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Simonet-Boulogne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS63083.2025.00056" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Coates" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746252.3761152" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299422v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Frindel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03369137v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tommasi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02907918v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610447v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Yamagishi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355325v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Khalfoun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3361525.3361542" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784557v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Primault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00091" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785155v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3144457.3144494" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059491v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308535v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308531v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335126v6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02956245v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSEI089" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>