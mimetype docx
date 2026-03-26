--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -975,429 +975,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aza-heterocyclic frameworks through intramolecular π-system trapping of spiro-N-acyliminiums generated from isoindolinone</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autotandem Catalysis: Inexpensive and Green Access to Functionalized Ketones by Intermolecular Iron‐Catalyzed Amidoalkynylation/Hydration Cascade Reaction via N ‐Acyliminium Ion Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hichem Ben Jannet</w:t>
+                <w:t xml:space="preserve">Sidi Mohamed Abdallahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewies Ewies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El-Shazly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ould Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Hadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0NJ04052E⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (62), pp.15440-15449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202102357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079155v1</w:t>
+                <w:t xml:space="preserve">hal-04768506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autotandem Catalysis: Inexpensive and Green Access to Functionalized Ketones by Intermolecular Iron‐Catalyzed Amidoalkynylation/Hydration Cascade Reaction via N ‐Acyliminium Ion Chemistry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brahim Ould Elemine</w:t>
+                <w:t xml:space="preserve">Aza-heterocyclic frameworks through intramolecular π-system trapping of spiro-N-acyliminiums generated from isoindolinone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Chortani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahmane Hadou</w:t>
+                <w:t xml:space="preserve">Hichem Ben Jannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27 (62), pp.15440-15449. </w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (5), pp.2393-2403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202102357⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0NJ04052E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04768506v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Enantioselective Semisynthesis of (+)/(−)-Gossypol Schiff Base Derivatives from Ground Plant Material</w:t>
+                <w:t xml:space="preserve">Indolylglycines Backbones in the Synthesis of Enantiopure 3,3-Spiroindolenines, Indolyl Tetracyclic Hemiaminals, and 3-Indolyl-maleimides Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Sidi Boune</w:t>
+                <w:t xml:space="preserve">Jozef Markus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Elemine</w:t>
+                <w:t xml:space="preserve">Branislav Ferko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Aliyenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abderrahmane Hadou</w:t>
+                <w:t xml:space="preserve">Dušan Berkeš</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Daïch</w:t>
+                <w:t xml:space="preserve">Ján Moncol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 82 (7), pp.1779-1790. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (33), pp.5662-5677. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.8b01045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201900814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332614v1</w:t>
+                <w:t xml:space="preserve">hal-02332612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to 3-spiroindolizines containing an isoindole ring through intra-molecular arylation of spiro-N-acyliminium species: a new family of potent farnesyltransferase inhibitors</w:t>
               </w:r>
@@ -1511,429 +1511,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indolylglycines Backbones in the Synthesis of Enantiopure 3,3-Spiroindolenines, Indolyl Tetracyclic Hemiaminals, and 3-Indolyl-maleimides Frameworks</w:t>
+                <w:t xml:space="preserve">Benzo[7,8]indolizinoquinoline scaffolds based on Mg(ClO4)2-promoted regiospecific imide reduction and π-cyclization of N-acyliminium species. Analogues of the topo-1 poison rosettacin and 22-hydroxyacuminatine alkaloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jozef Markus</w:t>
+                <w:t xml:space="preserve">Abdulkareem Hamid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Branislav Ferko</w:t>
+                <w:t xml:space="preserve">Abdelaziz Souizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dušan Berkeš</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+                <w:t xml:space="preserve">Alina Ghinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201900814⟩</w:t>
+              <w:t xml:space="preserve">Arabian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (5), pp.680-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arabjc.2018.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332612v1</w:t>
+                <w:t xml:space="preserve">hal-02413296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benzo[7,8]indolizinoquinoline scaffolds based on Mg(ClO4)2-promoted regiospecific imide reduction and π-cyclization of N-acyliminium species. Analogues of the topo-1 poison rosettacin and 22-hydroxyacuminatine alkaloids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Souizi</w:t>
+                <w:t xml:space="preserve">Phenyliodine(III) Diacetate/I 2 ‐Mediated Domino Approach for Pyrrolo[1,4]Thiazines and 1,4‐Thiazines by a One‐Pot Morin Rearrangement of N,S ‐ Acetals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Danton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ján Moncol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Ghinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.arabjc.2018.03.009⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (24), pp.6113-6118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201901111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413296v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenyliodine(III) Diacetate/I 2 ‐Mediated Domino Approach for Pyrrolo[1,4]Thiazines and 1,4‐Thiazines by a One‐Pot Morin Rearrangement of N,S ‐ Acetals</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ján Moncol</w:t>
+                <w:t xml:space="preserve">Highly Enantioselective Semisynthesis of (+)/(−)-Gossypol Schiff Base Derivatives from Ground Plant Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sidi Boune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alina Ghinet</w:t>
+                <w:t xml:space="preserve">Brahim Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Aliyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Hadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 25 (24), pp.6113-6118. </w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 82 (7), pp.1779-1790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201901111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.8b01045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563783v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and semisynthesis of new herbicide as 1,2,3-triazole derivatives of the natural maslinic acid</w:t>
               </w:r>
@@ -1945,51 +1945,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymen Ben Nejma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansour Znati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2193,1095 +2193,1095 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02413309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-Based Kinetic Control in a Domino Process: A Powerful Tool Toward Molecular Diversity in Chromone Series</w:t>
+                <w:t xml:space="preserve">Development of SECheM Concept for Isolation and Chemical Modification of Gossypol Directly from Cienfuegosia digitata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ould Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Moncol</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+                <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Aliyenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 82 (23), pp.12188-12201. </w:t>
+              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (5), pp.410-415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.7b01996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pca.2688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332616v1</w:t>
+                <w:t xml:space="preserve">hal-02332630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of SECheM Concept for Isolation and Chemical Modification of Gossypol Directly from Cienfuegosia digitata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metal-Free Cascade Approach toward Polysubstituted Indolizines from Chromone-Based Michael Acceptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphael Le Biannic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytochemical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pca.2688⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (8), pp.1978-1981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332630v1</w:t>
+                <w:t xml:space="preserve">hal-02332628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal-Free Cascade Approach toward Polysubstituted Indolizines from Chromone-Based Michael Acceptors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphael Le Biannic</w:t>
+                <w:t xml:space="preserve">Phytochemical and biological studies of Atriplex inflata f. Muell.: isolation of secondary bioactive metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Ben Nejma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Znati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Nguir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00309⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pharmacy and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69 (8), pp.1064-1074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jphp.12735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332628v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytochemical and biological studies of Atriplex inflata f. Muell.: isolation of secondary bioactive metabolites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mansour Znati</w:t>
+                <w:t xml:space="preserve">Structure-Based Kinetic Control in a Domino Process: A Powerful Tool Toward Molecular Diversity in Chromone Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Denhez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Nguir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adam Daïch</w:t>
+                <w:t xml:space="preserve">Jan Moncol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmacy and Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 69 (8), pp.1064-1074. </w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 82 (23), pp.12188-12201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jphp.12735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.7b01996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332617v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original Mitsunobu-Triggered Sequence Involved in a One-Pot Domino Process toward Tetracyclic Systems Bearing a Bis- N , O -acetal Junction</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of chiral-pool approach into epi-thieno analogues of the scarce bioactive phenanthroquinolizidine alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Sanselme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Othman</w:t>
+                <w:t xml:space="preserve">Peter Šafář</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Štefan Marchalín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadežda Prónayová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Vrábel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.6b01523⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (23), pp.3221-3231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.04.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01928655v1</w:t>
+                <w:t xml:space="preserve">hal-02413311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of chiral-pool approach into epi-thieno analogues of the scarce bioactive phenanthroquinolizidine alkaloids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadežda Prónayová</w:t>
+                <w:t xml:space="preserve">Original Mitsunobu-Triggered Sequence Involved in a One-Pot Domino Process toward Tetracyclic Systems Bearing a Bis- N , O -acetal Junction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Denhez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Vrábel</w:t>
+                <w:t xml:space="preserve">Morgane Sanselme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 72 (23), pp.3221-3231. </w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 81 (19), pp.8837 - 8849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.04.047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.6b01523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413311v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New septanoside and 20-hydroxyecdysone septanoside derivative from Atriplex portulacoides roots with preliminary biological activities</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sequential friedel-crafts-type α-amidoalkylation/intramolecular hydroarylation Distinct advantage of combined Tf2NH/cationic LAu(I) as a consecutive or binary bicatalytic system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M’hamed Ali Hamza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adam Daïch</w:t>
+                <w:t xml:space="preserve">Liliana Boiaryna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Salah Azizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Taillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2015.03.028⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (9), pp.2130-2133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5b00718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02413288v1</w:t>
+                <w:t xml:space="preserve">hal-02413298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential friedel-crafts-type α-amidoalkylation/intramolecular hydroarylation Distinct advantage of combined Tf2NH/cationic LAu(I) as a consecutive or binary bicatalytic system</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abderrahman El Bouakher</w:t>
+                <w:t xml:space="preserve">New septanoside and 20-hydroxyecdysone septanoside derivative from Atriplex portulacoides roots with preliminary biological activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Ben Nejma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Nguir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Ben Jannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Picard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Taillier</w:t>
+                <w:t xml:space="preserve">M’hamed Ali Hamza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 17 (9), pp.2130-2133. </w:t>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (8), pp.1665-1670. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5b00718⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2015.03.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02413298v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining α-amidoalkylation reactions of N-acyliminium ions with ring-closing metathesis: access to versatile novel isoindolones spirocyclic compounds</w:t>
               </w:r>
@@ -3358,51 +3358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual Hard/Soft Gold Catalysis: Intermolecular Friedel-Crafts-Type α-Amidoalkylation/Alkyne Hydroarylation Sequences by N -Acyliminium Ion Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Boiaryna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kamal El mkaddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4003,350 +4003,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Simplifying the Chemistry of N -Acyliminium Ions: A One-Pot Protocol for the Preparation of 5-Acetoxy Pyrrolidin-2-ones and 2-Acetoxy N -Alkoxycarbonyl Pyrrolidines from Imides</w:t>
+                <w:t xml:space="preserve">Eco-friendly N-acyliminium ion chemistry: solvent-free HNTf2 and TIPSOTf-catalyzed α-amidoalkylation of silicon-based π-nucleophiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fridrich Szemes Jr.</w:t>
+                <w:t xml:space="preserve">Marie-José Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Moine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Fousse</w:t>
+                <w:t xml:space="preserve">Raja Ben Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Till Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 47 (26), pp.4477-4480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2006.04.090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-2006-926318⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889851v1</w:t>
+                <w:t xml:space="preserve">hal-02889850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-friendly N-acyliminium ion chemistry: solvent-free HNTf2 and TIPSOTf-catalyzed α-amidoalkylation of silicon-based π-nucleophiles</w:t>
+                <w:t xml:space="preserve">Towards Simplifying the Chemistry of N -Acyliminium Ions: A One-Pot Protocol for the Preparation of 5-Acetoxy Pyrrolidin-2-ones and 2-Acetoxy N -Alkoxycarbonyl Pyrrolidines from Imides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-José Tranchant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Moine</w:t>
+                <w:t xml:space="preserve">Fridrich Szemes Jr.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Ben Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Till Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2006.04.090⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2006 (05), pp.875-879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-2006-926318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889850v1</w:t>
+                <w:t xml:space="preserve">hal-02889851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N -Trialkylsilyl Bistrifluoromethanesulfonimides (R 3 SiNTf 2 ) Are Powerful Catalysts for the Highly Efficient α-Amido Alkylation Reactions of Silicon-Based Nucleophiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Till Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4406,77 +4406,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Improving the Chemistry of N -Acyliminium Ions: Nucleophilic Substitution Reactions of Pyrrolidinone Derivatives with Trialkylsilyl Nucleophiles Catalyzed by Triisopropylsilyltrifluoromethane Sulfonate (TIPSOTf)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raja Ben Othman</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Till Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Fousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4985,946 +4985,946 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01230412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Pyrrolidinothieno-(or [1]Benzothieno)[3]azepinones from the Corresponding Azepinediones or N-(Thienyl or [1]Benzothienyl)-acetylprolinals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and reduction of thieno[2 `,3 `(3 `,2 ` or 3 `,4 `): 5,6]-azocino[2,1-a]isoindole-7,13-diones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heterocycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 48 (2), pp.335. </w:t>
+              <w:t xml:space="preserve">Journal of Heterocyclic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 35 (6), pp.1429-1433. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3987/COM-97-8044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jhet.5570350635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889449v1</w:t>
+                <w:t xml:space="preserve">hal-01230418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and reduction of thieno[2 `,3 `(3 `,2 ` or 3 `,4 `): 5,6]-azocino[2,1-a]isoindole-7,13-diones</w:t>
+                <w:t xml:space="preserve">New fused lactones from indolizinediones via N-acyliminium ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heterocyclic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 54 (30), pp.8737-8744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4020(98)00468-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jhet.5570350635⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01230418v1</w:t>
+                <w:t xml:space="preserve">hal-01230415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New fused lactones from indolizinediones via N-acyliminium ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective access to N-aryl or N-alkyl derivatives of isoindolo[2,1-b][2,4]benzo(or thieno)diazepines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Pigeon</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 54 (30), pp.8737-8744. </w:t>
+              <w:t xml:space="preserve">, 1998, 54 (8), pp.1497-1506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-4020(98)00468-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4020(97)10359-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230415v1</w:t>
+                <w:t xml:space="preserve">hal-01230416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective access to N-aryl or N-alkyl derivatives of isoindolo[2,1-b][2,4]benzo(or thieno)diazepines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Pigeon</w:t>
+                <w:t xml:space="preserve">Synthesis of Pyrrolidinothieno-(or [1]Benzothieno)[3]azepinones from the Corresponding Azepinediones or N-(Thienyl or [1]Benzothienyl)-acetylprolinals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 54 (8), pp.1497-1506. </w:t>
+              <w:t xml:space="preserve">Heterocycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 48 (2), pp.335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-4020(97)10359-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3987/COM-97-8044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230416v1</w:t>
+                <w:t xml:space="preserve">hal-02889449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyliminium ion cyclizations: Synthesis of thieno[2',3':3,4]pyrrolo[2,1-a]isoindolone and benzo[a]thieno[2,3(3,2 or 3,4)-g]indolizinones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of thienothiazocinoisoindolediones and thienothiazinoisoindolones from mercaptothiophenes and chloromethylphthalimide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 53 (7), pp.2495-2504. </w:t>
+              <w:t xml:space="preserve">Journal of Heterocyclic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 34 (1), pp.321-324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-4020(96)01196-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jhet.5570340150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01230423v1</w:t>
+                <w:t xml:space="preserve">hal-02889444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of thienothiazocinoisoindolediones and thienothiazinoisoindolones from mercaptothiophenes and chloromethylphthalimide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intramolecular cyclization of amido acids into pyrrolidinothieno(or [1]benzothieno)[3]azepinediones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Heterocyclic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 34 (1), pp.321-324. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 34 (1), pp.225-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jhet.5570340134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jhet.5570340150⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02889444v1</w:t>
+                <w:t xml:space="preserve">hal-02889442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular cyclization of amido acids into pyrrolidinothieno(or [1]benzothieno)[3]azepinediones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of 5-chloropyrrole carboxaldehydes from 5-oxopyrrolidine carboxamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Netchitaïlo</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heterocyclic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 38 (18), pp.3227-3230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4039(97)00597-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jhet.5570340134⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02889442v1</w:t>
+                <w:t xml:space="preserve">hal-02564968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of 5-chloropyrrole carboxaldehydes from 5-oxopyrrolidine carboxamides</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acyliminium ion cyclizations: Synthesis of thieno[2',3':3,4]pyrrolo[2,1-a]isoindolone and benzo[a]thieno[2,3(3,2 or 3,4)-g]indolizinones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adam Daïch</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Decroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 53 (7), pp.2495-2504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-4020(96)01196-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0040-4039(97)00597-2⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02564968v1</w:t>
+                <w:t xml:space="preserve">hal-01230423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Phthalimidine-3-carboxylate and Benzopyrroloindolizine from N-(Pyrrol-2-yl) Phthalimidine-3-Carboxylate</w:t>
               </w:r>
@@ -6217,359 +6217,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of (+) / (-)-gossypol Schiff base derivatives by SECheM methodology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">N,X Acetals : Ligands des récepteurs purinergiques P2X7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Danton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata-Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées André Collet de la Chiralité JACC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Noirmoutier, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568053v1</w:t>
+                <w:t xml:space="preserve">hal-02889602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N,X Acetals : Ligands des récepteurs purinergiques P2X7</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chimie des ions N-acyliminiums : Nouveaux modes d’activation, applications et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">1ères Journées Internationales de Chimie : JIC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Nouakchott, Mauritanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889602v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chimie des ions N-acyliminiums : Nouveaux modes d’activation, applications et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N,X-Acetals as Purinergic receptor P2RX7 ligands. Design and synthesis of N,S-backbones based on Morin rearrangement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Danton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Journées Internationales de Chimie : JIC 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Nouakchott, Mauritanie</w:t>
+              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890042v1</w:t>
+                <w:t xml:space="preserve">hal-02567974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N,X-Acetals as Purinergic receptor P2RX7 ligands. Design and synthesis of N,S-backbones based on Morin rearrangement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">N,X Acetals : Ligands des récepteurs purinergiques P2X7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Danton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6581,1428 +6564,1445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567974v1</w:t>
+                <w:t xml:space="preserve">hal-02568051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N,X Acetals : Ligands des récepteurs purinergiques P2X7</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">New methodology for synthesis of Schiff base derivatives of (aR)/(aS)-gossypol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Danton</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568051v1</w:t>
+                <w:t xml:space="preserve">hal-02567973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New methodology for synthesis of Schiff base derivatives of (aR)/(aS)-gossypol</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N-acyliminium ions chemistry: New activation modes and application to the synthesis of novel heterocyclic compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
+              <w:t xml:space="preserve">28th European Colloquium on Heterocyclic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567973v1</w:t>
+                <w:t xml:space="preserve">hal-02889895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-acyliminium ions chemistry: New activation modes and application to the synthesis of novel heterocyclic compounds</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preparation of (+) / (-)-gossypol Schiff base derivatives by SECheM methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ould Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Aliyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Colloquium on Heterocyclic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Lecce, Italy</w:t>
+              <w:t xml:space="preserve">Journées André Collet de la Chiralité JACC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889895v1</w:t>
+                <w:t xml:space="preserve">hal-02568053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simultaneous Extraction and Chemical Modification Concept: Application for Gossypol Extraction and Semi-synthesis Directly from Cienfuegosia digitata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">SECHEM Concept for Gossypol extraction and semi-synthesis directly from Cienfuegosia digitata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Elemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Natural Product Research - PSE Young Scientists' Meeting Lille 2017, Natural Products in Health, Agro-Food and Cosmetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568195v1</w:t>
+                <w:t xml:space="preserve">hal-02567969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SECHEM Concept for Gossypol extraction and semi-synthesis directly from Cienfuegosia digitata</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New development around N-acyliminium ions chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
+              <w:t xml:space="preserve">Trans Mediterranean Colloquim on Heterocyclic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, FEZ, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567969v1</w:t>
+                <w:t xml:space="preserve">hal-02890050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New development around N-acyliminium ions chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N,X-Acetals as Purinergic receptor P2X7 ligands. Design, synthesis and anti-cancer/anti-inflammatory evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Danton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trans Mediterranean Colloquim on Heterocyclic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, FEZ, Morocco</w:t>
+              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890050v1</w:t>
+                <w:t xml:space="preserve">hal-02567972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N,X-Acetals as Purinergic receptor P2X7 ligands. Design, synthesis and anti-cancer/anti-inflammatory evaluation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">A Simultaneous Extraction and Chemical Modification Concept: Application for Gossypol Extraction and Semi-synthesis Directly from Cienfuegosia digitata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Danton</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'école doctorale Normandie de Chimie JEDNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
+              <w:t xml:space="preserve">Trends in Natural Product Research - PSE Young Scientists' Meeting Lille 2017, Natural Products in Health, Agro-Food and Cosmetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567972v1</w:t>
+                <w:t xml:space="preserve">hal-02568195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original Mitsunobu triggered sequence involved in a one-pot domino process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Original &amp;quot;one-pot&amp;quot; methodology combining extraction/chemical modification of gossypol from cienfuegosia digitata by traditional soxhlet system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lepitre</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mohamed Vall Sidi Boune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Elemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Ould Hadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Aliyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'Ecole Doctorale Normande de Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567967v1</w:t>
+                <w:t xml:space="preserve">hal-02568193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original &amp;quot;one-pot&amp;quot; methodology combining extraction/chemical modification of gossypol from cienfuegosia digitata by traditional soxhlet system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Competitive intramolecular C-C vs. C-O bond coupling reactions through C6 ring-fused 2-pyridones synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">13th Anglo-Norman Organic Chemistry Colloquium (ANORCQ XIII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568193v1</w:t>
+                <w:t xml:space="preserve">hal-02568190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competitive intramolecular C-C vs. C-O bond coupling reactions through C6 ring-fused 2-pyridones synthesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Original Mitsunobu triggered sequence involved in a one-pot domino process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Anglo-Norman Organic Chemistry Colloquium (ANORCQ XIII)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568190v1</w:t>
+                <w:t xml:space="preserve">hal-02568191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Original Mitsunobu triggered sequence involved in a one-pot domino process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Martin Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie Organique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journée de l'Ecole Doctorale Normande de Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568191v1</w:t>
+                <w:t xml:space="preserve">hal-02567967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium Catalyzed Arylation vs Oxyarylation: Synthesis of C6 Ring-Fused Pyridones</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gold catalysis: a one-pot intermolecular Friedel-Crafts-type α-amidoalkylation/ hydroarylation sequences by N-acyliminium ion chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes de Chimie (JNOEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Rouen, France</w:t>
+              <w:t xml:space="preserve">Trans Mediterranean Colloquim on Heterocyclic Chemistry, TRAMECH VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568040v1</w:t>
+                <w:t xml:space="preserve">hal-02890069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold catalysis: a one-pot intermolecular Friedel-Crafts-type α-amidoalkylation/ hydroarylation sequences by N-acyliminium ion chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palladium Catalyzed Arylation vs Oxyarylation: Synthesis of C6 Ring-Fused Pyridones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Daïch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Martin Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trans Mediterranean Colloquim on Heterocyclic Chemistry, TRAMECH VIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Antalya, Turkey</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes de Chimie (JNOEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890069v1</w:t>
+                <w:t xml:space="preserve">hal-02568040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimie mixte des ions N-acyliminiums : Application à la synthèse de nouvelles structures isoindoliques</w:t>
               </w:r>
@@ -8202,290 +8202,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse des Benzoindolizidines et Benzopyrrolizidines via la Réaction de Cyclisation de Métathèse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Towards Improving the Chemistry of N-Acyliminiums Ions: A One-Pot Protocol for the Preparation of Acetoxy Lactams from Imides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fridrich Szemes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raja Ben Othman</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Till Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trans-Mediterranean Colloquium on Heterocyclic Chemistry -TRAMECH III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Marrakech, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568146v1</w:t>
+                <w:t xml:space="preserve">hal-02568144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Improving the Chemistry of N-Acyliminiums Ions: A One-Pot Protocol for the Preparation of Acetoxy Lactams from Imides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Synthèse des Benzoindolizidines et Benzopyrrolizidines via la Réaction de Cyclisation de Métathèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raja Ben Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Decroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Othman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trans-Mediterranean Colloquium on Heterocyclic Chemistry -TRAMECH III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Marrakech, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02568144v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of new polyheterocycles via N-acyliminium ion aromatic cyclization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8549,51 +8549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of N-hydroxymethylphthalimide in basic medium: synthesis of new isoindolo[1,3]oxazepine fused to aromatic ring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Cul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8670,51 +8670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">π-Cationic cyclisations of N-acyliminium ions from imide-ester functionality: Use of olefin as nucleophile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Daïch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8868,51 +8868,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DD879C53"/>
+    <w:nsid w:val="6D580236"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9099,51 +9099,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohamed-othman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8379-5704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025962v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Danton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Othman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Martin Lawson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Farce" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lipka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26041717" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04699095v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Letulle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Toublet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Pinon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufyane Hba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17091207" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768002v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chortani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Salah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hajlaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Horchani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Edziri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NJ02744B" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghofrane Lahmadi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Romdhane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Mahdhi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Dbeibia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202305.1546.v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599161v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pigeon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangkun Yan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M Dansette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114202" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736842v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaschard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Salmain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Jaouen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27144549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079155v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Ben Jannet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ04052E" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768506v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohamed Abdallahi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewies Ewies" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El-Shazly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ould Elemine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Hadou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102357" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332614v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sidi Boune" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Elemine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aliyenne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Da&#239;ch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.8b01045" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332627v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pesquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Marzag" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Knorr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob02612b" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332612v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Markus" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branislav Ferko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;an Berke&#353;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n Moncol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900814" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413296v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulkareem Hamid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Souizi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Ghinet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2018.03.009" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02563783v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901111" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332632v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Ben Nejma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Znati" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.07.004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RN3RK9T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413309v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Berthet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Beauseigneur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201705949" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332616v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepitre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denhez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Moncol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b01996" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332630v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Ould Hadou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2688" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332628v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Le Biannic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00309" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332617v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Nguir" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jphp.12735" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928655v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b01523" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413311v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter &#352;af&#225;&#345;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;tefan Marchal&#237;n" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nade&#382;da Pr&#243;nayov&#225;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Vr&#225;bel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.04.047" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413288v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Ali Hamza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2015.03.028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413298v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Boiaryna" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Azizi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bouakher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Picard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00718" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02462210v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2013.07.077" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kamal El&#8197;mkaddem" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202225" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E239827506F0F72489B45189D94CE95DD11D3B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889563v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M. Rammah" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabula Ciamala" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-09-11787" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01933003v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Othman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Coste" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Decroix" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2007.11.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDZM1DJF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889561v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Msaddek" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed B. Rammah" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-08-11370" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889830v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rammah" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2008.01.137" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BP2F58KV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889851v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fridrich Szemes Jr." TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fousse" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Ben Othman" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Bousquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-926318" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889850v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Tranchant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.04.090" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTP4ZDHM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889852v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol052357j" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889854v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol050576z" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230407v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570380105" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230410v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Netchita&#239;lo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Daich" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-99-S21" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570360326" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230412v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570360319" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889449v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-97-8044" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230418v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570350635" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C9A6D26140E61247D62EF5A179A2EDB0F27D437/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230415v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(98)00468-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230416v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(97)10359-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230423v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(96)01196-9" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889444v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570340150" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C9QJL5T8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889442v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570340134" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB9EA9407AF8A9211761D31E1E2C435BD8CD18E6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02564968v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(97)00597-2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGD9F7SN-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889440v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397919608005214" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-05237857v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jourdain" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890159v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568053v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889602v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata-Martin Lawson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890042v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567974v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568051v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567973v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889895v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568195v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567969v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890050v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567972v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567967v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568193v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568190v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568191v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568040v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890069v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890078v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890083v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Haj Said" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890093v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568146v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568144v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fousse" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fridrich Szemes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568008v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568006v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cul" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Marchalin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568104v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohamed-othman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8379-5704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025962v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Danton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Othman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Martin Lawson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Farce" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lipka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26041717" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04699095v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Letulle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Toublet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Pinon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufyane Hba" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17091207" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768002v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chortani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Salah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hajlaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Horchani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Edziri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NJ02744B" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767454v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghofrane Lahmadi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Romdhane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Mahdhi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Dbeibia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202305.1546.v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599161v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pigeon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangkun Yan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M Dansette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114202" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736842v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaschard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Salmain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Jaouen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27144549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768506v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohamed Abdallahi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewies Ewies" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El-Shazly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ould Elemine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Hadou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102357" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079155v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Ben Jannet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ04052E" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332612v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Markus" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branislav Ferko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;an Berke&#353;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n Moncol" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900814" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332627v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pesquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Marzag" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Knorr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ob02612b" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413296v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulkareem Hamid" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Souizi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Ghinet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2018.03.009" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02563783v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901111" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332614v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sidi Boune" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Elemine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Aliyenne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Da&#239;ch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.8b01045" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332632v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Ben Nejma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Znati" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.07.004" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RN3RK9T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413309v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Berthet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Beauseigneur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201705949" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332630v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Vall Sidi Boune" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepitre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Ould Hadou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pca.2688" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332628v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Le Biannic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00309" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332617v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Nguir" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jphp.12735" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02332616v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denhez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Moncol" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b01996" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter &#352;af&#225;&#345;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;tefan Marchal&#237;n" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nade&#382;da Pr&#243;nayov&#225;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Vr&#225;bel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.04.047" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928655v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b01523" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413298v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Boiaryna" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Azizi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman El Bouakher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Picard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00718" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02413288v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Ali Hamza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2015.03.028" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02462210v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2013.07.077" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kamal El&#8197;mkaddem" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202225" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E239827506F0F72489B45189D94CE95DD11D3B1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889563v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M. Rammah" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabula Ciamala" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-09-11787" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01933003v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Othman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Coste" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Decroix" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2007.11.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDZM1DJF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889561v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Msaddek" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed B. Rammah" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-08-11370" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889830v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rammah" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2008.01.137" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BP2F58KV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889850v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Tranchant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Ben Othman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Bousquet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.04.090" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MTP4ZDHM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889851v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fridrich Szemes Jr." TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fousse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-926318" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889852v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol052357j" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889854v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol050576z" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230407v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570380105" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230410v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Netchita&#239;lo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Daich" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-99-S21" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570360326" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230412v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570360319" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570350635" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C9A6D26140E61247D62EF5A179A2EDB0F27D437/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230415v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(98)00468-2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230416v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(97)10359-3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889449v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-97-8044" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889444v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570340150" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C9QJL5T8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889442v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.5570340134" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB9EA9407AF8A9211761D31E1E2C435BD8CD18E6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02564968v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(97)00597-2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGD9F7SN-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230423v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(96)01196-9" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889440v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397919608005214" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-05237857v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jourdain" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890159v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889602v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata-Martin Lawson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890042v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567974v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568051v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567973v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889895v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568053v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567969v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890050v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568195v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568193v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568190v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568191v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890069v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568040v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890078v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890083v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Haj Said" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890093v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568144v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fousse" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fridrich Szemes" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568146v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568008v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568006v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cul" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Marchalin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02568104v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>