--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mohamed Sellami </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mohamed-sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7753-5703</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">160761778</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From natural language to TOSCA: leveraging LLMs for automated service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wided Meflah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Acheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Ben Douma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Service-Oriented Computing (ICSOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Shenzen, China. pp.3-18, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-95-5012-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering guard stage milestone models through hierarchical clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M’baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Cooperative Information Systems (CoopIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Groningen, Netherlands. pp.239-256, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-46846-9_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process mining approach for multi-cloud SLA reporting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Big Data (IEEE BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Sorrento (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Request relaxation based-on provider constraints for a capability-based NaaS services discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Advanced Information Systems Engineering (CAiSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, ZARAGOZA, Spain. pp.611-627, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-34560-9_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey on event log extraction from blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Makni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawya Mars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saoussen Cheikhrouhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Tunisian-Algerian Joint Conference on Applied Computing (TACC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.159-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a secure cross-Blockchain smart contract architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawya Mars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saoussen Cheikhrouhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Risks and Security of Internet and Systems (CRiSIS )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Sousse, Tunisia. pp.127-132, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31108-6_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncovering implicit bundling constraints: empowering cloud network service discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Zeghlache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Service-Oriented Computing (ICSOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy. pp.115-123, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-48424-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting artifact-centric event logs from blockchain applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 SCC: International Conference on Services Computing (SCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, France. pp.274-283, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC55611.2022.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain logging for process mining: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2022: 55th Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Hawaii, United States. pp.6197-6206, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24251/HICSS.2022.751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling multi-provider cloud network service bundling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Tirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Web Services (ICWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, Spain. pp.405-414, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS55610.2022.00067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On modelling and analyzing composite resources’ consumption cycles using Time Petri-Nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Benna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Hadjidj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENASE 2022: 17th International Conference on Evaluation of Novel Approaches to Software Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Online, France. pp.243-250, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010971900003176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards higher-level description of SLA-aware reconfiguration strategies based on state-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEBE 2021: 17th International Conference on e-Business Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Guangzhou (online), China. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEBE52470.2021.00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transactional approach to enforce resource availabilities: application to the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCIS 2021: 15th international conference on Research Challenges in Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Limassol (online), Cyprus. pp.249-264, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-75018-3_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal modeling and verification of property-based resource consumption cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Ben Halima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Klai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2021: IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Chicago (online), United States. pp.370-375, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC53864.2021.00052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomicity in the Internet of Transactional Things (Io2T)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Elnaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maj Alshibly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WAINA 2020: Workshops of the 34th international conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Caserta, Italy. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44038-1_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between business processes and IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikbel Guidara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDEAS 2020: 24th International Database Engineering &amp; Applications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Online, South Korea. pp.2:1-2:10, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3410566.3410605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an approach for validating the Internet-of-Transactional-Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanjangud Narendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikbel Guidara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2020: 34th International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Caserta, Italy. pp.1176-1188, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44041-1_101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transactional approach for reliable elastic cloud resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farah Bellaaj Elloumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2019: 16th IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy. pp.154-161, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2019.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to agentify the Internet-of-Things?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCIS 2018 - IEEE 12th International Conference on Research Challenges in Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal evidence collection for accountability in the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Loulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEBE 2018: 15th International Conference on e-Business Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Xi'An, China. pp.78 - 85, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEBE.2018.00022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ mutation for active things in the IoT context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: 13th International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.725-732, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006840607590766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling integration of the Internet of Things into business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z Sheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BPM 2018: International Conference on Business Process Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Sidney, Australia. pp.127-142, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98651-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everything-as-a-Thing for abstracting the Internet-of-Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.733-740, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006869907670774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive computing meets the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Atif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.741-746, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006877507410746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic-based configurable cloud resource allocation in QoS-aware business process development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emna Hachicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWS 2017 : 24th International Conference on Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.836 - 839, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2017.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting and Tackling Run-Time Obstacles in Social Business Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Information Networking and Applications (AINA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Tapei, Taiwan. pp.371-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of configurable resource allocation for cloud-based business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ahmed-Nacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunal Suri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2017 : 14th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.305 - 313, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2017.46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking Users' Actions over Social Media: Application to Facebook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE), Demo paper</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France. pp.255-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic framework supporting business process variability using event logs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2016 : 13th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, San Francisco, United States. pp.163 - 170, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2016.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic framework supporting cloud resource descriptions interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOUD 2016 : 9th International Conference on Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, San Francisco, United States. pp.585 - 592, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLOUD.2016.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic process fragments matching to assist the development of process variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2015 : 12th IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, New York, United States. pp.712 - 719 </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2015.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Checking Accountability with a Prover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IEEE Annual Computer Software and Applications Conference (COMPSAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Taichung, Taiwan. pp.83-88, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2015.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language: Translation, Compliance and Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASIA-PACIFIC SOFTWARE ENGINEERING CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Bernsmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIPTM - 8th IFIP WG 11.11 International Conference on Trust Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Singapore, Singapore. pp.229--236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00973399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Bernsmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFIP International Conference on Trust Management (IFIPTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Singapore, Singapore. pp.229-236, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-43813-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PASCS 2014: Privacy and Accountability for Software and Cloud Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Santana de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE 23RD INTERNATIONAL WETICE CONFERENCE (WETICE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Parma, Italy. pp.332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01206892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cloud Accountability Policy Representation Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monir Azraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOSER - 4th International Conference on Cloud Computing and Services Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability for Data Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Computational Intelligence for Multimedia Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability for Abstract Component Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMICRO DSD/SEAA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Verona, Italy. pp.213-220, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SEAA.2014.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaaS-independent provisioning and management of applications in the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed S. A. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOUD 2013 : IEEE 6th International Conference on Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Santa Clara, United States. pp.693 - 700, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLOUD.2013.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01262053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralized mediation-as-a-service architecture for service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Vettor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE '13 : 22nd IEEE International Conference on Enabling Technologies : Infrastructures for Collaborative Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Hammamet, Tunisia. pp.80-85, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE.2013.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and managing communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST '11 : 7th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Noordwijkerhout, Netherlands. pp.88-102, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28082-5_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified marketplace for functionality-based cloud service discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOSER '12 : 2nd International Conference on Cloud Computing and Services Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Porto, Portugal. pp.252-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data mapping web services for composite DaaS mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE ' 12 : IEEE 21st International Workshop on Enabling Technologies : Infrastructure for Collaborative Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Toulouse, France. pp.36-41, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE.2012.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communications publicitaires des cabinets d'audit et d'expertise comptable en France : Une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilités, économie et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Montpellier, France. pp.cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An implicit approach for building communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iiWAS '11 : The 13th International Conference on Information Integration and Web-based Applications &amp; Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Ho Chi Minh City, Vietnam. pp.230-237, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2095536.2095575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering and managing data providing services using machine learning technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCPS 2011 : 2nd International Workshop on Cyber-Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Beijing, China. pp.225 - 232, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SKG.2011.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01302449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWS 2011 : 9th IEEE International Conference on Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Washington, United States. pp.690 - 691, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2011.69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph-based management of communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST 2011 : 7th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Noordwijkerhout, Netherlands. pp.61 - 70, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0003347400610070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web services & recommender systems : a research roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Krug Wives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Palazzo Moreira de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST 2010 : 6th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Valencia, Spain. pp.119 - 124, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0002840601190124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WSRD : a Web Services Registry Description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 2010 : 10ème Conférence Internationale sur les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Tozeur, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using recommendation to limit search space in Web services discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2010 : 24th IEEE International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Perth, Australia. pp.974 - 981, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2010.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionality-driven clustering of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2010 : 7th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Miami, United States. pp.631 - 634, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2010.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P2P implementation for the high availability of web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z. Sheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEIS 2009 : 11th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Milan, Italy. pp.19 - 24, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001855500190024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A recommender system for Web services discovery in a distributed registry environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIW 2009 : 4th International Conference on Internet and Web Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Venice-Mestre, Italy. pp.418 - 423, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIW.2009.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service discovery in ubiquitous environments : approaches and requirements for context-awareness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMANTICS4WS 2008 : 3rd International Workshop in Advances in Semantics for Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Milan, Italy. pp.516 - 522, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-00328-8_52⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01380993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des déterminants comptables de la valeur : Apports de l'approche économique de l'information dans la mesure de la valeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Tunis, Tunisie. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00558252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service-oriented computing – ICSOC 2024 Workshops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Raibulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Bouassida Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Bennaceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Service-Oriented Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Tunis, Tunisia. 15834, Springer Nature Singapore, pp.XIX, 285, 2026, Lecture Notes in Computer Science, 978-981-96-7423-7. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-7423-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05206340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Comuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Grigori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Cooperative Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15506, Springer Nature Switzerland, 2025, Lecture Notes in Computer Science, 978-3-031-81375-7. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-81375-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Esther Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudewijn van Dongen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Panetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference (COOPIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14353, Springer Nature Switzerland, pp.XX, 508, 2023, Lecture Notes in Computer Science, 978-3-031-46846-9. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-46846-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems: 28th international conference , CoopIS 2022, Bozen-Bolzano, Italy, October 4-7, 2022, proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajo A. Reijers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Panetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LNCS 13591, Springer, pp.333, 2022, Lecture Notes in Computer Science, 978-3-031-17833-7. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-17834-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How double‐loop learning powers business model innovation in digital startups: mapping enablers across core dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Ghamgui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojtaba Rezaei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsc.2677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process mining for artifact-centric blockchain applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M’baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127, pp.102779. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpat.2023.102779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of Hyperspectral Vegetation Indices for Monitoring Yield and Physiological Response in Sweet Maize under Different Water and Nitrogen Availability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Houssemeddine Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Albrizio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milica Čolović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Hamze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vito Cantore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (2), pp.489. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy12020489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformance checking for autonomous multi-cloud SLA management and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78 (11), pp.13004-13039. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-022-04363-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of entrepreneurial ecosystems on innovation ecosystems in peripheral regions: the case of the Champagne-Ardenne region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Berthinier-Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Lwango</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (9), pp.1045-1074. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13662716.2022.2068998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restriction‐based fragmentation of business processes over the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ben Arab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (7), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.5445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Plug&Play approach for modeling and simulating applications in the era of internet of social things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Asim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Haseeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (1), pp.29-40. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/smc2.12005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la croissance des nouvelles entreprises : la complexe relation entre capital humain, chômage et motivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vedel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inés Gabarret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (1), pp.106-130. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1076020ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time tracking and mining of users’ actions over social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.403-426. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS190822002K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time tracking and mining of users’ actions over social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.403-426. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS190822002K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guiding famework for vetting the Internet of things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ismail Awad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanilson Burégio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of information security and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55, pp.102644:1-102644:11. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jisa.2020.102644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding resource misallocations in business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farah Bellaaj Elloumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (15), </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.4888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norm-based and commitment-driven agentification of the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, 17 p. /100042. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.iot.2019.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a new natural gastric lipase inhibitor from star anise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannet Kamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mansuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.469-478. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fo02009d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a new natural gastric lipase inhibitor from star anise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannet Kamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mansuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.469 - 478. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fo02009d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability management for multi-tenant cloud services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Loulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Grid and Utility Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (2), pp.141-158. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJGUC.2019.098218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaving cognition into the internet-of-things: application to water leaks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Al-Khafajiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56, pp.233-245. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cogsys.2019.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logs and enterprise networks for overcoming obstacles in business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101 (3), pp.263 - 288. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-018-00696-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everything as a resource: foundations and illustration through Internet-of-things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 94, pp.62 - 74. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2017.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the Gap Between the Business and Social Worlds: A Data Artifact-Driven Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanislson Arruda Burégio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Souto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengshuai Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 35, pp.27-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On business process monitoring using cross-flow coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadwa Yahya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.203 - 215. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11761-017-0206-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Software Engineering in the Social Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanilson Buregio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of systems and service-oriented engineering (IJSSOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (4), pp.36 - 46. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJSSOE.2016100103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DMaaS: syntactic, structural and semantic mediation for service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Vettor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of autonomous and adaptive communications systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (3-4), pp.310 - 330. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJAACS.2016.079627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralized and service-based solution for data mediation: the case for data providing service compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (6), pp.1427 - 1444. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.3048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipophilization of ascorbic acid: a monolayer study and biological and antileishmanial activities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Kharrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Sghaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62 (37), pp.9118-27. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf5029398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01375059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data providing services clustering and management for facilitating service discovery and replacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (4), pp.1131 - 1146. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TASE.2012.2237551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communities of web service registries : construction and management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 86 (3), pp.835-853. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jss.2012.11.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an approach to sustain web services high-availability using communities of web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z. Sheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of web information systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (1), pp.32-55. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/17440080910947303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busines process management : fondamentaux de la gestion des processus métier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Assar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future internet services and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Ait Wakrime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben Halima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35 (11), 2023, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cahiers de recherche du LAREQUOI Vol. 2019/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Benzerafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bedard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les cahiers de recherche du LAREQUOI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of Configurable Resource Allocation for Cloud-Based Business Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ahmed-Nacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunal Suri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Regulatory Obligations to Enforceable Accountability Policies in the Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monir Azraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cloud Computing and Services Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing Switzerland, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d'annuaires de services web dans un environnement distribué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Institut National des Télécommunications, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011TELE0022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00697126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId300"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mohamed Sellami </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mohamed-sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7753-5703</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">160761778</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From natural language to TOSCA: leveraging LLMs for automated service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wided Meflah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Acheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Ben Douma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Service-Oriented Computing (ICSOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Shenzen, China. pp.3-18, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-95-5012-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering guard stage milestone models through hierarchical clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M’baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Cooperative Information Systems (CoopIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Groningen, Netherlands. pp.239-256, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-46846-9_13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncovering implicit bundling constraints: empowering cloud network service discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Zeghlache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference on Service-Oriented Computing (ICSOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rome, Italy. pp.115-123, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-48424-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process mining approach for multi-cloud SLA reporting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Big Data (IEEE BigData)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Sorrento (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Request relaxation based-on provider constraints for a capability-based NaaS services discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Advanced Information Systems Engineering (CAiSE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, ZARAGOZA, Spain. pp.611-627, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-34560-9_36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a secure cross-Blockchain smart contract architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawya Mars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saoussen Cheikhrouhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Risks and Security of Internet and Systems (CRiSIS )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Sousse, Tunisia. pp.127-132, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-31108-6_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey on event log extraction from blockchain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Makni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawya Mars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saoussen Cheikhrouhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Tunisian-Algerian Joint Conference on Applied Computing (TACC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sousse, Tunisia. pp.159-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On modelling and analyzing composite resources’ consumption cycles using Time Petri-Nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Benna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Hadjidj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENASE 2022: 17th International Conference on Evaluation of Novel Approaches to Software Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Online, France. pp.243-250, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010971900003176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling multi-provider cloud network service bundling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Jerbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Tirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Web Services (ICWS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, Spain. pp.405-414, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS55610.2022.00067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain logging for process mining: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2022: 55th Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Hawaii, United States. pp.6197-6206, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24251/HICSS.2022.751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracting artifact-centric event logs from blockchain applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 SCC: International Conference on Services Computing (SCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Barcelona, France. pp.274-283, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC55611.2022.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03769216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal modeling and verification of property-based resource consumption cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Ben Halima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kais Klai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2021: IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Chicago (online), United States. pp.370-375, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC53864.2021.00052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transactional approach to enforce resource availabilities: application to the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCIS 2021: 15th international conference on Research Challenges in Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Limassol (online), Cyprus. pp.249-264, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-75018-3_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards higher-level description of SLA-aware reconfiguration strategies based on state-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEBE 2021: 17th International Conference on e-Business Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Guangzhou (online), China. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEBE52470.2021.00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between business processes and IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikbel Guidara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M'Baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDEAS 2020: 24th International Database Engineering &amp; Applications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Online, South Korea. pp.2:1-2:10, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3410566.3410605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomicity in the Internet of Transactional Things (Io2T)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Elnaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maj Alshibly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WAINA 2020: Workshops of the 34th international conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Caserta, Italy. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44038-1_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an approach for validating the Internet-of-Transactional-Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanjangud Narendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikbel Guidara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2020: 34th International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Caserta, Italy. pp.1176-1188, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44041-1_101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02525733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transactional approach for reliable elastic cloud resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farah Bellaaj Elloumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayet Brabra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2019: 16th IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy. pp.154-161, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2019.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive computing meets the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Atif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.741-746, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006877507410746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ mutation for active things in the IoT context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: 13th International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.725-732, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006840607590766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal evidence collection for accountability in the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Loulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEBE 2018: 15th International Conference on e-Business Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Xi'An, China. pp.78 - 85, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEBE.2018.00022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to agentify the Internet-of-Things?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCIS 2018 - IEEE 12th International Conference on Research Challenges in Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nantes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RCIS.2018.8406665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling integration of the Internet of Things into business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z Sheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BPM 2018: International Conference on Business Process Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Sidney, Australia. pp.127-142, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98651-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everything-as-a-Thing for abstracting the Internet-of-Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT 2018: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Porto, Portugal. pp.733-740, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006869907670774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of configurable resource allocation for cloud-based business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ahmed-Nacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunal Suri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2017 : 14th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.305 - 313, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2017.46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting and Tackling Run-Time Obstacles in Social Business Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advanced Information Networking and Applications (AINA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Tapei, Taiwan. pp.371-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic-based configurable cloud resource allocation in QoS-aware business process development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emna Hachicha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWS 2017 : 24th International Conference on Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Honolulu, United States. pp.836 - 839, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2017.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic framework supporting business process variability using event logs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2016 : 13th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, San Francisco, United States. pp.163 - 170, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2016.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking Users' Actions over Social Media: Application to Facebook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE), Demo paper</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France. pp.255-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic framework supporting cloud resource descriptions interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOUD 2016 : 9th International Conference on Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, San Francisco, United States. pp.585 - 592, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLOUD.2016.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic process fragments matching to assist the development of process variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karn Yongsiriwit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2015 : 12th IEEE International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, New York, United States. pp.712 - 719 </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2015.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language: Translation, Compliance and Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASIA-PACIFIC SOFTWARE ENGINEERING CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Checking Accountability with a Prover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IEEE Annual Computer Software and Applications Conference (COMPSAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Taichung, Taiwan. pp.83-88, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2015.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability for Abstract Component Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMICRO DSD/SEAA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Verona, Italy. pp.213-220, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SEAA.2014.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PASCS 2014: Privacy and Accountability for Software and Cloud Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Santana de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE 23RD INTERNATIONAL WETICE CONFERENCE (WETICE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Parma, Italy. pp.332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01206892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Bernsmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIPTM - 8th IFIP WG 11.11 International Conference on Trust Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Singapore, Singapore. pp.229--236</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00973399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abstract Accountability Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Bernsmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFIP International Conference on Trust Management (IFIPTM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Singapore, Singapore. pp.229-236, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-43813-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cloud Accountability Policy Representation Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monir Azraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOSER - 4th International Conference on Cloud Computing and Services Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability for Data Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Computational Intelligence for Multimedia Understanding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralized mediation-as-a-service architecture for service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Vettor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE '13 : 22nd IEEE International Conference on Enabling Technologies : Infrastructures for Collaborative Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Hammamet, Tunisia. pp.80-85, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE.2013.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PaaS-independent provisioning and management of applications in the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Yangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed S. A. Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOUD 2013 : IEEE 6th International Conference on Cloud Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Santa Clara, United States. pp.693 - 700, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLOUD.2013.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01262053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and managing communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST '11 : 7th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Noordwijkerhout, Netherlands. pp.88-102, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28082-5_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified marketplace for functionality-based cloud service discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLOSER '12 : 2nd International Conference on Cloud Computing and Services Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Porto, Portugal. pp.252-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data mapping web services for composite DaaS mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE ' 12 : IEEE 21st International Workshop on Enabling Technologies : Infrastructure for Collaborative Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Toulouse, France. pp.36-41, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WETICE.2012.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An implicit approach for building communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iiWAS '11 : The 13th International Conference on Information Integration and Web-based Applications &amp; Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Ho Chi Minh City, Vietnam. pp.230-237, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2095536.2095575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communications publicitaires des cabinets d'audit et d'expertise comptable en France : Une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilités, économie et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Montpellier, France. pp.cd-rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering and managing data providing services using machine learning technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCPS 2011 : 2nd International Workshop on Cyber-Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Beijing, China. pp.225 - 232, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SKG.2011.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01302449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICWS 2011 : 9th IEEE International Conference on Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Washington, United States. pp.690 - 691, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICWS.2011.69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graph-based management of communities of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST 2011 : 7th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Noordwijkerhout, Netherlands. pp.61 - 70, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0003347400610070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionality-driven clustering of web service registries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCC 2010 : 7th International Conference on Services Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Miami, United States. pp.631 - 634, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCC.2010.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WSRD : a Web Services Registry Description</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 2010 : 10ème Conférence Internationale sur les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Tozeur, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00552969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web services & recommender systems : a research roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Krug Wives</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Palazzo Moreira de Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WEBIST 2010 : 6th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Valencia, Spain. pp.119 - 124, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0002840601190124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using recommendation to limit search space in Web services discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jmaiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2010 : 24th IEEE International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Perth, Australia. pp.974 - 981, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2010.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A recommender system for Web services discovery in a distributed registry environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIW 2009 : 4th International Conference on Internet and Web Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Venice-Mestre, Italy. pp.418 - 423, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIW.2009.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P2P implementation for the high availability of web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z. Sheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEIS 2009 : 11th International Conference on Enterprise Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Milan, Italy. pp.19 - 24, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001855500190024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service discovery in ubiquitous environments : approaches and requirements for context-awareness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMANTICS4WS 2008 : 3rd International Workshop in Advances in Semantics for Web Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Milan, Italy. pp.516 - 522, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-00328-8_52⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01380993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des déterminants comptables de la valeur : Apports de l'approche économique de l'information dans la mesure de la valeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Tunis, Tunisie. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00558252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service-oriented computing – ICSOC 2024 Workshops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Raibulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismael Bouassida Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Bennaceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Service-Oriented Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Tunis, Tunisia. 15834, Springer Nature Singapore, pp.XIX, 285, 2026, Lecture Notes in Computer Science, 978-981-96-7423-7. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-7423-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05206340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Comuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Grigori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Cooperative Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15506, Springer Nature Switzerland, 2025, Lecture Notes in Computer Science, 978-3-031-81375-7. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-81375-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Esther Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boudewijn van Dongen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Panetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference (COOPIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14353, Springer Nature Switzerland, pp.XX, 508, 2023, Lecture Notes in Computer Science, 978-3-031-46846-9. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-46846-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative information systems: 28th international conference , CoopIS 2022, Bozen-Bolzano, Italy, October 4-7, 2022, proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Ceravolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajo A. Reijers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Panetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LNCS 13591, Springer, pp.333, 2022, Lecture Notes in Computer Science, 978-3-031-17833-7. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-17834-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How double‐loop learning powers business model innovation in digital startups: mapping enablers across core dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Ghamgui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mojtaba Rezaei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsc.2677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05123402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process mining for artifact-centric blockchain applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leyla Moctar M’baba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Assy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamedade Farouk Nanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 127, pp.102779. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpat.2023.102779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of Hyperspectral Vegetation Indices for Monitoring Yield and Physiological Response in Sweet Maize under Different Water and Nitrogen Availability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Houssemeddine Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Albrizio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milica Čolović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Hamze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vito Cantore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (2), pp.489. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy12020489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformance checking for autonomous multi-cloud SLA management and adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Mechouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roua Touihri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Supercomputing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78 (11), pp.13004-13039. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11227-022-04363-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of entrepreneurial ecosystems on innovation ecosystems in peripheral regions: the case of the Champagne-Ardenne region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Grama-Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Berthinier-Poncet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Lwango</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (9), pp.1045-1074. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13662716.2022.2068998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restriction‐based fragmentation of business processes over the cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Kallel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ben Arab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (7), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.5445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Plug&Play approach for modeling and simulating applications in the era of internet of social things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Asim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Haseeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (1), pp.29-40. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/smc2.12005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la croissance des nouvelles entreprises : la complexe relation entre capital humain, chômage et motivation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vedel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inés Gabarret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Saidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (1), pp.106-130. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1076020ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding resource misallocations in business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farah Bellaaj Elloumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bhiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (15), </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.4888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time tracking and mining of users’ actions over social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.403-426. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS190822002K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time tracking and mining of users’ actions over social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.403-426. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2298/CSIS190822002K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guiding famework for vetting the Internet of things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ismail Awad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanilson Burégio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of information security and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55, pp.102644:1-102644:11. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jisa.2020.102644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02984706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logs and enterprise networks for overcoming obstacles in business processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101 (3), pp.263 - 288. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00607-018-00696-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a new natural gastric lipase inhibitor from star anise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannet Kamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mansuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.469-478. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fo02009d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norm-based and commitment-driven agentification of the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, 17 p. /100042. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.iot.2019.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of a new natural gastric lipase inhibitor from star anise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannet Kamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mansuelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), pp.469 - 478. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fo02009d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaving cognition into the internet-of-things: application to water leaks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Al-Khafajiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56, pp.233-245. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cogsys.2019.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accountability management for multi-tenant cloud services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Loulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Hadj Kacem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Grid and Utility Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (2), pp.141-158. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJGUC.2019.098218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everything as a resource: foundations and illustration through Internet-of-things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thar Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emir Ugljanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 94, pp.62 - 74. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2017.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the Gap Between the Business and Social Worlds: A Data Artifact-Driven Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanislson Arruda Burégio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Souto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengshuai Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 35, pp.27-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On business process monitoring using cross-flow coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Boukadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadwa Yahya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Service Oriented Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.203 - 215. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11761-017-0206-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DMaaS: syntactic, structural and semantic mediation for service composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Vettor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mrissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of autonomous and adaptive communications systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (3-4), pp.310 - 330. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJAACS.2016.079627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting Software Engineering in the Social Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanilson Buregio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ejub Kajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noura Faci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of systems and service-oriented engineering (IJSSOE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (4), pp.36 - 46. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJSSOE.2016100103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralized and service-based solution for data mediation: the case for data providing service compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (6), pp.1427 - 1444. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.3048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipophilization of ascorbic acid: a monolayer study and biological and antileishmanial activities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Kharrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Aissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Sghaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 62 (37), pp.9118-27. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf5029398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01375059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data providing services clustering and management for facilitating service discovery and replacement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhangbing Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Barhamgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Defude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (4), pp.1131 - 1146. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TASE.2012.2237551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communities of web service registries : construction and management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Bouchaala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 86 (3), pp.835-853. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jss.2012.11.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an approach to sustain web services high-availability using communities of web services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Maamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Z. Sheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Tata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamal Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of web information systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5 (1), pp.32-55. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/17440080910947303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busines process management : fondamentaux de la gestion des processus métier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Assar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future internet services and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Ait Wakrime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Ben Halima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35 (11), 2023, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cpe.7329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cahiers de recherche du LAREQUOI Vol. 2019/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manel Benzerafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Yung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bedard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Les cahiers de recherche du LAREQUOI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of Configurable Resource Allocation for Cloud-Based Business Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Ahmed-Nacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunal Suri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Gaaloul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Regulatory Obligations to Enforceable Accountability Policies in the Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Benghabrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monir Azraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cloud Computing and Services Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing Switzerland, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d'annuaires de services web dans un environnement distribué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Sellami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Institut National des Télécommunications, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011TELE0022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00697126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId300"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="85FC44C1"/>
+    <w:nsid w:val="67EF123A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohamed-sellami" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7753-5703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160761778" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456614v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wided Meflah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Brabra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Acheli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Ben Douma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sellami" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-5012-8_1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257487v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Moctar M&#8217;baba" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Assy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Gaaloul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedade Farouk Nanne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46846-9_13" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343935v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mechouche" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Maamar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Touihri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198824v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Jerbi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bhiri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34560-9_36" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717874v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Makni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawya Mars" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Cheikhrouhou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kallel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112561v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hadj Kacem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31108-6_10" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311834v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Zeghlache" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-48424-7_9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769216v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Moctar M'Baba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC55611.2022.00048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631633v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2022.751" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782791v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tirat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS55610.2022.00067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657309v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benna" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Masmoudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadjidj" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010971900003176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641853v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEBE52470.2021.00014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226493v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75018-3_16" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454749v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ben Halima" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Klai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC53864.2021.00052" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525740v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thar Baker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Elnaffar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maj Alshibly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44038-1_5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910424v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ejub Kajan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbel Guidara" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3410566.3410605" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525733v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanjangud Narendra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Ugljanin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44041-1_101" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280891v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Bellaaj Elloumi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2019.00035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865726v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Faci" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Boukadi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406665" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987317v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Loulou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEBE.2018.00022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865732v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006840607590766" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865733v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Z Sheng" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98651-7_8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865730v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006869907670774" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865729v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Atif" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006877507410746" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696951v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Hachicha" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karn Yongsiriwit" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2017.101" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636945v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696560v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ahmed-Nacer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunal Suri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2017.46" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636864v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455133v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2016.28" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD.2016.0083" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2015.101" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214360v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Benghabrit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grall" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Royer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2015.8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214365v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00973399v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Bernsmed" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01381692v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43813-8_17" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01206892v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Santana de Oliveira" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00941872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monir Azraoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084890v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987165v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAA.2014.68" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262053v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Yangui" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed S. A. Mohamed" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Tata" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD.2013.105" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850169v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mrissa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Vettor" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Defude" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE.2013.13" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751245v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Bouchaala" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jmaiel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28082-5_7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748645v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751230v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE.2012.19" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650569v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Saidi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751240v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2095536.2095575" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302449v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhangbing Zhou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SKG.2011.9" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303860v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2011.69" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303855v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003347400610070" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356337v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Krug Wives" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Palazzo Moreira de Oliveira" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0002840601190124" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552969v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354827v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2010.44" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356813v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2010.70" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315766v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Z. Sheng" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001855500190024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315773v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIW.2009.68" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380993v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-00328-8_52" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558252v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206340v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Raibulet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Bouassida Rodriguez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bennaceur" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-7423-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947724v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Comuzzi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Grigori" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81375-7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257462v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Esther Vidal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudewijn van Dongen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Panetto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46846-9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782208v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ceravolo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajo A. Reijers" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17834-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05123402v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama-Vigouroux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ghamgui" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Rezaei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsc.2677" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112603v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2023.102779" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623501v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houssemeddine Sellami" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Albrizio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica &#268;olovi&#263;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hamze" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Cantore" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12020489" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613903v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04363-0" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981105v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Berthinier-Poncet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Lwango" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13662716.2022.2068998" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998183v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ben Arab" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.5445" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359921v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Asim" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Haseeb" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/smc2.12005" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04462230v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vedel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Gabarret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1076020ar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514060v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS190822002K" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428701v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984706v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail Awad" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilson Bur&#233;gio" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisa.2020.102644" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359856v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.4888" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280905v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2019.02.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669840v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannet Kamoun" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rahier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Koubaa" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mansuelle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fo02009d" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006544v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430070v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2019.098218" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280900v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Khafajiy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2019.04.001" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987306v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-018-00696-y" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636978v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2017.10.001" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857472v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanislson Arruda Bur&#233;gio" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Souto" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengshuai Peng" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636954v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Yahya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11761-017-0206-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636905v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilson Buregio" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSSOE.2016100103" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434317v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAACS.2016.079627" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255062v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3048" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VGBVPJMQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01375059v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharrat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Aissa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Sghaier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouaziz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5029398" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275248v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2012.2237551" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806916v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2012.11.019" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNFXK1PK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472851v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17440080910947303" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-JD9PLQZS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717752v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charoy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Assar" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112577v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Ait Wakrime" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben Halima" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7329" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04647945v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Perrin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Benzerafa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bartoli" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yung" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bedard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523939v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214387v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00697126v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011TELE0022" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohamed-sellami" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7753-5703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160761778" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456614v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wided Meflah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Brabra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Acheli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Ben Douma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sellami" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-5012-8_1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257487v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Moctar M&#8217;baba" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Assy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Gaaloul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedade Farouk Nanne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46846-9_13" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311834v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Jerbi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Zeghlache" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-48424-7_9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343935v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mechouche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Maamar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Touihri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198824v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bhiri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34560-9_36" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112561v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawya Mars" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Cheikhrouhou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kallel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hadj Kacem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31108-6_10" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717874v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Makni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657309v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benna" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Masmoudi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hadjidj" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010971900003176" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782791v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tirat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS55610.2022.00067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Moctar M'Baba" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2022.751" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769216v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC55611.2022.00048" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Ben Halima" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Klai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC53864.2021.00052" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226493v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75018-3_16" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641853v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEBE52470.2021.00014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910424v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ejub Kajan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbel Guidara" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3410566.3410605" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525740v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thar Baker" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Elnaffar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maj Alshibly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44038-1_5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525733v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanjangud Narendra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emir Ugljanin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44041-1_101" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280891v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Bellaaj Elloumi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2019.00035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865729v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Faci" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Atif" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006877507410746" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865732v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006840607590766" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987317v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Loulou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEBE.2018.00022" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865726v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Boukadi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RCIS.2018.8406665" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865733v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Z Sheng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98651-7_8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006869907670774" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696560v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ahmed-Nacer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunal Suri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2017.46" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636945v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696951v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Hachicha" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karn Yongsiriwit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2017.101" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455133v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2016.28" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636864v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455119v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD.2016.0083" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2015.101" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214365v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Benghabrit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Grall" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Royer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214360v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2015.8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987165v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAA.2014.68" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01206892v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Santana de Oliveira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00973399v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Bernsmed" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01381692v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43813-8_17" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00941872v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monir Azraoui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084890v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850169v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mrissa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Vettor" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Defude" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE.2013.13" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262053v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Yangui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed S. A. Mohamed" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Tata" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLOUD.2013.105" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751245v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Bouchaala" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jmaiel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28082-5_7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748645v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751230v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE.2012.19" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751240v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2095536.2095575" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650569v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Saidi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302449v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhangbing Zhou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SKG.2011.9" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303860v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICWS.2011.69" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303855v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003347400610070" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356813v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCC.2010.70" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552969v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356337v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Krug Wives" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Palazzo Moreira de Oliveira" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0002840601190124" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354827v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2010.44" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315773v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIW.2009.68" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315766v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Z. Sheng" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001855500190024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380993v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-00328-8_52" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558252v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206340v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Raibulet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Bouassida Rodriguez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bennaceur" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-7423-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947724v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Comuzzi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Grigori" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-81375-7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257462v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Esther Vidal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudewijn van Dongen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Panetto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46846-9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782208v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ceravolo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajo A. Reijers" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17834-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05123402v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Grama-Vigouroux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Ghamgui" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Rezaei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsc.2677" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112603v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2023.102779" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623501v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houssemeddine Sellami" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Albrizio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica &#268;olovi&#263;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hamze" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Cantore" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy12020489" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613903v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04363-0" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981105v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Berthinier-Poncet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Lwango" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13662716.2022.2068998" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998183v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ben Arab" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.5445" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359921v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Asim" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Haseeb" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/smc2.12005" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04462230v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vedel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Gabarret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1076020ar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359856v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.4888" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428701v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS190822002K" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514060v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984706v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ismail Awad" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilson Bur&#233;gio" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisa.2020.102644" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987306v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-018-00696-y" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669840v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannet Kamoun" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rahier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Koubaa" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mansuelle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fo02009d" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280905v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2019.02.002" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006544v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280900v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Khafajiy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2019.04.001" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430070v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJGUC.2019.098218" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636978v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2017.10.001" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01857472v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanislson Arruda Bur&#233;gio" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Souto" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengshuai Peng" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636954v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Yahya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11761-017-0206-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434317v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAACS.2016.079627" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636905v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilson Buregio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJSSOE.2016100103" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255062v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3048" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VGBVPJMQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01375059v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharrat" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Aissa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Sghaier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouaziz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5029398" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275248v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2012.2237551" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806916v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2012.11.019" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNFXK1PK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472851v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17440080910947303" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-JD9PLQZS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717752v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charoy" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Assar" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112577v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Ait Wakrime" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ben Halima" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7329" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04647945v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Perrin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Benzerafa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bartoli" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Yung" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bedard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523939v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214387v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00697126v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011TELE0022" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>