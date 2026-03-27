--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1108,1334 +1108,1334 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03721154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (9)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.2: Trace merging on a per-user basis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+                <w:t xml:space="preserve">Comparative Analysis of Single- and Multi-Interface Super-Sniffers in Wi-Fi Passive Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Imran Syed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04991491v1</w:t>
+                <w:t xml:space="preserve">hal-04724149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.3: Trace observations</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Challenges of Trace-Driven Wi-Fi Emulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Imran Syed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renata Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Ayoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Grassi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadjib Achir</w:t>
-[...893 lines deleted...]
-                <w:t xml:space="preserve">hal-04991451v1</w:t>
+                <w:t xml:space="preserve">hal-02468864v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Rapport (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis of Single- and Multi-Interface Super-Sniffers in Wi-Fi Passive Monitoring</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+                <w:t xml:space="preserve">D3.3: Trace observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04724149v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Farhi-Rivasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D3.3, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Challenges of Trace-Driven Wi-Fi Emulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D3.2: Trace merging on a per-user basis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D3.2, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D2.2a: Measurement infrastructure deployment and raw data collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Melo Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D2.2a, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D2.2b: Measurement tools, data collection and device association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D2.2b, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D3.1: Sanitization strategies and utility results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Farhi-Rivasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D3.1, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BLEPal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Farouk Akli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedir Nour El Amine Boukerras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Derradji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dyhia Laga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Imran Syed</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] Sorbonne Université UPMC. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765103v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PyPal: Wi-Fi Trace Synchronization and Merging Python Tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Imran Syed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] LIP6 UMR 7606, Sorbonne Université, France. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03618014v5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of TP-Link WN 722N and Sniffer placement on trace completeness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Bencherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chabane</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renata Teixeira</w:t>
+                <w:t xml:space="preserve">Lisa Mehidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Ayoubi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lizeth Paredes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Imran Syed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Sorbonne Universites, UPMC University of Paris 6. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...28 lines deleted...]
-                <w:t xml:space="preserve">hal-02468864v2</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D2.1: Architectural design and instantiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Achir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D2.1, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2750,51 +2750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8602781B"/>
+    <w:nsid w:val="A474578A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2981,51 +2981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohammad-imran-syed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4787-1316" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/272764973" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GYK-1935-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408323v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice De Guibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Imran Syed" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Hotescu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC66965.2025.11250445" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05391226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peugnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Ouali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Trang Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fladenmuller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD67713.2025.11302716" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510570v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Videira Rubinstein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Mello Silva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04833387v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Ouali Boulila" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kervella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749086v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941697" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658730v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721138v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC55113.2022.9824970" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721154v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860874" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991491v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carneiro Viana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991691v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Melo Silva" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995763v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991474v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752126v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Bencherif" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chabane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mehidi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Paredes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765103v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Farouk Akli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedir Nour El Amine Boukerras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Derradji" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyhia Laga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618014v5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991451v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468864v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Teixeira" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ayoubi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Grassi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04258062v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS265" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207233v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2023.103287" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mohammad-imran-syed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4787-1316" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/272764973" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GYK-1935-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408323v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice De Guibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Imran Syed" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Hotescu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC66965.2025.11250445" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05391226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peugnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Ouali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mai-Trang Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fladenmuller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD67713.2025.11302716" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510570v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Videira Rubinstein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Mello Silva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04833387v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Ouali Boulila" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kervella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749086v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941697" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658730v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721138v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC55113.2022.9824970" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721154v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860874" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724149v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468864v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Teixeira" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ayoubi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Grassi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991691v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carneiro Viana" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991491v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995688v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Melo Silva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995763v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765103v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Farouk Akli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedir Nour El Amine Boukerras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Derradji" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyhia Laga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618014v5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752126v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Bencherif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chabane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mehidi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Paredes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991451v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04258062v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUS265" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207233v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2023.103287" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>