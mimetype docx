--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -240,295 +240,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon source utilization regulates biofilm formation and plant-beneficial interactions of Pseudomonas ogarae F113</w:t>
+                <w:t xml:space="preserve">KIL transcription factors facilitate embryo growth in maize by promoting endosperm elimination via lytic cell death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théophile Franzino</w:t>
+                <w:t xml:space="preserve">Nicolas M Doll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasna Boubakri</w:t>
+                <w:t xml:space="preserve">Yannick Fierlej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Merlin</w:t>
+                <w:t xml:space="preserve">Thomas Eekhout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine M’sakni</w:t>
+                <w:t xml:space="preserve">Lisa Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Droux</w:t>
+                <w:t xml:space="preserve">Clément Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (11), pp.113639. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (7), pp.koaf162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113639⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plcell/koaf162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05362697v1</w:t>
+                <w:t xml:space="preserve">hal-05136683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KIL transcription factors facilitate embryo growth in maize by promoting endosperm elimination via lytic cell death</w:t>
+                <w:t xml:space="preserve">Carbon source utilization regulates biofilm formation and plant-beneficial interactions of Pseudomonas ogarae F113</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas M Doll</w:t>
+                <w:t xml:space="preserve">Théophile Franzino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Fierlej</w:t>
+                <w:t xml:space="preserve">Hasna Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Eekhout</w:t>
+                <w:t xml:space="preserve">Lisa Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Elias</w:t>
+                <w:t xml:space="preserve">Amandine M’sakni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Bellot</w:t>
+                <w:t xml:space="preserve">Michel Droux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 37 (7), pp.koaf162. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (11), pp.113639. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plcell/koaf162⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05136683v1</w:t>
+                <w:t xml:space="preserve">hal-05362697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scent of roses, a bouquet of fragrance diversity</w:t>
               </w:r>
@@ -2497,295 +2497,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02541884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TCTP and CSN4 control cell cycle progression and development by regulating CULLIN1 neddylation in plants and animals</w:t>
+                <w:t xml:space="preserve">Rose floral scent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Betsch</w:t>
+                <w:t xml:space="preserve">S. Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Boltz</w:t>
+                <w:t xml:space="preserve">P. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Brioudes</w:t>
+                <w:t xml:space="preserve">J.-C. Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Garance Pontier</w:t>
+                <w:t xml:space="preserve">B. Nairaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Girard</w:t>
+                <w:t xml:space="preserve">S. Moja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 15 (1), pp.e1007899. </w:t>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1232, pp.69-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2019.1232.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02155448v1</w:t>
+                <w:t xml:space="preserve">hal-04695664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rose floral scent</w:t>
+                <w:t xml:space="preserve">TCTP and CSN4 control cell cycle progression and development by regulating CULLIN1 neddylation in plants and animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Baudino</w:t>
+                <w:t xml:space="preserve">Léo Betsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Sun</w:t>
+                <w:t xml:space="preserve">Véronique Boltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C. Caissard</w:t>
+                <w:t xml:space="preserve">Florian Brioudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Nairaud</w:t>
+                <w:t xml:space="preserve">Garance Pontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Moja</w:t>
+                <w:t xml:space="preserve">Victor Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1232, pp.69-80. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (1), pp.e1007899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2019.1232.12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04695664v1</w:t>
+                <w:t xml:space="preserve">inserm-02155448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosynthesis of 2-Phenylethanol in Rose Petals Is Linked to the Expression of One Allele of &amp;lt;i&amp;gt;RhPAAS&amp;lt;/i&amp;gt;</w:t>
               </w:r>
@@ -3610,51 +3610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuebin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janny L. Peters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Boltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judit Szecsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4369,307 +4369,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Mechanical Analysis of Plant and Animal Cells Reveals Convergence across Kingdoms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptome and gene expression analysis during flower blooming in Rosa chinensis 'Pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huijun Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Durand-Smet</w:t>
+                <w:t xml:space="preserve">Min Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongying Jian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Chastrette</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annick Berne-Dedieu</w:t>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2014.10.023⟩</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 540 (1), pp.96-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gene.2014.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02633689v1</w:t>
+                <w:t xml:space="preserve">hal-02632014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome and gene expression analysis during flower blooming in Rosa chinensis 'Pallida</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hao Zhang</w:t>
+                <w:t xml:space="preserve">A Comparative Mechanical Analysis of Plant and Animal Cells Reveals Convergence across Kingdoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Durand-Smet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chastrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Min Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hongying Jian</w:t>
+                <w:t xml:space="preserve">Axel Guiroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Baudino</w:t>
+                <w:t xml:space="preserve">Alain Richert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Berne-Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gene.2014.02.008⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 107 (10), pp.2237-2244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2014.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02632014v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics and genomics of flower initiation and development in roses</w:t>
               </w:r>
@@ -4785,51 +4785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AUXIN RESPONSE FACTOR8 regulates Arabidopsis petal growth by interacting with the bHLH transcription factor BIGPETALp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Varaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Brioudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judit Szécsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5034,334 +5034,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00753396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translationally controlled tumor protein is a conserved mitotic growth integrator in animals and plants.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tinkering with the C-function : a molecular frame for the selection of double flowers in cultivated roses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brioudes</w:t>
+                <w:t xml:space="preserve">Marion Maene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Thierry</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1007926107⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (2) (9288), pp.10-1371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0009288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00521824v1</w:t>
+                <w:t xml:space="preserve">hal-00521642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tinkering with the C-function : a molecular frame for the selection of double flowers in cultivated roses.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Raymond</w:t>
+                <w:t xml:space="preserve">Translationally controlled tumor protein is a conserved mitotic growth integrator in animals and plants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brioudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Maene</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Baudino</w:t>
+                <w:t xml:space="preserve">Pierre Chambrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Langlade</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">B. Mollereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 5 (2) (9288), pp.10-1371. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107, pp.16384-16389. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0009288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1007926107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00521642v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00521824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versatile somatic embryogenesis systems and transformation methods for the diploid rose genotype Rosa chinensis cv Old Blush.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Maene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5438,51 +5438,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatic embryogenesis and transformation of the diploid Rosa chinensis cv Old Blush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Maene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5571,51 +5571,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmonate controls late development stages of petal growth in Arabidopsis thaliana.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brioudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5967,420 +5967,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00188912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of gene expression in rose petals using expressed sequence tags</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biosynthesis of the major scent components 3,5-dimethoxytoluene and 1,3,5-trimethoxybenzene by novel rose O-methyltransferases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Scalliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Channelière</w:t>
+                <w:t xml:space="preserve">Noellie Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stëphane Riviere</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 515 (1-3), pp.35-38. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925580v1</w:t>
+                <w:t xml:space="preserve">hal-01925579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biosynthesis of the major scent components 3,5‐dimethoxytoluene and 1,3,5‐trimethoxybenzene by novel rose O ‐methyltransferases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of gene expression in rose petals using expressed sequence tags</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Channelière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stëphane Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judit Szécsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jullien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 523 (1-3), pp.113-118. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0014-5793(02)02956-3⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 515 (1-3), pp.35-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0014-5793(02)02413-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735849v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biosynthesis of the major scent components 3,5-dimethoxytoluene and 1,3,5-trimethoxybenzene by novel rose O-methyltransferases</w:t>
+                <w:t xml:space="preserve">Biosynthesis of the major scent components 3,5‐dimethoxytoluene and 1,3,5‐trimethoxybenzene by novel rose O ‐methyltransferases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noellie Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 523 (1-3), pp.113-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0014-5793(02)02956-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925579v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6392,286 +6392,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the rose genome sequence and its use in research and breeding</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Nybom</w:t>
+                <w:t xml:space="preserve">Rose genomics: challenges and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Dubois-Maheo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judit Szecsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VI International Symposium on Rose Research and Cultivation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25. International EUCARPIA Symposium Section on Ornamentals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Flanders Research Institute for Agriculture, Fisheries and Food (ILVO). BEL., Jun 2015, Melle, Belgium. pp.6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2015.1087.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01393815v1</w:t>
+                <w:t xml:space="preserve">hal-02741547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rose genomics: challenges and perspectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Judit Szecsi</w:t>
+                <w:t xml:space="preserve">Towards the rose genome sequence and its use in research and breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hibrand-Saint Oyant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Hamama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soulaiman Sakr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nybom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. International EUCARPIA Symposium Section on Ornamentals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VI International Symposium on Rose Research and Cultivation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Hanovre, Germany. pp.167-175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2015.1087.3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02741547v1</w:t>
+                <w:t xml:space="preserve">hal-01393815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7005,51 +7005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05236118v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cavagnino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayan&#233; Azadiguian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle J&#228;ger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Comte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cosmetics12020057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Franzino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Merlin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine M&#8217;sakni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113639" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136683v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fierlej" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eekhout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Elias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bellot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf162" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537029v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuo-Myoung Noh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Ait Hida" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bendahmane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad470" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930290v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huilin Guan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingyao Huang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxing Zhao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaozong Yang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44281-023-00024-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04794862v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoni Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanshu Wu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Lan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Peng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43897-024-00088-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931390v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Dong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi-Cai Zhong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Dong Jiang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Hua Cui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae136" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531058v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengnan Lin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qijian Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunmei Shi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hpj.2023.01.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530974v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhat Abbas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixun Yu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui&#8208;cong Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13947" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537010v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhang Yan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouliang Li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayi Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad253" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507170v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pichot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103696" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768164v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuezhu Liao" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.13801" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilong Kong" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13030547" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768132v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyue Huang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13060980" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525737v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehao Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2021.110279" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889491v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Gomez Roldan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhaj Izhaq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Eleblu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Haraghi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0969-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03153162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuli Yan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz558" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02541884v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubin Li" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqian Yang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuhua Yang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijun Yan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42428-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155448v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Betsch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brioudes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Pontier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007899" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695664v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baudino" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sun" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Caissard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nairaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moja" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1232.12" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110096v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cavel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Machenaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01468" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389731v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fran&#231;ois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Fu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darcy Ruleman" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30918-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622550v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9040193" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622429v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulu Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3747" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627576v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zheng" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasuni Jayaweera" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janny L. Peters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Szecsi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189788" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinnia H. Gonz&#225;lez-Carranza" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuebin Zhang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185106" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640198v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qigang Wang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongying Jian" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianqin Qiu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00996" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210018v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Magnard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vergne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Sun" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0696" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601462v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Digiuni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Berne-Dedieu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Martinez-Torres" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.02.024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735777v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caissard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630890v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Hamama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaiman Sakr" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nybom" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1064.19" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633689v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Durand-Smet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chastrette" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Guiroy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Richert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Berne-Dedieu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.10.023" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632014v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2014.02.008" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GCQWFMV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647288v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois-Maheo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Le Bris" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers387" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855947v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Sz&#233;csi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leroux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Brown" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.081653" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00753396v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Remay" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chauvet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028455" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521824v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brioudes" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Thierry" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mollereau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1007926107" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521642v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Maene" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009288" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521821v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Vergne" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Debener" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734277v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debener" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-009-9621-z" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0TTGW4S0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521818v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Joly" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leroux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04023.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662642v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scalliet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jean Douady" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0711551105" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188912v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bordji" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601270" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925580v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Channeli&#232;re" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#235;phane Riviere" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)02413-4" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735849v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noellie Journot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-5793(02)02956-3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925579v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393815v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741547v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Berger" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1087.3" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809925v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. M. Smulders" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arens" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. S. Koning-Boucoiran" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. W. Gitonga" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A. Krens" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1007/978-3-642-21201-7_12" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21201-7_12" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05236118v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cavagnino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayan&#233; Azadiguian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle J&#228;ger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Comte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cosmetics12020057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136683v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fierlej" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eekhout" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Elias" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bellot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf162" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05362697v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Franzino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Merlin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine M&#8217;sakni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113639" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537029v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuo-Myoung Noh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Ait Hida" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bendahmane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad470" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930290v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huilin Guan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingyao Huang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxing Zhao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaozong Yang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44281-023-00024-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04794862v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoni Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanshu Wu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Lan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Peng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43897-024-00088-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931390v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Dong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi-Cai Zhong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Dong Jiang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Hua Cui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae136" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531058v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengnan Lin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qijian Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunmei Shi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hpj.2023.01.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530974v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhat Abbas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixun Yu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui&#8208;cong Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13947" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537010v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhang Yan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouliang Li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayi Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad253" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507170v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pichot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103696" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768164v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuezhu Liao" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.13801" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weilong Kong" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13030547" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768132v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyue Huang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13060980" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525737v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Zhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehao Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2021.110279" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889491v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Gomez Roldan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhaj Izhaq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Eleblu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Haraghi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0969-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03153162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuli Yan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz558" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02541884v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubin Li" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoqian Yang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuhua Yang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijun Yan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42428-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695664v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baudino" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sun" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Caissard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nairaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moja" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1232.12" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155448v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Betsch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brioudes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Pontier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007899" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110096v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cavel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Machenaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01468" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389731v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fran&#231;ois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Fu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darcy Ruleman" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30918-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622550v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9040193" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622429v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulu Wang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3747" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627576v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zheng" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dasuni Jayaweera" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janny L. Peters" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Szecsi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0189788" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinnia H. Gonz&#225;lez-Carranza" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuebin Zhang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185106" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640198v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qigang Wang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongying Jian" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianqin Qiu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00996" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210018v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Magnard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vergne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Sun" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0696" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601462v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Digiuni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Berne-Dedieu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Martinez-Torres" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.02.024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735777v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caissard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630890v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Hamama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaiman Sakr" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nybom" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1064.19" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632014v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2014.02.008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GCQWFMV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633689v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Durand-Smet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chastrette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Guiroy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Richert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Berne-Dedieu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.10.023" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647288v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois-Maheo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Le Bris" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers387" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855947v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Sz&#233;csi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leroux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Brown" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.081653" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00753396v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Remay" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chauvet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028455" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521642v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Maene" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009288" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521824v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brioudes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Thierry" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mollereau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1007926107" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521821v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Vergne" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Debener" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734277v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gabant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debener" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-009-9621-z" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0TTGW4S0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521818v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Joly" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leroux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04023.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662642v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scalliet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jean Douady" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0711551105" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188912v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bordji" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601270" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925579v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noellie Journot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925580v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Channeli&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#235;phane Riviere" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)02413-4" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735849v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-5793(02)02956-3" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741547v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Berger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2015.1087.3" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393815v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809925v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. M. Smulders" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arens" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F. S. Koning-Boucoiran" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. W. Gitonga" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A. Krens" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1007/978-3-642-21201-7_12" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21201-7_12" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>