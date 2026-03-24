--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -72,1895 +72,2029 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Nusselt number and the aerodynamic coefficients for prolate and cylindrical particles at low to moderate Reynolds number</w:t>
+                <w:t xml:space="preserve">Assessing the environmental performance of a solar still HDH system: A comparative life cycle study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dhiraj Lote</w:t>
+                <w:t xml:space="preserve">Rihab Miladi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Yang</w:t>
+                <w:t xml:space="preserve">Samira Ben Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Arcen</w:t>
+                <w:t xml:space="preserve">Nader Frikha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tanière</w:t>
+                <w:t xml:space="preserve">Slimane Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 464, pp.121131. </w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 30, pp.101661. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2025.121131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecmx.2026.101661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05511464v1</w:t>
+                <w:t xml:space="preserve">hal-05544150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements and Challenges in Implementing Bubble Column Reactors in Desalination Systems: A Critical and Comprehensive Review</w:t>
+                <w:t xml:space="preserve">The Nusselt number and the aerodynamic coefficients for prolate and cylindrical particles at low to moderate Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima-Zahra Atlane</w:t>
+                <w:t xml:space="preserve">Dhiraj Lote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayoub Gounni</w:t>
+                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
+                <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 464, pp.121131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cep.2025.110522⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2025.121131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05226420v1</w:t>
+                <w:t xml:space="preserve">hal-05511464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Two Phases Reduced Model of a Rock Bed Thermocline Thermal Energy Storage Unit: Parametric Study on Thermal Performances</w:t>
+                <w:t xml:space="preserve">Advancements and Challenges in Implementing Bubble Column Reactors in Desalination Systems: A Critical and Comprehensive Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Sougtan</w:t>
+                <w:t xml:space="preserve">Fatima-Zahra Atlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamid El Qarnia</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Amina Mourid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Gounni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Storage Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/est2.70134⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cep.2025.110522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04989991v1</w:t>
+                <w:t xml:space="preserve">hal-05226420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Dimensional CFD Analysis of a Hot Water Storage Tank with Various Inlet/Outlet Configurations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3D Two Phases Reduced Model of a Rock Bed Thermocline Thermal Energy Storage Unit: Parametric Study on Thermal Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amankeldy Toleukhanov</w:t>
+                <w:t xml:space="preserve">Yassine Sougtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yerzhan Belyayev</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hamid El Qarnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en17225716⟩</w:t>
+              <w:t xml:space="preserve">Energy Storage Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/est2.70134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847936v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using DOE and RSM procedures to analyze and model a spray evaporation type solar still</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-Dimensional CFD Analysis of a Hot Water Storage Tank with Various Inlet/Outlet Configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Abdidin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Hijjaji</w:t>
+                <w:t xml:space="preserve">Abzal Seitov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nader Frikha</w:t>
+                <w:t xml:space="preserve">Amankeldy Toleukhanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slimane Gabsi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yerzhan Belyayev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Energy and Environmental Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40095-021-00392-2⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, pp.5716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en17225716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03394842v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolate spheroidal particles’ behavior in a vertical wall-bounded turbulent flow</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using DOE and RSM procedures to analyze and model a spray evaporation type solar still</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ouchene</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Taniere</w:t>
+                <w:t xml:space="preserve">Karima Hijjaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Frikha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4994664⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Energy and Environmental Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), pp.551-561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40095-021-00392-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701908v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03394842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new set of correlations of drag, lift and torque coefficients for non-spherical particles and large Reynolds numbers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prolate spheroidal particles’ behavior in a vertical wall-bounded turbulent flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Arcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafik Ouchene</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Tanière</w:t>
+                <w:t xml:space="preserve">M. Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Taniere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2016.07.067⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4994664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701909v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drag, lift and torque coefficients for ellipsoidal particles: From low to moderate particle Reynolds numbers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">A new set of correlations of drag, lift and torque coefficients for non-spherical particles and large Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2014.12.005⟩</w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 303, pp.33 - 43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2016.07.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01266995v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer in a turbulent particle-laden channel flow</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Khalij</w:t>
+                <w:t xml:space="preserve">Drag, lift and torque coefficients for ellipsoidal particles: From low to moderate particle Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Taniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 113 (SI), pp.53-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2014.12.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2012.06.058⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01702417v1</w:t>
+                <w:t xml:space="preserve">hal-01266995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on the dynamical characteristics of a supersonic high pressure ratio underexpanded impinging ideal gas jet through numerical simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Heat transfer in a turbulent particle-laden channel flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Arcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Taniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Khalij</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Tazibt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2011.02.016⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (23-24), pp.6519 - 6529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2012.06.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02994274v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study on the dynamical characteristics of a supersonic high pressure ratio underexpanded impinging ideal gas jet through numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Benelmir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tazibt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 38 (3), pp.267-273. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2011.02.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2011.02.016⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03535643v1</w:t>
+                <w:t xml:space="preserve">hal-02994274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of subcooled boiling in a turbulent channel flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study on the dynamical characteristics of a supersonic high pressure ratio underexpanded impinging ideal gas jet through numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dubs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Borean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Oesterle</w:t>
+                <w:t xml:space="preserve">R. Benelmir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tazibt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Computational Fluid Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/PCFD.2006.009495⟩</w:t>
+              <w:t xml:space="preserve">Mechanics Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (3), pp.267-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechrescom.2011.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03535642v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03535643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Improved Model for Anisotropic Dispersion of Small Particles in Turbulent Shear Flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical simulation of subcooled boiling in a turbulent channel flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Moissette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ph. Carlier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+                <w:t xml:space="preserve">J.L. Borean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Oesterlé</w:t>
+                <w:t xml:space="preserve">B. Oesterle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 39 (3), pp.196-205. </w:t>
+              <w:t xml:space="preserve">Progress in Computational Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (1/2/3), pp.179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/027868290921394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/PCFD.2006.009495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03535629v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03535642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus on the dispersed phase boundary conditions at the wall for irregular particle bouncing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Improved Model for Anisotropic Dispersion of Small Particles in Turbulent Shear Flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ph. Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Oesterlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2003.11.013⟩</w:t>
+              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 39 (3), pp.196-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/027868290921394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03535626v1</w:t>
+                <w:t xml:space="preserve">hal-03535629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Focus on the dispersed phase boundary conditions at the wall for irregular particle bouncing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tanière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Oesterlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 30 (3), pp.327-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2003.11.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03535626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Numerical and Experimental Study of Microscopic Particles Distribution Under Corona Discharge: Case of Wire-Cylinder Electrostatic Precipitator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Semmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Rigo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 891 (1 HEAT AND MASS), pp.399-406. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1749-6632.1999.tb08789.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03535604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1970,2422 +2104,2422 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Bubble Column Humidification-Dehumidification Desalination Using a VYON 4.75F Membrane for Controlled Bubble Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Zahra Atlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Gounni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha El Alami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop International Systèmes Énergétiques Intelligents : Enjeux et Impacts Environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, SAFI, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of two thermal storage systems using synthetic oil alone and rocks and oil as storage media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Sougtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Elqarnia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Icome 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Baku, Azerbaijan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03970773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NUMERICAL SIMULATION OF A STRATIFIED THERMAL STORAGE SYSTEM, EFFECT OF THE REYNOLDS NUMBER ON THE THICKNESS OF THE THERMOCLINE ZONE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Sougtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid El Qarnia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on MATERIALS &amp; ENERGY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03531863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of the hydrodynamic of a sand fluidized bed designed for heat storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Baguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalij Mohammed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kheiri Abdelhammid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed El Ganaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on MATERIALS &amp; ENERGY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03531902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turbulent dispersion of ellipsoidal particles in a wall-bounded turbulent flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souria Hamidouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01445605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of heat transfer and fluid flow behavior around an oblate spheroid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Razgallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01445595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacidad del Ansys Fluent ® V 16.0 para determinar la fuerza de arrastre en partículas no esféricas tipo discos cilíndricos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Hincapié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastián Vélez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conferencia Internacional de Ingeniería</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, medelin, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamique d'une particule non sphérique : traînée et portance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e journées d’Etudes Techniques – JET’2014 -The International congress for applied mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation and Modelling of the Forces Acting on Single and Multiple Non-Spherical Particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Amine Chadil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2014 4th Joint US-European Fluids Engineering Division Summer Meeting collocated with the ASME 2014 12th International Conference on Nanochannels, Microchannels, and Minichannels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Chicago, Illinois, United States. pp.V002T34A001, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/FEDSM2014-22244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drag, lift and torque coefficients for ellipsoidal particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Small Scale numerical methods for multi-phase flows - Colloquium n°555</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of hydrodynamic forces on non-spherical particles (Spherocylinder)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Particules non sphériques en écoulement turbulent : quel jeu de forces hydrodynamiques doit-on utiliser ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Taniere</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop, COST FP1005, fiber Suspension Flow Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Coimbra, Portugal</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562645v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particules non sphériques en écoulement turbulent : quel jeu de forces hydrodynamiques doit-on utiliser ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Analysis of hydrodynamic forces on non-spherical particles (Spherocylinder)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Taniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International workshop, COST FP1005, fiber Suspension Flow Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441289v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03562645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature and velocity statistics in a particle-laden turbulent channel flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">THMT-12. Proceedings of the Seventh International Symposium On Turbulence, Heat and Mass Transfer Palermo, Italy, 24-27 September, 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Antalya, Turkey. pp.4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03535648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la modélisation numérique de la détente d’un jet d’azote sous haute pression et basse température</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Tazibt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riad Benelmir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a set of dispersed phase wall boundary conditions in two-fluid modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saghir Ba Mohammed Sohail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oesterlé Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">international Conference on Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03543268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions particules-paroi : formulation des conditions aux limites pour une rugueuse</w:t>
+                <w:t xml:space="preserve">On the dispersed phase boundary conditions in gas-solid flows with irregular particle bouncing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Tanière</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Brice Konan-Waidhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Simonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oesterlé Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
+              <w:t xml:space="preserve">11th Workshop on Two-Phase Flow Predictions, ERCOFTAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Mersebourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542717v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the dispersed phase boundary conditions in gas-solid flows with irregular particle bouncing</w:t>
+                <w:t xml:space="preserve">Interactions particules-paroi : formulation des conditions aux limites pour une rugueuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Oesterlé Benoit</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Arcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Workshop on Two-Phase Flow Predictions, ERCOFTAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Mersebourg, Germany</w:t>
+              <w:t xml:space="preserve">17ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542565v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de modèles de dispersion de particules en écoulement turbulent anisotrope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Oesterlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the formulation of the dispersed phase boundary conditions for a rough wall needed in two-fluid models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Symposium on Two-Phase Flow Modelling and Experimentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of anisotropic particle motion in turbulent channel flow and comparison with experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Oesterlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Symposium on Two-Phase Flow Modelling and Experimentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of Boiling Heat Transfer in a Turbulent Channel Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Moissette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J L Borean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Oesterlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Transient Convective Heat &amp; Mass Transfer in Single &amp; Two-Phase Flows</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Antalya, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined effects of particle-wall interactions and turbulent dispersion in gas-solid flows using accurate Lagrangian stochastic modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Oesterlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Word Congress on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4395,275 +4529,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical Modeling of a Batch-Operated Bubble Column Humidifier for Seawater Desalination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Zahra Atlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Gounni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha El Alami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès Français de Thermique "Thermique et Architecture"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Strasboug, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of Bubble Column Hydrodynamics for Air Humidification in Desalination Applications using ANSYS Fluent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima-Zahra Atlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Kheiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Gounni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Mourid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des doctorants de l'école doctorale SIMPPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4673,130 +4807,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the determination of Nusselt number and hydrodynamic coefficients for prolate spheroids in a uniform steady flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Briclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tanière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03535203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4806,114 +4940,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation de l'efficacité de filtration d'un électrofiltre de type Cottrell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khalij</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 2001. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2001NAN10240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01746490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:footerReference w:type="default" r:id="rId142"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5060,51 +5194,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Lote" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khalij" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tani&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2025.121131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226420v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zahra Atlane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mourid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Gounni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Kheiri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2025.110522" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989991v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sougtan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid El Qarnia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/est2.70134" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847936v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Abdidin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abzal Seitov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amankeldy Toleukhanov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerzhan Belyayev" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Botella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17225716" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394842v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hijjaji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Frikha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Gabsi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40095-021-00392-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701908v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arcen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalij" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taniere" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994664" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701909v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2016.07.067" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266995v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Taniere" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702417v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.06.058" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PH37M8R-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02994274v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubs" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Benelmir" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tazibt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2011.02.016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F9S43PF7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535643v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benelmir" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moissette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gardin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Borean" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Oesterle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2006.009495" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535629v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ph. Carlier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Oesterl&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/027868290921394" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535626v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tani&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2003.11.013" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKQGVXSB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535604v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Semmar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rigo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.1999.tb08789.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7FC37306609910FA7106495A4A807CFE2DA39F49/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223876v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Alami" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970773v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Elqarnia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531863v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531902v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Baguet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalij Mohammed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheiri Abdelhammid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445605v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445595v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Razgallah" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542854v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Hincapi&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n V&#233;lez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444789v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Chadil" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22244" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554380v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ouchene" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tani&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Arcen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562645v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441289v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khalij" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535648v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.770" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390948v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dubs" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Tazibt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03543268v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saghir Ba Mohammed Sohail" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oesterl&#233; Benoit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542717v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542565v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brice Konan-Waidhet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542711v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Oesterl&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542575v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542579v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Carlier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Moissette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gardin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Borean" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Oesterl&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542596v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223787v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223841v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535203v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Briclot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746490v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN10240" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Miladi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ben Abdallah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khalij" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Frikha" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Gabsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2026.101661" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511464v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Lote" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tani&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2025.121131" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226420v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zahra Atlane" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mourid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Gounni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Kheiri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2025.110522" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Sougtan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid El Qarnia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/est2.70134" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04847936v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Abdidin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abzal Seitov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amankeldy Toleukhanov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerzhan Belyayev" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Botella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17225716" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394842v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hijjaji" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40095-021-00392-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701908v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arcen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalij" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taniere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994664" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2016.07.067" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266995v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Taniere" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702417v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.06.058" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PH37M8R-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02994274v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubs" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Benelmir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tazibt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2011.02.016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F9S43PF7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535643v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benelmir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535642v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moissette" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gardin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Borean" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Oesterle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2006.009495" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535629v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ph. Carlier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Oesterl&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/027868290921394" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tani&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2003.11.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKQGVXSB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535604v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Semmar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rigo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.1999.tb08789.x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7FC37306609910FA7106495A4A807CFE2DA39F49/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223876v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Alami" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970773v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Elqarnia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531863v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531902v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Baguet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalij Mohammed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheiri Abdelhammid" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445605v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445595v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Razgallah" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542854v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Sierra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Hincapi&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n V&#233;lez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554243v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444789v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Chadil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22244" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554380v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ouchene" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tani&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Arcen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441289v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khalij" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562645v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535648v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ICHMT.2012.ProcSevIntSympTurbHeatTransfPal.770" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390948v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dubs" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Tazibt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03543268v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saghir Ba Mohammed Sohail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oesterl&#233; Benoit" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542565v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brice Konan-Waidhet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542717v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542711v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Oesterl&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542575v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542579v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Carlier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542587v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Moissette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gardin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Borean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Oesterl&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03542596v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223787v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223841v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Briclot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746490v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001NAN10240" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>