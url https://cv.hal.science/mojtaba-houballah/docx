--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -334,265 +334,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04147752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Infrastructure Perspective for Enhancing Multi‐functionality of Forests: A Conceptual Modeling Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling bark volume for six main tree species in France: Assessment of models and application at regional scale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Longuetaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojtaba Houballah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth's Future</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019EF001369⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 78 (4), pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-021-01096-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03538587v1</w:t>
+                <w:t xml:space="preserve">hal-03463575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling bark volume for six main tree species in France: Assessment of models and application at regional scale.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Infrastructure Perspective for Enhancing Multi‐functionality of Forests: A Conceptual Modeling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojtaba Houballah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Mathias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 78 (4), pp.1-23. </w:t>
+              <w:t xml:space="preserve">Earth's Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13595-021-01096-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019EF001369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463575v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which infrastructures for which forest function? Analyzing multifunctionality through the social-ecological system framework</w:t>
               </w:r>
@@ -674,336 +674,336 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de l'évolution des stocks de carbone organique dans les sols : travaux et perspectives de recherche autour du modèle AMG</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The aftermath of the Covid pandemic in the forest sector: new opportunities for emerging wood products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mojtaba Houballah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Clivot</w:t>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+                <w:t xml:space="preserve">Henri Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Mary</w:t>
+                <w:t xml:space="preserve">Antoine Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Baudin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+                <w:t xml:space="preserve">Mathieu Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534024v1</w:t>
+                <w:t xml:space="preserve">hal-04704334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The aftermath of the Covid pandemic in the forest sector: new opportunities for emerging wood products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mojtaba Houballah</w:t>
+                <w:t xml:space="preserve">Modélisation de l'évolution des stocks de carbone organique dans les sols : travaux et perspectives de recherche autour du modèle AMG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Cuny</w:t>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Colin</w:t>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Fortin</w:t>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04704334v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Séminaire du Réseau des Matières Organiques (ResMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Semur-en-Auxois, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1047,64 +1047,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mojtaba Houballah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Le Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1427,51 +1427,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mubarak Mahmud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhong Lin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Houballah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Garba Buba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.100846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147752v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cordonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.120957" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538587v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019EF001369" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03463575v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bauer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Billard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Longuetaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01096-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941065v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-11424-250122" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534024v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704334v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cuny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Colin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fortin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04209620v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8046" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02638609v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CLFAC083" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mubarak Mahmud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhong Lin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Houballah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Garba Buba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.100846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147752v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cordonnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.120957" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03463575v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Bauer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Billard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Longuetaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01096-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538587v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019EF001369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941065v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-11424-250122" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704334v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cuny" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Colin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fortin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534024v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04209620v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8046" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02638609v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019CLFAC083" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>