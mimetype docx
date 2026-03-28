--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1588,320 +1588,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FORMATION MECHANISMS OF LiNbO3 NANOCRYSTALS UNDER SOLVOTHERMAL CONDITIONS FROM ALKOXIDE PRECURSORS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ameni Dhouib</w:t>
+                <w:t xml:space="preserve">Directing the formation of functional porous hybrid materials with polyion complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Bredillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Beauquis</w:t>
+                <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélody Mathonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lacroix-Desmazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sol Gel 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Multifunctional, Hybrid and Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, Oct 2022, Gênes (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765324v1</w:t>
+                <w:t xml:space="preserve">hal-04876684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directing the formation of functional porous hybrid materials with polyion complexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jason Richard</w:t>
+                <w:t xml:space="preserve">FORMATION MECHANISMS OF LiNbO3 NANOCRYSTALS UNDER SOLVOTHERMAL CONDITIONS FROM ALKOXIDE PRECURSORS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Riporto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameni Dhouib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
+                <w:t xml:space="preserve">Kevin Bredillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Beauquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Lacroix-Desmazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multifunctional, Hybrid and Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier, Oct 2022, Gênes (Italie), Italy</w:t>
+              <w:t xml:space="preserve">Sol Gel 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04876684v1</w:t>
+                <w:t xml:space="preserve">hal-03765324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient polymer templates for tailoring properties of functional ordered mesoporous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1982,51 +1982,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies for a better control of the properties of functional ordered mesoporous hybrid nanomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2357,51 +2357,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer-functionalized mesoporous materials : design and properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2521,51 +2521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Mathonnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Balard 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
@@ -2594,51 +2594,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of stimuli-responsive double hydrophilic block copolymers by ATRP and RAFT and their use as nanostructure-directing agents of mesoporous silica materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Phimphachanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3170,51 +3170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05441280v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Molina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier P&#233;rez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine G&#233;rardin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2025.113964" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290072v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Riporto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Dhouib" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gheata" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Beauquis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202306417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018542v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Spada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Wittwer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13030522" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992289v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Mathonnat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.14" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096469v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Birault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Carcel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bartlett" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marcotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-018-4667-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100976v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Trens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201900487" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978895v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.8b00474" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Houssein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Warnant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cacciaguerra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.10.013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257693v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Warnant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Mathonnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Bathfield" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03221" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261878v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhao Guo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vittadello" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681471v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765324v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bredillet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876684v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Phimphachanh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877612v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877514v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876699v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877574v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942704v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reboul" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060816v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05441280v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Molina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier P&#233;rez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine G&#233;rardin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2025.113964" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290072v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Riporto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Dhouib" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gheata" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Beauquis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202306417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018542v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Spada" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Wittwer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13030522" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992289v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Mathonnat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.14" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096469v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Birault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Carcel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bartlett" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marcotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-018-4667-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100976v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Trens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201900487" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978895v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.8b00474" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dania Houssein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Warnant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cacciaguerra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.10.013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257693v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Warnant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Mathonnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Bathfield" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03221" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261878v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianhao Guo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vittadello" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681471v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876684v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Phimphachanh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765324v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bredillet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877612v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877514v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876699v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877574v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942704v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reboul" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060816v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>