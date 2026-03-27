--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reductive Cleavage of Dioxygen Mediated by a Lewis Superacidic Bis(borane)</w:t>
+                <w:t xml:space="preserve">Unraveling Photo-Driven H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Production with a Bio-Inspired NiFe Complex: Revealing an Unexpected Hydrogen Atom Source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léon Escomel</w:t>
+                <w:t xml:space="preserve">Irene Suarez-Antuna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Vendier</w:t>
+                <w:t xml:space="preserve">Noémie Lalaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gatineau</w:t>
+                <w:t xml:space="preserve">Emilien Chaigne-Tarlotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Duboc</w:t>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JACS Au</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (7), pp.3032-3038. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (25), pp.21451-21458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacsau.5c00516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c01329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05183917v1</w:t>
+                <w:t xml:space="preserve">hal-05295965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling Photo-Driven H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Production with a Bio-Inspired NiFe Complex: Revealing an Unexpected Hydrogen Atom Source</w:t>
+                <w:t xml:space="preserve">Reductive Cleavage of Dioxygen Mediated by a Lewis Superacidic Bis(borane)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Suarez-Antuna</w:t>
+                <w:t xml:space="preserve">Léon Escomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Lalaoui</w:t>
+                <w:t xml:space="preserve">Laure Vendier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Chaigne-Tarlotin</w:t>
+                <w:t xml:space="preserve">David Gatineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (25), pp.21451-21458. </w:t>
+              <w:t xml:space="preserve">JACS Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (7), pp.3032-3038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c01329⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacsau.5c00516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05295965v1</w:t>
+                <w:t xml:space="preserve">hal-05183917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New zinc(ii) metalloporphyrin: molecular structure, spectroscopic characterization, electrochemical sensing of dopamine, and catalytic dye degradation</w:t>
               </w:r>
@@ -770,887 +770,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fe( ii ) bidentate complexes with long-lived triplet states</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tuning the Electronic and Molecular Structures of Bioinspired Heterodinuclear NiFe Catalyst for Enhanced Catalytic H 2 Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Lalaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Suarez-Antuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulises Carrillo</w:t>
+                <w:t xml:space="preserve">Subash Arjunan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Viel</w:t>
+                <w:t xml:space="preserve">Mathieu Curtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salwa Simona Jamil</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Duboc</w:t>
+                <w:t xml:space="preserve">Polydoros-Chrysovalantis Ioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">ACS Organic &amp; Inorganic Au</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (4), pp.230-237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5QI01105A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsorginorgau.5c00019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05234953v1</w:t>
+                <w:t xml:space="preserve">hal-05346297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monomer Versus Dimer of Cationic Ir(III) Complexes for Photodynamic Therapy by Two-Photon Activation: A Comparative Study</w:t>
+                <w:t xml:space="preserve">Comprehensive spectroscopic, electrochemical, X-ray crystal structure and QTAIM/ NCI-RDG analyses computations of a new Bis(η1-Formato) chromium(III) Meso-arylporphyrin complex - theoretical insights into sensing efficiency for CO2, NO2 and O2 gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agoston Barta</w:t>
+                <w:t xml:space="preserve">Fradi Taissir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
+                <w:t xml:space="preserve">Azhar Kechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouzid Gassoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matéo Lavaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Molton</w:t>
+                <w:t xml:space="preserve">Soumaya Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Micouin</w:t>
+                <w:t xml:space="preserve">Houcine Ghalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (5), pp.4272-4284. </w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 583, pp.122687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsabm.5c00393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2025.122687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071288v1</w:t>
+                <w:t xml:space="preserve">hal-05100533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive spectroscopic, electrochemical, X-ray crystal structure and QTAIM/ NCI-RDG analyses computations of a new Bis(η1-Formato) chromium(III) Meso-arylporphyrin complex - theoretical insights into sensing efficiency for CO2, NO2 and O2 gases</w:t>
+                <w:t xml:space="preserve">Fe( ii ) bidentate complexes with long-lived triplet states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fradi Taissir</w:t>
+                <w:t xml:space="preserve">Ulises Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azhar Kechiche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bouzid Gassoumi</w:t>
+                <w:t xml:space="preserve">Ronan Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soumaya Nasri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Houcine Ghalla</w:t>
+                <w:t xml:space="preserve">Salwa Simona Jamil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Molton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2025.122687⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5QI01105A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05100533v1</w:t>
+                <w:t xml:space="preserve">hal-05234953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the Electronic and Molecular Structures of Bioinspired Heterodinuclear NiFe Catalyst for Enhanced Catalytic H 2 Evolution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Irene Suarez-Antuna</w:t>
+                <w:t xml:space="preserve">Monomer Versus Dimer of Cationic Ir(III) Complexes for Photodynamic Therapy by Two-Photon Activation: A Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agoston Barta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subash Arjunan</w:t>
+                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Curtil</w:t>
+                <w:t xml:space="preserve">Matéo Lavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polydoros-Chrysovalantis Ioannou</w:t>
+                <w:t xml:space="preserve">Guillaume Micouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Organic &amp; Inorganic Au</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (4), pp.230-237. </w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (5), pp.4272-4284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsorginorgau.5c00019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.5c00393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346297v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photophysical, cyclic voltammetry, electron paramagnetic resonance, X-ray molecular structure, DFT calculations and molecular docking study of a new Mn(III) metalloporphyrin</w:t>
+                <w:t xml:space="preserve">Two new Iron(III) bis(DMAP) Meso-arylporphyrin complexes: UV/Vis, IR, 1H NMR, EPR, and electrochemical characterization investigations, electrochemical detection of Pb2+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayfa Mkacher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bouzid Gassoumi</w:t>
+                <w:t xml:space="preserve">Siwar Salhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour Ehouda Dardouri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+                <w:t xml:space="preserve">Fatma Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taissir Fradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Achraf Bouicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rym Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.139455⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 587, pp.122794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2025.122794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04700002v1</w:t>
+                <w:t xml:space="preserve">hal-05100525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new Iron(III) bis(DMAP) Meso-arylporphyrin complexes: UV/Vis, IR, 1H NMR, EPR, and electrochemical characterization investigations, electrochemical detection of Pb2+</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photophysical, cyclic voltammetry, electron paramagnetic resonance, X-ray molecular structure, DFT calculations and molecular docking study of a new Mn(III) metalloporphyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taissir Fradi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Achraf Bouicha</w:t>
+                <w:t xml:space="preserve">Hayfa Mkacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouzid Gassoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rym Mlika</w:t>
+                <w:t xml:space="preserve">Nour Ehouda Dardouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Nasri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 587, pp.122794. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1319, pp.139455. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2025.122794⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.139455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05100525v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bis( N-DABCO) magnesium(II) meso-arylporphyrin: Characterization, DFT calculations, catalytic degradation of rhodamine B dye and inhibiting activity of the COVID-19 virus and oxidase enzymes using molecular docking study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taissir Fradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfa Noureddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azhar Kechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohhieddine Guergueb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1740,51 +1740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souhir Jabli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouzid Gassoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumaya Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ghalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1900,51 +1900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (18), pp.6631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2106,425 +2106,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Evolution Reaction, Electrochemical CO$_2$ Reduction, and Oxidative Photodegradation of Organic Dyes Catalyzed by Co(II) Trimethoxy-Meso-Arylporphyrin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of New Cobalt(III) Meso-Porphyrin Complex, Photochemical, X-ray Diffraction, and Electrical Properties for Photovoltaic Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Nasri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhieddinne Guergueb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihed Brahmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef O Al-Ghamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Habib Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/inorganics11010006⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (24), pp.8866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27248866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643507v1</w:t>
+                <w:t xml:space="preserve">hal-04643528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO2 to CO Electroreduction, Electrocatalytic H2 Evolution, and Catalytic Degradation of Organic Dyes Using a Co(II) meso-Tetraarylporphyrin</w:t>
+                <w:t xml:space="preserve">Hydrogen Evolution Reaction, Electrochemical CO$_2$ Reduction, and Oxidative Photodegradation of Organic Dyes Catalyzed by Co(II) Trimethoxy-Meso-Arylporphyrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhieddinne Guergueb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azhar Kechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27051705⟩</w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics11010006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643522v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of New Cobalt(III) Meso-Porphyrin Complex, Photochemical, X-ray Diffraction, and Electrical Properties for Photovoltaic Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CO2 to CO Electroreduction, Electrocatalytic H2 Evolution, and Catalytic Degradation of Organic Dyes Using a Co(II) meso-Tetraarylporphyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhieddinne Guergueb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jihed Brahmi</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Molton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habib Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef O Al-Ghamdi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Axel Klein</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 27 (24), pp.8866. </w:t>
+              <w:t xml:space="preserve">, 2022, 27 (5), pp.1705. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules27248866⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules27051705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643528v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydroxyl Radical Generation by the H2O2/CuII/Phenanthroline System under Both Neutral and Alkaline Conditions: An EPR/Spin-Trapping Investigation</w:t>
               </w:r>
@@ -2562,51 +2562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Mortha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (2), pp.687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2640,51 +2640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic, Electrochemical, Magnetic and Structural Characterization of an Hexamethylenetetramine Co(II) Porphyrin Complex – Application in the Catalytic Degradation of Vat Yellow 1 dye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumaya Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melek Hajji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3053,51 +3053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Molton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rincon-Celis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCF Nord Est 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCF, Jan 2026, METZ, France</w:t>
@@ -3585,51 +3585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Mallet-Ladeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Tripodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la SP2P - Division Photochimie, Photophysique, Photosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
@@ -3827,51 +3827,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Escomel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vendier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gatineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duboc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.5c00516" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295965v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Suarez-Antuna" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lalaoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Chaigne-Tarlotin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c01329" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024729v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Achraf Bouicha" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chama Mabrouk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouzid Gassoumi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Barhoumi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra00762c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05280566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Loiseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Falcon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MA00964B" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361627v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preslav Smits" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Delfau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheima Bougoffa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pecaut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5qo01285f" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05234953v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Carrillo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Viel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Simona Jamil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5QI01105A" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071288v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoston Barta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Lavaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.5c00393" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100533v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fradi Taissir" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Kechiche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Nasri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ghalla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122687" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346297v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash Arjunan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Curtil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polydoros-Chrysovalantis Ioannou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.5c00019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700002v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Mkacher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ehouda Dardouri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.139455" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100525v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Salhi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Besbes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taissir Fradi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Mlika" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122794" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570849v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Noureddine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohhieddine Guergueb" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.116980" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226698v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Jabli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ghalla" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Mart&#236;nez-Vollbert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136484" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04416138v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Giraldo Isaza" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mortha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marlin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28186631" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04186397v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Isaac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Poul" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11080332" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhieddinne Guergueb" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Nasri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11010006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643522v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051705" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643528v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Brahmi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef O Al-Ghamdi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248866" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04416108v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Walger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020687" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692668v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melek Hajji" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Dhifaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marvaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129676" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643478v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643545v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23020242" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05479017v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Shalhoub" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Toumi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rincon-Celis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921129v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perrin-Toinin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linus Chiang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Abidi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946824v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gabriel Julliard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Willery" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio," TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Termeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Robert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921230v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Magn&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Tripodi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295965v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Suarez-Antuna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lalaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Chaigne-Tarlotin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Molton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Loiseau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c01329" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183917v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Escomel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vendier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gatineau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duboc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.5c00516" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024729v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Achraf Bouicha" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chama Mabrouk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouzid Gassoumi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Barhoumi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5ra00762c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05280566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Lano&#235;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Loiseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Falcon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MA00964B" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361627v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preslav Smits" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Delfau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheima Bougoffa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pecaut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5qo01285f" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346297v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash Arjunan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Curtil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polydoros-Chrysovalantis Ioannou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.5c00019" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100533v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fradi Taissir" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Kechiche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Nasri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ghalla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122687" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05234953v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Carrillo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Viel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Simona Jamil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5QI01105A" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071288v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoston Barta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Lavaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.5c00393" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100525v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Salhi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Besbes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taissir Fradi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Mlika" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122794" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700002v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Mkacher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ehouda Dardouri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.139455" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570849v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Noureddine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohhieddine Guergueb" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.116980" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226698v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Jabli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ghalla" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Mart&#236;nez-Vollbert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136484" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04416138v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Giraldo Isaza" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mortha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marlin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28186631" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04186397v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A Isaac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Gellon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Poul" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11080332" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643528v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhieddinne Guergueb" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Brahmi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef O Al-Ghamdi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248866" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643507v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Nasri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11010006" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643522v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051705" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04416108v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Walger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11020687" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692668v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melek Hajji" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Dhifaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marvaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.129676" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643478v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643545v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23020242" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05479017v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Shalhoub" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Toumi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rincon-Celis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921129v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perrin-Toinin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linus Chiang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Abidi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946824v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gabriel Julliard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Willery" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gavaggio," TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Termeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Robert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921230v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413258v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Magn&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Tripodi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>