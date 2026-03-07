--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -1438,295 +1438,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02864943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for previously unknown mortuary practices in the Southwest of France (Fournol, Lot) during the Gravettian</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+                <w:t xml:space="preserve">A Neanderthal from the Central Western Zagros, Iran. Structural reassessment of the Wezmeh 1 maxillary premolar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Crépin</w:t>
+                <w:t xml:space="preserve">Fereidoun Biglari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Rué</w:t>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmy Bocaege</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+                <w:t xml:space="preserve">Kamyar Abdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2019.101959⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 135, pp.102643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.102643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266452v1</w:t>
+                <w:t xml:space="preserve">hal-02266334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Neanderthal from the Central Western Zagros, Iran. Structural reassessment of the Wezmeh 1 maxillary premolar</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fereidoun Biglari</w:t>
+                <w:t xml:space="preserve">Evidence for previously unknown mortuary practices in the Southwest of France (Fournol, Lot) during the Gravettian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+                <w:t xml:space="preserve">Laurent Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamyar Abdi</w:t>
+                <w:t xml:space="preserve">Mathieu Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Monchot</w:t>
+                <w:t xml:space="preserve">Emmy Bocaege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 135, pp.102643. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27, pp.101959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.102643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2019.101959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266334v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The biorhythm of human skeletal growth</w:t>
               </w:r>
@@ -3034,148 +3034,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bows, arrows and men. The role played by archers in the farmer population of Cerny (5th mill. BC, Paris Basin)</w:t>
+                <w:t xml:space="preserve">Identifying Past social Organization through Foodways – the importance of a multi-proxy approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Cheung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estelle Herrscher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Children of Cain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aix Marseille Univ, CNRS, Minist Culture, LAMPEA, Oct 2021, Aix-en-Provence (en ligne), France</w:t>
+              <w:t xml:space="preserve">European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Kiel (online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923397v1</w:t>
+                <w:t xml:space="preserve">hal-03923376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vestiges humains gravettiens dans le Sud-Ouest de la France : bilan du projet Gravett’os</w:t>
               </w:r>
@@ -3414,256 +3414,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà de l’apport nutritionnel: l’analyse combine de la macro- et micro-usure dentaire et des isotopes stables révèle des comportements alimentaires néolithiques genrés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bows, arrows and men. The role played by archers in the farmer population of Cerny (5th mill. BC, Paris Basin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Estelle Herrscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Polina Syrikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aline Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
+              <w:t xml:space="preserve">Workshop Children of Cain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix Marseille Univ, CNRS, Minist Culture, LAMPEA, Oct 2021, Aix-en-Provence (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923195v1</w:t>
+                <w:t xml:space="preserve">hal-03923397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Past social Organization through Foodways – the importance of a multi-proxy approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Au-delà de l’apport nutritionnel: l’analyse combine de la macro- et micro-usure dentaire et des isotopes stables révèle des comportements alimentaires néolithiques genrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Syrikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Thomas</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Estelle Herrscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Kiel (online), France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d’Anthropologie de Paris - 1846e réunion scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923376v1</w:t>
+                <w:t xml:space="preserve">hal-03923195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do dentine and cortical bone thickness covary in humans? The influence of age and sex assessed in a modern sample and the condition of Neandertals</w:t>
               </w:r>
@@ -4436,51 +4436,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taphonomic alterations and dental microwear: impact on the characterization of dietary regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Syrikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4596,51 +4596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliza Orellana-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmy Bocaege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Annual meeting of the European Society for the study of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Liège, Belgium</w:t>
@@ -5236,51 +5236,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E187DD8"/>
+    <w:nsid w:val="7DEBAF67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5467,51 +5467,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mona-le-luyer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7999-0294" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192900080" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/775146284380415331340" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAI-1466-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097490v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone a M Lemmers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha J Stoll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison G Hoffnagle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca J Ferrel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0318700" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097509v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Airvaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molly Boll" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lemmers" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Stoll" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Hoffnagle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdoe.12971" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106022v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Posth" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Yu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayshin Ghalichi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05726-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915862v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Mcfarlane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Loch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Guatelli-Steinberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2021.105290" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915836v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24405" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915872v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.6267" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864943v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Bas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kanz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rebay-Salisbury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102284" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266452v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cr&#233;pin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ru&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Bocaege" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2019.101959" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266334v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereidoun Biglari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamyar Abdi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.102643" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mahoney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Miszkiewicz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapple" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Schlecht" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12709" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915844v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936460v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bondioli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.05.002" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915856v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2016.11.009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153992v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Balaresque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Esclassan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842876v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coquerelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.2.1.e1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842536v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159688" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842738v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22562" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CF724C7AE7B06A5142B50AF19467A4988EE5C141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676302v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Delluc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8742" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923397v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Cheung" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Syrikova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923347v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Delon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delvigne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923195v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923376v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533045v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluyer Mona" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430912v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tacail" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Luyer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balter" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520386v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vignoles" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Banks" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosselin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brochard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Caillo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343464v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923260v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881633v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098608v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098627v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Robson Brown" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759356v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foni Lebrun-Ricalens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01677087v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mona-le-luyer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7999-0294" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192900080" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/775146284380415331340" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAI-1466-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097490v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone a M Lemmers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha J Stoll" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison G Hoffnagle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca J Ferrel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0318700" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097509v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Airvaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molly Boll" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lemmers" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Stoll" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Hoffnagle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdoe.12971" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106022v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Posth" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Yu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayshin Ghalichi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05726-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915862v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Mcfarlane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Loch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Guatelli-Steinberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2021.105290" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915836v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24405" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915872v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Henry-Gambier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.6267" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864943v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Bas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kanz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rebay-Salisbury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102284" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266334v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereidoun Biglari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamyar Abdi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.102643" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266452v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cr&#233;pin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ru&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Bocaege" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2019.101959" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mahoney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Miszkiewicz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapple" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Schlecht" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12709" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915844v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936460v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bondioli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.05.002" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915856v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2016.11.009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153992v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Balaresque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Esclassan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842876v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coquerelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.2.1.e1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842536v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159688" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842738v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22562" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CF724C7AE7B06A5142B50AF19467A4988EE5C141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676302v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Delluc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8742" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923376v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Cheung" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Syrikova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923347v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Delon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delvigne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923397v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923195v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533045v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluyer Mona" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430912v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rey" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tacail" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Luyer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balter" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520386v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vignoles" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Banks" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosselin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brochard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Caillo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343464v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923260v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881633v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098608v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098627v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Robson Brown" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759356v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foni Lebrun-Ricalens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01677087v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BORD0003" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>