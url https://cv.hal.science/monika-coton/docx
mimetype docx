--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -893,311 +893,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different metabolite profiles across Penicillium roqueforti populations associated with ecological niche specialisation and domestication</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grape berry mycobiota and its contribution to fresh mushroom aroma off-odour in wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Destanque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Pensec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Crequer</w:t>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Cueff</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">R C Rodríguez de la Vega</w:t>
+                <w:t xml:space="preserve">Nolwenn Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMA Fungus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s43008-024-00167-4⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (4), pp.8105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.4.8105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810041v1</w:t>
+                <w:t xml:space="preserve">hal-04809304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discriminative power of DNA-based, volatilome, near infrared spectroscopy, elements and stable isotopes methods for the origin authentication of typical Italian mountain cheese using sPLS-DA modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+                <w:t xml:space="preserve">Occurrence of the two major regulated mycotoxins, ochratoxin A and fumonisin B1, in cereal and cereal-based products in Europe and toxicological effects: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Arce-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Hymery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2024.113975⟩</w:t>
+              <w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109, pp.104489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.etap.2024.104489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811538v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological diversity and associated volatilome of typical mountain Caciotta cheese from Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1206,367 +1189,384 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Cardazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Carraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosaria Lucchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 411, pp.110523. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2023.110523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grape berry mycobiota and its contribution to fresh mushroom aroma off-odour in wine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nolwenn Rolland</w:t>
+                <w:t xml:space="preserve">Discriminative power of DNA-based, volatilome, near infrared spectroscopy, elements and stable isotopes methods for the origin authentication of typical Italian mountain cheese using sPLS-DA modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Cardazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Perini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.4.8105⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 178 (6), pp.113975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2024.113975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809304v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence of the two major regulated mycotoxins, ochratoxin A and fumonisin B1, in cereal and cereal-based products in Europe and toxicological effects: A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Different metabolite profiles across Penicillium roqueforti populations associated with ecological niche specialisation and domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Cueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J V Cristiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J C Frisvad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Arce-López</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R C Rodríguez de la Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Toxicology and Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 109, pp.104489. </w:t>
+              <w:t xml:space="preserve">IMA Fungus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.etap.2024.104489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s43008-024-00167-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809227v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Starter Culture Development and Innovation for Novel Fermented Foods</w:t>
               </w:r>
@@ -2633,51 +2633,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brine salt concentration reduction and inoculation with autochthonous consortia: Impact on Protected Designation of Origin Nyons black table olive fermentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzurra Pioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3548,295 +3548,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03499697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking Pélardon artisanal goat cheese microbial communities to aroma compounds during cheese-making and ripening</w:t>
+                <w:t xml:space="preserve">Use of metabarcoding and source tracking to identify desirable or spoilage autochthonous microorganism sources during black olive fermentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Falentin</w:t>
+                <w:t xml:space="preserve">Sylvie Tréguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Parayre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 345, pp.109130. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 144, pp.110344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2021.109130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2021.110344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03181204v1</w:t>
+                <w:t xml:space="preserve">hal-03205178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of metabarcoding and source tracking to identify desirable or spoilage autochthonous microorganism sources during black olive fermentations</w:t>
+                <w:t xml:space="preserve">Linking Pélardon artisanal goat cheese microbial communities to aroma compounds during cheese-making and ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 144, pp.110344. </w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 345, pp.109130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2021.110344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2021.109130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03205178v1</w:t>
+                <w:t xml:space="preserve">hal-03181204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailor-made microbial consortium for Kombucha fermentation: Microbiota-induced biochemical changes and biofilm formation</w:t>
               </w:r>
@@ -3950,762 +3950,762 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279810v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycobiota dynamics and mycotoxin detection in PGI Salame Piemonte</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microbial Ecology of French Dry Fermented Sausages and Mycotoxin Risk Evaluation During Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ilario Ferrocino</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Deniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria R Corvaglia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+                <w:t xml:space="preserve">Rozenn Joubrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Robieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.15114⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.737140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.737140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469228v1</w:t>
+                <w:t xml:space="preserve">hal-05469036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial Ecology of French Dry Fermented Sausages and Mycotoxin Risk Evaluation During Storage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mycobiota dynamics and mycotoxin detection in PGI Salame Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Franciosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Joubrel</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilario Ferrocino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Robieu</w:t>
+                <w:t xml:space="preserve">Maria R Corvaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.737140. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 131 (5), pp.2336 - 2350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.737140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jam.15114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469036v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Independent domestication events in the blue-cheese fungus Penicillium roqueforti</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Domestication of the Emblematic White Cheese- Making Fungus Penicillium camemberti and Its Diversification into Two Varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dumas</w:t>
+                <w:t xml:space="preserve">Estelle Didiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Feurtey</w:t>
+                <w:t xml:space="preserve">Ricardo C Rodríguez de La Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo C. Rodriguez de La Vega</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alodie Snirc</w:t>
+                <w:t xml:space="preserve">Bastien Bennetot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/451773⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, pp.4441-4453.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2020.08.082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625040v1</w:t>
+                <w:t xml:space="preserve">hal-02984849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestication of the Emblematic White Cheese- Making Fungus Penicillium camemberti and Its Diversification into Two Varieties</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bastien Bennetot</w:t>
+                <w:t xml:space="preserve">Penicillium roqueforti: an overview of its genetics, physiology, metabolism and biotechnological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Hymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2020.08.082⟩</w:t>
+              <w:t xml:space="preserve">Fungal Biology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (2), pp.59-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbr.2020.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02984849v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penicillium roqueforti: an overview of its genetics, physiology, metabolism and biotechnological applications</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Independent domestication events in the blue-cheese fungus Penicillium roqueforti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Feurtey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo C. Rodriguez de La Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Le Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alodie Snirc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Biology Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (2), pp.59-73. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fbr.2020.03.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/451773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809285v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering Microbial Community Dynamics and Biochemical Changes During Nyons Black Olive Natural Fermentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4750,286 +4750,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production and migration of patulin in Penicillium expansum molded apples during cold and ambient storage</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antifungal activity of fermented dairy ingredients: Identification of antifungal compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Bregier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stella Debaets</w:t>
+                <w:t xml:space="preserve">Lucille Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Penland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Arnich</w:t>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 313, pp.108377 -. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, 322, pp.108574</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488624v1</w:t>
+                <w:t xml:space="preserve">hal-02622774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antifungal activity of fermented dairy ingredients: Identification of antifungal compounds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production and migration of patulin in Penicillium expansum molded apples during cold and ambient storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Bregier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Debaets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Garnier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julien Jardin</w:t>
+                <w:t xml:space="preserve">Nathalie Arnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 322, pp.108574</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 313, pp.108377 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2019.108377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622774v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production and migration of ochratoxin A and citrinin in Comté cheese by an isolate of Penicillium verrucosum selected among Penicillium spp. mycotoxin producers in YES medium</w:t>
               </w:r>
@@ -5590,51 +5590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcia Leyva Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Navarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5825,1115 +5825,1115 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01900511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional diversity within the [i]Penicillium roqueforti[/i] species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined effect of the Saccharomyces cerevisiae lag phase and the non-Saccharomyces consortium to enhance wine fruitiness and complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Masneuf-Pomarede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gillot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stella Debaets</w:t>
+                <w:t xml:space="preserve">Sophie Tempere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Avramova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.10.001⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101 (20), pp.7603 - 7620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-017-8492-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01386935v1</w:t>
+                <w:t xml:space="preserve">hal-01900508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effect of the Saccharomyces cerevisiae lag phase and the non-Saccharomyces consortium to enhance wine fruitiness and complexity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic basis for mycophenolic acid production and strain-dependent production variability in Penicillium roqueforti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Marchal</w:t>
+                <w:t xml:space="preserve">Guillaume Gillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Barbe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marta Avramova</w:t>
+                <w:t xml:space="preserve">Rebeca Dominguez-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Debaets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 101 (20), pp.7603 - 7620. </w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62, pp.239 - 250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00253-017-8492-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2016.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01900508v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic basis for mycophenolic acid production and strain-dependent production variability in Penicillium roqueforti</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Penicillium roqueforti PR toxin gene cluster characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebeca Dominguez-Santos</w:t>
+                <w:t xml:space="preserve">Pedro Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stella Debaets</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Ullán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Piqueras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Meslet-Cladière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2016.10.013⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101 (5), pp.2043 - 2056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-016-7995-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866769v1</w:t>
+                <w:t xml:space="preserve">hal-01866741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penicillium roqueforti PR toxin gene cluster characterization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Justine Piqueras</w:t>
+                <w:t xml:space="preserve">Unraveling microbial ecology of industrial-scale Kombucha fermentations by metabarcoding and culture-based methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Meslet-Cladière</w:t>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Burgaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-016-7995-5⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 93 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsec/fix048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866741v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of PR toxin on THP1 and Caco-2 cells: an in vitro study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Hymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tadrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Le Scouarnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Mycotoxin Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10 (4), pp.375 - 386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/WMJ2017.2196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling microbial ecology of industrial-scale Kombucha fermentations by metabarcoding and culture-based methods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franck Deniel</w:t>
+                <w:t xml:space="preserve">Functional diversity within the [i]Penicillium roqueforti[/i] species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Debaets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 241, pp.141-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsec/fix048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01866765v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01386935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antifungal Microbial Agents for Food Biopreservation—A Review</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phylogeny of xerophilic aspergilli (subgenus Aspergillus ) and taxonomic revision of section Restricti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Mounier</w:t>
+                <w:t xml:space="preserve">F. Sklenář</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Valence</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Thierry</w:t>
+                <w:t xml:space="preserve">Ž. Jurjević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zalar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Frisvad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Visagie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms5030037⟩</w:t>
+              <w:t xml:space="preserve">Studies in Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 88, pp.161 - 236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.simyco.2017.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568139v1</w:t>
+                <w:t xml:space="preserve">hal-01866791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeny of xerophilic aspergilli (subgenus Aspergillus ) and taxonomic revision of section Restricti</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Zalar</w:t>
+                <w:t xml:space="preserve">Antifungal Microbial Agents for Food Biopreservation—A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcia Leyva Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Frisvad</w:t>
+                <w:t xml:space="preserve">Jerome Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Visagie</w:t>
+                <w:t xml:space="preserve">Florence Valence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Mycology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 88, pp.161 - 236. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (37), Open Acess. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.simyco.2017.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms5030037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01866791v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsatellite analysis of Saccharomyces uvarum diversity</w:t>
               </w:r>
@@ -7321,51 +7321,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into Penicillium roqueforti Morphological and Genetic Diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7771,51 +7771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alodie Snirc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, </w:t>
@@ -8022,51 +8022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fontanillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo C Rodríguez de La Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Malagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8403,583 +8403,583 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity of coagulase-negative Staphylococci in French cheeses, dry fermented sausages, processing environments and clinical samples.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of distinct populations and specific subpopulations within the species Oenococcus oeni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julen Bridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Claisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Jamet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aline Lonvaud-Funel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 137 (2-3), pp.221-9. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 76 (23), pp.7754-7764. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2009.11.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.01544-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00750792v1</w:t>
+                <w:t xml:space="preserve">hal-02659761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogenic amines in fermented foods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Occurrence of biogenic amine-forming lactic acid bacteria in wine and cider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Romano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Spano</w:t>
+                <w:t xml:space="preserve">Katja Ziegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Russo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">H. Alexandre</w:t>
+                <w:t xml:space="preserve">C. Vetrana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ejcn.2010.218⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (8), pp.1078-1085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2010.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666992v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of distinct populations and specific subpopulations within the species Oenococcus oeni</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biodiversity of coagulase-negative Staphylococci in French cheeses, dry fermented sausages, processing environments and clinical samples.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Desmonts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julen Bridier</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuel Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 137 (2-3), pp.221-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2009.11.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.01544-10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02659761v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00750792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence of biogenic amine-forming lactic acid bacteria in wine and cider</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId313" w:history="1">
+                <w:t xml:space="preserve">Biogenic amines in fermented foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Spano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katja Ziegler</w:t>
+                <w:t xml:space="preserve">P. Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Lonvaud-Funel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Vetrana</w:t>
+                <w:t xml:space="preserve">Patrick Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2010.07.012⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 64, pp.S95-S100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ejcn.2010.218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02665681v1</w:t>
+                <w:t xml:space="preserve">hal-02666992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of the putrescine-producing ability of the coagulase-negative bacterium staphylococcus epidermidis 2015B</w:t>
               </w:r>
@@ -10133,98 +10133,3332 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 229 (1), pp.65-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02670577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New markers for monitoring “fresh mushroom aroma” in wine: A dual approach using microbiological and chemical tools from the vineyard to winery–A synthesis of recent research advances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Destanque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IVES, Oct 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Citizen science project to determine fungal diversity from moldy foods in consumer households and evaluate mycotoxin exposure risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Réant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hymery Nolwenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45th Mycotoxin Workshop 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Vienne (Austria), Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Fresh mushroom aroma » off-flavor in wines : a research wrap-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Destanque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Augès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparkling Wine Forum 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFFEVENT; OIV, Jun 2024, Brescia, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Citizen science project to determine fungal diversity from moldy foods in consumer households and evaluate the mycotoxin risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Réant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hymery Nolwenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Mycotoxines 10ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversité fongique d’aliments moisis chez les consommateurs et caractérisation de la migration de mycotoxines sur légumes : une première étape pour concilier sécurité microbiologique des aliments et lutte contre le gaspillage alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Réant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dantigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Deniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IBSAM | Institut Brestois Santé Agro Matière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of enniatins and beauvericin toxicity by innovative in vitro model approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Coulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hymery Nolwenn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mycotoxin Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Celle, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbiote des produits fermentés par approches culturales et métagénomiques Exemple d'un fromage artisanal : le Pélardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Penland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Parayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pawtowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-B Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR INRAE - Institut Agro STLO (Science et Technologie du Lait et de l’Œuf), Jun 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03693861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptive differences between Penicillium roqueforti &amp;quot;cheese&amp;quot; and “non-cheese” populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Commision on Food Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Utrecht, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptive differences between Penicillium roqueforti “cheese” and “non-cheese” populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées des doctorants de l’ED EGAAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distinct extrolite profiles in the different Penicillium roqueforti populations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées mycotoxines JM2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptive differences between Penicillium roqueforti cheese and non-cheese populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fungal Genetics Ile-de-France Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pélardon AOP des Cévennes, du lait cru au fromage affiné : dynamiques microbiennes et évolution des arômes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Penland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion virtuelle "Glande mammaire lait" / Galactinnov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, réseau galactinnov, Nov 2021, live, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude par néphélométrie laser de l'influence de facteurs abiotiques sur la croissance de différentes populations de Penicillium roqueforti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Branca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque IBSAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Brestois Santé-Agro-Matière, Nov 2021, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Understanding Kombucha fermentations: dynamic follow-up of a lab scale fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jourdren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEMS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benefits and risks of gram negative bacteria within complex microbial consortia in model semi-hard cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ganet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Miszczycha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22. International ICFMH Symposium, FoodMicro 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Copenhague, Denmark. p.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversité intraspécifique chez Oenococcus oeni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julen Bridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Claisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Desmarais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Miot-Sertier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Microbiologistes de l’INRA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Poitiers, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions de bactéries à gram négatif dans un écosystème microbien complexe de fromage à pâte pressée non cuite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Helinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Irlinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées des microbiologistes de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversity of NSLAB in French cheese and rapid identification of obligate heterofermentative species Lactobacillus brevis, Lb. fermentum and Lb parabuchneri using species-specific primers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Congrès de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Nantes, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sequence and analysis of the tyrosine decarboxylase operon of Lactobacillus brevis 9809 isolated from wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Landete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lonvaud-Funel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Symposium international d'oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis de l’Anses relatif à l’évaluation du risque de transmission du complexe Mycobacterium tuberculosis à l'humain via la consommation de produits laitiers crus issus d’un élevage caprin infecté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Federighi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Henaff-Le Marrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2024-SA-0067, Anses. 2024, 26 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04854468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthodes d’évaluation des risques sanitaires et environnementaux et des enjeux socio-économiques associés aux plantes obtenues au moyen de certaines nouvelles techniques génomiques (NTG)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thaura Ghneim-Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2021-SA-0019, Anses. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à la définition des souches pathogènes d’Escherichia coli productrices de shigatoxines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2020-SA-0095, Anses. 2023, 63 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04171498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à la présence de parasites Toxocara spp. dans les viandes de sanglier sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fravalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Auvray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Boni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2023-SA-0055, Anses. 2023, pp.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04350896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation des impacts sur la santé publique de la dynamique des populations de renards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Villena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Bonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2022-SA-0049, Anses. 2023, 200 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04171242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à un document d’appui aux lignes directrices de l’arrêté du 7 mars 2011 relatives à l’évaluation de l'efficacité antimicrobienne des auxiliaires technologiques utilisés comme agents de décontamination des denrées d’origine végétale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Talon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baccaunaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chubilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2022-SA-0136, Anses. 2023, 55 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04453336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élaboration d’une liste de couples « bactérie/famille d’antibiotiques » d’intérêt prioritaire dans le contrôle de la diffusion de l’antibiorésistance de l’animal aux humains et propositions de mesures techniques en appui au gestionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Oswald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chubilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Collineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Colomb-Cotinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2020-SA-0066, Anses. 2023, 192 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04342509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of diversity in the blue cheese mold&amp;lt;i&amp;gt;Penicillium roqueforti&amp;lt;/i&amp;gt;and identification of pleiotropic QTL for key cheese-making phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10276,205 +13510,205 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sammy Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different metabolite profiles across Penicillium roqueforti populations associated with ecological niche specialisation and domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewen Crequer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennina Cueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Cristiansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Frisvad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domestication in dry-cured meat Penicillium fungi: convergent specific phenotypes and horizontal gene transfers without strong genetic subdivision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying-Chu Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Bruxaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10512,3291 +13746,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03812544v1</w:t>
-              </w:r>
-[...3232 lines deleted...]
-                <w:t xml:space="preserve">anses-04342509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13814,103 +13814,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New markers for monitoring “fresh mushroom aroma” in wine: A dual approach using microbiological and chemical tools from the vineyard to winery–A synthesis of recent research advances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Destanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Dijon, France. </w:t>
@@ -14121,51 +14121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Irlinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Landaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14426,51 +14426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Branca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Mycotoxin Workshop 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
@@ -14538,51 +14538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Casaregola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14637,64 +14637,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring microbial diversity of naturally fermented PDO Nyons table olives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14913,51 +14913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15038,64 +15038,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS – 8th Congress of European Microbiologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
@@ -15150,64 +15150,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15262,64 +15262,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROMEDFOODS : Promouvoir les aliments fermentés méditerranéens grâce à une meilleure connaissance de leur diversité microbienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Penland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15374,51 +15374,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into Penicillium roqueforti morphological, genetic and functional diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15624,103 +15624,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité intraspécifique chez Oenococcus oeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julen Bridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Claisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Desmarais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Miot-Sertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nancy, France. , 2 p., 2010</w:t>
@@ -16013,51 +16013,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Sielleur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Deniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Poirier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2025.104982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Coulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Hymery" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.70270" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386700v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Bao Hung Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henri-Sanvoisin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05072919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Crequer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Piver" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Prieur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Brunel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011669" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810041v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Crequer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cueff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J V Cristiansen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Frisvad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R C Rodr&#237;guez de la Vega" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43008-024-00167-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811538v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cardin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Cardazzo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Perini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.113975" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811554v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carraro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Lucchini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110523" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04809304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Rolland" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.4.8105" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809227v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arce-L&#243;pez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2024.104489" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778633v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G&#228;nzle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Monnin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinshui Zheng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxiao Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-072023-034207" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809305v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Floch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04645590v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Iperi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Belinger Podevin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010054" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192307v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ropars" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Jany" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13578" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234976v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Howell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.321" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04038208v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Savary" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaucheron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Meur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112691" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291651v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying&#8208;chu Lo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bruxaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodr&#237;guez de la Vega" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel O'Donnell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alodie Snirc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13591" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731681v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Franciosa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilario Ferrocino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rita Corvaglia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Giordano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609442v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Penland" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzurra Pioli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Debaets" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111069" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Boussekine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bekhouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040736" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04758295v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Novelli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11213379" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04758627v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109509" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469160v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Crous" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sandoval-Denis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Costa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Z. Groenewald" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. van Iperen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3114/fuse.2022.09.08" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493918v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Steve Nodem Sohanang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Ngoune Tatsadjieu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2020.110635" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499697v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Frisvad" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nodet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5943/mycosphere/12/1/13" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181204v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109130" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205178v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tr&#233;guer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2021.110344" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279810v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jourdren" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2021.110549" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469228v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Corvaglia" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15114" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469036v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Joubrel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Robieu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.737140" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625040v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo C. Rodriguez de La Vega" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Le Prieur" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/451773" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984849v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Didiot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo C Rodr&#237;guez de La Vega" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bennetot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.08.082" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809285v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbr.2020.03.001" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961412v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586614" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488624v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bregier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arnich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2019.108377" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622774v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Garnier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485035v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Auffret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.03.026" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043113v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. Lorentzen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Campbell-Sills" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue S Jorgensen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue K Nielsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5692-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086922v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imran" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desmasures" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Fleche-Mateos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.11.001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866608v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Smith" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Gheux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2017.12.004" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824179v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lebreton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Leyva Salas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Navarri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.05.001" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81PJM6XN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900511v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Masneuf-Pomarede" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Avramova" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cibrario" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Peltier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22580-7" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386935v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.001" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBFZ0MGC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900508v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tempere" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marchal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Barbe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8492-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866769v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Dominguez-Santos" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.10.013" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866741v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Hidalgo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Ull&#225;n" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Piqueras" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7995-5" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866798v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hymery" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Puel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tadrist" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Scouarnec" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/WMJ2017.2196" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866765v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Taminiau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Burgaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fix048" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568139v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mounier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms5030037" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866791v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sklen&#225;&#345;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;. Jurjevi&#263;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zalar" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frisvad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Visagie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simyco.2017.09.002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837775v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine B&#246;rlin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fow002" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607430v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Burgaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia O. P. Maciel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.001239" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02321309v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Burgaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Minh Hu&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Arzur" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.07.005" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302692v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129849" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202801v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette El Khoury" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Romano" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Biasioli" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv084" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630357v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Jacques" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Louis-Mondesir" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.060418-0" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302704v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Lopez-Villavicencio" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Dupont" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12140" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499381v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Joffraud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mekhtiche" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Leroi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.02.011" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758760v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fontanillas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Malagnac" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049665" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02148977v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buron" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ledauphin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.11.002" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W53H5GRZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343119v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Desmarais" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.05.001" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T6P9TXH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750792v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Desmonts" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jamet" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2009.11.023" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDHFHJ3L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666992v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Spano" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Russo" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lucas" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejcn.2010.218" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659761v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Bridier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Claisse" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01544-10" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665681v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ziegler" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vetrana" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2010.07.012" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z57KNP8R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659782v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Mulder" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hein Trip" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00441-10" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667336v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2008.01206.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659658v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laplace" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Auffray" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.63732-0" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655993v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coton" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661785v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Levert" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2005.10.016" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RHKZBQL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089674v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679955v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02182246v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muller" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Dabrowski-Coton" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Breton" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Giard" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1022-1035.2005" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672746v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670577v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Landete" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728775v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728789v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennina Cueff" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cristiansen" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Frisvad" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812544v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Chu Lo" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978485v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#233;ant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hymery Nolwenn" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957059v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aug&#232;s" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957037v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guerin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978364v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809437v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Coulet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978552v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Weill" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693861v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Parayre" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pawtowski" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-B Maillard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836515v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836481v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836541v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836438v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435234v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836079v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Branca" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279747v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821971v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miot-Sertier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195436v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Miszczycha" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195442v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helinck" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823217v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764023v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Landete" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04854468v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Henaff-Le Marrec" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fravalo" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Auvray" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171498v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boni" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04350896v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04453336v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baccaunaud" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chubilleau" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04342509v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colomb-Cotinat" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04956857v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/oPGF0eIX" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809311v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jany" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.01092-1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791512v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/book/9780124170124" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-417012-4.00038-7" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809776v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guichard" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384947-2.00163-X" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836573v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914960v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343668v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294944v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159613v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344166v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892951v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343657v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454527v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lany" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596131v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denis" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chamaret" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Compagnon" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemonnier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824648v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813959v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Sielleur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Deniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Poirier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2025.104982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Coulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Hymery" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.70270" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386700v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Bao Hung Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henri-Sanvoisin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05072919v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Crequer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Piver" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Prieur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Brunel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1011669" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04809304v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Rolland" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.4.8105" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809227v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arce-L&#243;pez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etap.2024.104489" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811554v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cardin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Cardazzo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carraro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Lucchini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110523" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811538v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Perini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2024.113975" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810041v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Crequer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cueff" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J V Cristiansen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Frisvad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R C Rodr&#237;guez de la Vega" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43008-024-00167-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778633v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G&#228;nzle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Monnin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinshui Zheng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingxiao Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-072023-034207" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809305v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Floch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04645590v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Iperi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Belinger Podevin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010054" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192307v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ropars" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Jany" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13578" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234976v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Howell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.321" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04038208v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Savary" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaucheron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Meur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112691" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291651v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying&#8208;chu Lo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bruxaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodr&#237;guez de la Vega" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel O'Donnell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alodie Snirc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13591" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731681v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Franciosa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilario Ferrocino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rita Corvaglia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Giordano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609442v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Penland" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzurra Pioli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Debaets" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111069" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Boussekine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bekhouche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040736" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04758295v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Novelli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11213379" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04758627v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109509" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469160v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Crous" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sandoval-Denis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Costa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Z. Groenewald" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. van Iperen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3114/fuse.2022.09.08" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493918v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Steve Nodem Sohanang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Ngoune Tatsadjieu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2020.110635" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499697v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Frisvad" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nodet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5943/mycosphere/12/1/13" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205178v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tr&#233;guer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2021.110344" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181204v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109130" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279810v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jourdren" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2021.110549" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469036v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Joubrel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Robieu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.737140" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469228v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria R Corvaglia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15114" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984849v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Didiot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo C Rodr&#237;guez de La Vega" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bennetot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.08.082" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809285v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbr.2020.03.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625040v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dumas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Feurtey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo C. Rodriguez de La Vega" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Le Prieur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/451773" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961412v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586614" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622774v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Garnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488624v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bregier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arnich" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2019.108377" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485035v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Auffret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.03.026" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043113v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. Lorentzen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Campbell-Sills" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue S Jorgensen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue K Nielsen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5692-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086922v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imran" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desmasures" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Fleche-Mateos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.11.001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866608v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Smith" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Gheux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2017.12.004" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824179v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Lebreton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Leyva Salas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Navarri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.05.001" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81PJM6XN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900511v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Masneuf-Pomarede" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Avramova" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cibrario" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Peltier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22580-7" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900508v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tempere" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Marchal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Barbe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8492-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866769v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gillot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Dominguez-Santos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2016.10.013" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866741v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Hidalgo" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Ull&#225;n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Piqueras" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7995-5" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866765v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Taminiau" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Burgaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fix048" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866798v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hymery" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Puel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tadrist" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Scouarnec" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/WMJ2017.2196" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386935v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBFZ0MGC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866791v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sklen&#225;&#345;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;. Jurjevi&#263;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zalar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frisvad" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Visagie" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simyco.2017.09.002" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568139v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mounier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms5030037" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837775v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine B&#246;rlin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/fow002" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607430v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Burgaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia O. P. Maciel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.001239" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02321309v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Burgaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Thi Minh Hu&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Arzur" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.07.005" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302692v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129849" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202801v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette El Khoury" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Romano" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Biasioli" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evv084" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630357v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Jacques" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Louis-Mondesir" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.060418-0" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302704v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Lopez-Villavicencio" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Dupont" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12140" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499381v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Joffraud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mekhtiche" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Leroi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2013.02.011" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758760v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fontanillas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Malagnac" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0049665" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02148977v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buron" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legendre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ledauphin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.11.002" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W53H5GRZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343119v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Desmarais" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guichard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.05.001" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T6P9TXH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659761v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Bridier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Claisse" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01544-10" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665681v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Spano" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Ziegler" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vetrana" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2010.07.012" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z57KNP8R-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750792v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Desmonts" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jamet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2009.11.023" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDHFHJ3L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666992v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Russo" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lucas" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alexandre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejcn.2010.218" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659782v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Mulder" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hein Trip" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00441-10" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667336v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2008.01206.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659658v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laplace" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Auffray" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijs.0.63732-0" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655993v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coton" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661785v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Levert" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2005.10.016" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RHKZBQL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089674v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679955v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02182246v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muller" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Dabrowski-Coton" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Breton" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Giard" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1022-1035.2005" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672746v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670577v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Landete" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957037v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guerin" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978485v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#233;ant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hymery Nolwenn" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957059v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aug&#232;s" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978364v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978552v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Weill" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809437v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Coulet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693861v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Parayre" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pawtowski" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-B Maillard" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836515v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836481v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836541v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836438v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435234v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836079v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Branca" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279747v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195436v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganet" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Miszczycha" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821971v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miot-Sertier" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195442v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helinck" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823217v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764023v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Landete" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04854468v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Federighi" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Henaff-Le Marrec" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fravalo" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Auvray" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171498v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boni" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bornert" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04350896v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04453336v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baccaunaud" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chubilleau" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04342509v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Colomb-Cotinat" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728775v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728789v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennina Cueff" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cristiansen" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Frisvad" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812544v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Chu Lo" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04956857v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/oPGF0eIX" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809311v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jany" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.01092-1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791512v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/book/9780124170124" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-417012-4.00038-7" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809776v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guichard" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384947-2.00163-X" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04836573v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914960v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vincent" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343668v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294944v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159613v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344166v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892951v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343657v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454527v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lany" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596131v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denis" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chamaret" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Compagnon" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemonnier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824648v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813959v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>