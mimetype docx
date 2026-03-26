--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -196,295 +196,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Mental Detachment in the Management of Mental Fatigue in High Level Ice Hockey Players: The Mediating Role of Sleep Quality</w:t>
+                <w:t xml:space="preserve">An overview of longitudinal data analyses in sleep research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Descôtes</w:t>
+                <w:t xml:space="preserve">Ophélie Coiffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Balk</w:t>
+                <w:t xml:space="preserve">Ina Jandric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Perez</w:t>
+                <w:t xml:space="preserve">Christian Caussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Brugniaux</w:t>
+                <w:t xml:space="preserve">Jean-Louis Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (9), </w:t>
+              <w:t xml:space="preserve">Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 136, pp.106871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejsc.70035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sleep.2025.106871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371269v1</w:t>
+                <w:t xml:space="preserve">hal-05322083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overview of longitudinal data analyses in sleep research</w:t>
+                <w:t xml:space="preserve">The Role of Mental Detachment in the Management of Mental Fatigue in High Level Ice Hockey Players: The Mediating Role of Sleep Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Coiffier</w:t>
+                <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ina Jandric</w:t>
+                <w:t xml:space="preserve">Yannick Balk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Caussé</w:t>
+                <w:t xml:space="preserve">Jérôme Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Pépin</w:t>
+                <w:t xml:space="preserve">Julien Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 136, pp.106871. </w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sleep.2025.106871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejsc.70035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322083v1</w:t>
+                <w:t xml:space="preserve">hal-05371269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Future of Telemedicine for Obstructive Sleep Apnea Treatment: A Narrative Review</w:t>
               </w:r>
@@ -522,51 +522,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Pépin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (9), pp.2700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1247,295 +1247,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of the COVID-19 Lockdown on Weight Loss and Body Composition in Subjects with Overweight and Obesity Participating in a Nationwide Weight-Loss Program: Impact of a Remote Consultation Follow-Up—The CO-RNPC Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diuretics in Obstructive Sleep Apnea Patients with Concomitant Hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Mendelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Odile Fabre</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Legrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Monique Mendelson</w:t>
+                <w:t xml:space="preserve">Marie Joyeux-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu13072152⟩</w:t>
+              <w:t xml:space="preserve">Annals of the American Thoracic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, pp.2101-2102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1513/annalsats.202104-496le⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03278329v1</w:t>
+                <w:t xml:space="preserve">hal-03680366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diuretics in Obstructive Sleep Apnea Patients with Concomitant Hypertension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Impact of the COVID-19 Lockdown on Weight Loss and Body Composition in Subjects with Overweight and Obesity Participating in a Nationwide Weight-Loss Program: Impact of a Remote Consultation Follow-Up—The CO-RNPC Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Revol</w:t>
+                <w:t xml:space="preserve">Rémy Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pantagis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Joyeux-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the American Thoracic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18, pp.2101-2102. </w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (7), pp.2152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1513/annalsats.202104-496le⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nu13072152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680366v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional Evaluation of Continuous Positive Airway Pressure (CPAP) Treatment for Sleep Apnea in Different Clusters of Couples</w:t>
               </w:r>
@@ -1573,51 +1573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Gentina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (6), pp.1658. </w:t>
@@ -1687,51 +1687,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep regularity: a key for promoting well-being and preventing ill-being among high-level athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1789,493 +1789,493 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouver l'équilibre : Comment les ressources compensent les exigences de l'entraînement et influencent le sommeil et le bienêtre des athlètes de haut niveau</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Trouver l'Équilibre : Comment les ressources compensent les exigences de l’entraînement et influencent le sommeil et le bien-être des athlètes de haut niveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Psychologie du Sport : Colloque sur les Recherches et Interventions en Psychologie du Sport en France et en Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d'Etudes de la Société Française de Psychologie du Sport (SFPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04908622v1</w:t>
+                <w:t xml:space="preserve">hal-04920859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouver l'Équilibre : Comment les ressources compensent les exigences de l’entraînement et influencent le sommeil et le bien-être des athlètes de haut niveau</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phénotypes de pratique d’activité physique dans le syndrome d’apnées obstructives du sommeil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'Etudes de la Société Française de Psychologie du Sport (SFPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, LYON, France</w:t>
+              <w:t xml:space="preserve">Congrès du sommeil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920859v1</w:t>
+                <w:t xml:space="preserve">hal-04917878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phénotypes de pratique d’activité physique dans le syndrome d’apnées obstructives du sommeil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trouver l'équilibre : Comment les ressources compensent les exigences de l'entraînement et influencent le sommeil et le bienêtre des athlètes de haut niveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Descôtes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Isoard-Gautheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du sommeil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Société Française de Psychologie du Sport : Colloque sur les Recherches et Interventions en Psychologie du Sport en France et en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917878v1</w:t>
+                <w:t xml:space="preserve">hal-04908622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exercise therapy for patients with obstructive sleep apnea.</w:t>
+                <w:t xml:space="preserve">Effets bénéfiques et promotion de l’activité physique dans les rhumatismes inflammatoires chroniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgian Respiratory Physiotherapy Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Nationales de Rhumatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917842v1</w:t>
+                <w:t xml:space="preserve">hal-04917848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets bénéfiques et promotion de l’activité physique dans les rhumatismes inflammatoires chroniques</w:t>
+                <w:t xml:space="preserve">Exercise therapy for patients with obstructive sleep apnea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de Rhumatologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Belgian Respiratory Physiotherapy Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917848v1</w:t>
+                <w:t xml:space="preserve">hal-04917842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery, Fatigue and Performance: Psycho-Physiological Monitoring and Pre-testing of a Chatbot Intervention with High-level Ice Hockey Players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2656,165 +2656,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sommeil et réhabilitation respiratoire</w:t>
+                <w:t xml:space="preserve">Place des traitements combinés dans le SAOS et les pathologies respiratoires du sommeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel du Réseau veille sommeil en Poitou-Charentes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t>
+              <w:t xml:space="preserve">23e Congrès de Pneumologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917876v1</w:t>
+                <w:t xml:space="preserve">hal-04917871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place des traitements combinés dans le SAOS et les pathologies respiratoires du sommeil</w:t>
+                <w:t xml:space="preserve">Sommeil et réhabilitation respiratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23e Congrès de Pneumologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Congrès annuel du Réseau veille sommeil en Poitou-Charentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917871v1</w:t>
+                <w:t xml:space="preserve">hal-04917876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2832,90 +2832,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mediating role of mental fatigue in the relationship between recovery and performance satisfaction among high level ice hockey players.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2957,103 +2957,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mediating role of mental fatigue in the relationship between recovery and performance satisfaction among high level ice hockey players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Descôtes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mendelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brugniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European Congress of Sport and Exercise Psychology (FEPSAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Innsbruck, Austria</w:t>
@@ -3520,51 +3520,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3F37115F"/>
+    <w:nsid w:val="8EF4FBF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3751,51 +3751,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/monique-mendelson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8774-8510" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/1220373/monique-mendelson/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371269v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Desc&#244;tes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brugniaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mendelson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.70035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322083v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Coiffier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Jandric" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Causs&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis P&#233;pin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106871" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573991v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Tamisier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm13092700" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661469v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bettega" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leyrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2024.111338" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495626v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Foote" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Rakotovao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Borel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-079765" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471523v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Duval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476348.2023.2202853" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03941644v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bottaz-Bosson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphanie Midelet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Martinot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2022.11.034" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samarmar Chacaroun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Doutreleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guinot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesf.2022.03.001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03278329v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Legrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pantagis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13072152" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Revol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joyeux-Faure" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1513/annalsats.202104-496le" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002180v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gentina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gentina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9061658" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371248v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Chauveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908622v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920859v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917878v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917842v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917848v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913382v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Perez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917854v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917857v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917866v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917876v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917871v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908797v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913758v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917955v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fouquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Doutreleau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891366v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rondon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Flore" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENS002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/monique-mendelson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8774-8510" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/https://publons.com/researcher/1220373/monique-mendelson/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322083v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Coiffier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Jandric" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Causs&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis P&#233;pin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mendelson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106871" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371269v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Desc&#244;tes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brugniaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.70035" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573991v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bailly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baillieul" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Tamisier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm13092700" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661469v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bettega" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leyrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2024.111338" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495626v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Foote" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Rakotovao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christian Borel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-079765" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471523v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Duval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17476348.2023.2202853" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03941644v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bottaz-Bosson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphanie Midelet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Martinot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2022.11.034" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samarmar Chacaroun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Doutreleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guinot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesf.2022.03.001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Revol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joyeux-Faure" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1513/annalsats.202104-496le" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03278329v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Legrand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pantagis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13072152" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002180v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gentina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gentina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9061658" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371248v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Chauveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isoard-Gautheur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04920859v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917878v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908622v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917848v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917842v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913382v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Perez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917854v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917857v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917866v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917871v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917876v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908797v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04913758v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917955v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fouquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Doutreleau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891366v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rondon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Flore" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENS002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>