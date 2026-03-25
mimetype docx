--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -538,602 +538,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A checklist of marine phytoplankton species of Northeast Brazil</w:t>
+                <w:t xml:space="preserve">Disentangling the effects of eutrophication and natural variability on macrobenthic communities across French coastal lagoons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Carré</w:t>
+                <w:t xml:space="preserve">Auriane Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Augusto Mendes De Castro Melo</w:t>
+                <w:t xml:space="preserve">Gauthier Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Bec</w:t>
+                <w:t xml:space="preserve">Aurélien Boyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leandro Ferreira Cabanez</w:t>
+                <w:t xml:space="preserve">Marie Creemers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isis Amália Cordeiro</w:t>
+                <w:t xml:space="preserve">Valérie Derolez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 80, 103887 [24 p.]. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.e112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rsma.2024.103887⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824359v1</w:t>
+                <w:t xml:space="preserve">hal-04861258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Length-weight relationships of 20 fish species from Fatala estuary, Guinea-Conakry, West Africa</w:t>
+                <w:t xml:space="preserve">Spatial and temporal diversity of fish captured by light traps in various habitats in coastal waters in the oldest marine protected area in Vietnam and its implications for conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumar Sadio</w:t>
+                <w:t xml:space="preserve">Manh Hung Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Panfili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Le Loc’h</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pauline Sindou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Huy Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26028/cybium/2023-036⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aqc.4041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04543785v1</w:t>
+                <w:t xml:space="preserve">hal-04354466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal diversity of fish captured by light traps in various habitats in coastal waters in the oldest marine protected area in Vietnam and its implications for conservation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A checklist of marine phytoplankton species of Northeast Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Panfili</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Monique Simier</w:t>
+                <w:t xml:space="preserve">Claire Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Sindou</w:t>
+                <w:t xml:space="preserve">Pedro Augusto Mendes De Castro Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duc Huy Hoang</w:t>
+                <w:t xml:space="preserve">Béatrice Bec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Ferreira Cabanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Amália Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aqc.4041⟩</w:t>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 80, 103887 [24 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2024.103887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04354466v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling the effects of eutrophication and natural variability on macrobenthic communities across French coastal lagoons</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Length-weight relationships of 20 fish species from Fatala estuary, Guinea-Conakry, West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Boyé</w:t>
+                <w:t xml:space="preserve">Oumar Sadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Creemers</w:t>
+                <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Derolez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Le Loc’h</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4, pp.e112. </w:t>
+              <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 48 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26028/cybium/2023-036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04861258v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of the ecological knowledge on the species Batrachoides liberiensis in estuarine and lagoon environments of West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1206,64 +1206,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Loc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Ichthyology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (3), pp.372-374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1855,64 +1855,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Loc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Ichthyology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1972,51 +1972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaloudé Judicaël Franck Osse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2187,261 +2187,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03119760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Length-weight relationships of 19 fish species from two tropical artificial reservoirs (Manantali and Selingue) in Mali, West Africa</w:t>
+                <w:t xml:space="preserve">Length-weight relationships of 20 fish species from the Sine Saloum estuary, Senegal, West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Loc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 45 (1), pp.59-62. </w:t>
+              <w:t xml:space="preserve">, 2021, 45 (2), pp.155-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26028/cybium/2021-451-007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26028/cybium/2021-452-007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184976v1</w:t>
+                <w:t xml:space="preserve">hal-03274388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Length-weight relationships of 20 fish species from the Sine Saloum estuary, Senegal, West Africa</w:t>
+                <w:t xml:space="preserve">Length-weight relationships of 19 fish species from two tropical artificial reservoirs (Manantali and Selingue) in Mali, West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Simier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Loc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 45 (2), pp.155-158. </w:t>
+              <w:t xml:space="preserve">, 2021, 45 (1), pp.59-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26028/cybium/2021-452-007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26028/cybium/2021-451-007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03274388v1</w:t>
+                <w:t xml:space="preserve">hal-03184976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuna behaviour at anchored FADs inferred from Local Ecological Knowledge (LEK) of pole-and-line tuna fishers in the Maldives</w:t>
               </w:r>
@@ -2747,51 +2747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of CO2 Utilization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 38, pp.187-193. </w:t>
@@ -3015,51 +3015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Plus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Oheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Derolez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 608, pp.13-32. </w:t>
@@ -3123,51 +3123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Galès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jauzein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3231,51 +3231,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery trajectories following the reduction of urban nutrient inputs along the eutrophication gradient in French Mediterranean lagoons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Derolez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3525,51 +3525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7, pp.e31374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3877,274 +3877,274 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global trophic ecology of yellowfin, bigeye, and albacore tunas: Understanding predation on micronekton communities at ocean-basin scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leanne M. Duffy</w:t>
+                <w:t xml:space="preserve">Leanne Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petra M. Kuhnert</w:t>
+                <w:t xml:space="preserve">Petra Kuhnert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidi R. Pethybridge</w:t>
+                <w:t xml:space="preserve">Heidi Pethybridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jock W. Young</w:t>
+                <w:t xml:space="preserve">Jock Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert J. Olson</w:t>
+                <w:t xml:space="preserve">Robert Olson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 140, pp.55-73. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2017, 140, pp.55-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03668085v1</w:t>
+                <w:t xml:space="preserve">hal-01975432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global trophic ecology of yellowfin, bigeye, and albacore tunas: Understanding predation on micronekton communities at ocean-basin scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leanne M. Duffy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leanne Duffy</w:t>
+                <w:t xml:space="preserve">Petra M. Kuhnert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petra Kuhnert</w:t>
+                <w:t xml:space="preserve">Heidi R. Pethybridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidi Pethybridge</w:t>
+                <w:t xml:space="preserve">Jock W. Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jock Young</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Olson</w:t>
+                <w:t xml:space="preserve">Robert J. Olson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 140, pp.55-73</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 140, pp.55-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975432v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03668085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setting the stage for a global-scale trophic analysis of marine top predators: a multi-workshop review</w:t>
               </w:r>
@@ -4672,295 +4672,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01104949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem scenarios shape fishermen spatial behavior. The case of the Peruvian anchovy fishery in the Northern Humboldt Current system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprehensive Model of Jumbo Squid Dosidicus gigas Trophic Ecology in the Northern Humboldt Current System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Alegre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocio de Abril Joo Arakawa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bertrand</w:t>
+                <w:t xml:space="preserve">Ricardo Tafur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pepe Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilu Bouchon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hervé Demarcq</w:t>
+                <w:t xml:space="preserve">Juan Argüelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pocean.2014.08.009⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (1), pp.e85919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0085919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190688v1</w:t>
+                <w:t xml:space="preserve">hal-03700375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Model of Jumbo Squid Dosidicus gigas Trophic Ecology in the Northern Humboldt Current System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Ménard</w:t>
+                <w:t xml:space="preserve">Ecosystem scenarios shape fishermen spatial behavior. The case of the Peruvian anchovy fishery in the Northern Humboldt Current system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio de Abril Joo Arakawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Tafur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pepe Espinoza</w:t>
+                <w:t xml:space="preserve">Alexis Chaigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Argüelles</w:t>
+                <w:t xml:space="preserve">Hervé Demarcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (1), pp.e85919. </w:t>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 128 (11), pp.60 - 73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0085919⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2014.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700375v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fish biomass estimates along estuaries: A comparison of vertical acoustic sampling at fixed stations and purse seine catches</w:t>
               </w:r>
@@ -5277,51 +5277,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Laë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5419,51 +5419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Laë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5827,51 +5827,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use and limits of three assessment methods of fish size spectra and abundance in two tropical man-made lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Laë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6012,51 +6012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Laë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Afrotropical Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Special Issue 2007, pp.199 - 212</w:t>
@@ -6214,51 +6214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuating asymmetry in fish otoliths and heterozygosity in stressful estuarine environments (West Africa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Panfili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6911,51 +6911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15468/ra4voa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7253,51 +7253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7933,51 +7933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Simier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CSRP/AFD/C11/2011, LEMAR-IRD. 2012, pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8044,51 +8044,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'une aire marine protégée sur les activités de pêche : l'exemple de l'AMP de Bamboung (Sénégal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M Ecoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Diadhiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8152,51 +8152,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fish population surveys in estuaries: a comparison between acoustic at moored stations and purse seine surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8277,51 +8277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fish population surveys in estuaries : a comparison between acoustic at moored stations and purse seine surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8454,51 +8454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lebourges-Dhaussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Laë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Tito de Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Forum Halieumétrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Nantes, France</w:t>
@@ -8617,51 +8617,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D84A17EB"/>
+    <w:nsid w:val="4F88B475"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8765,51 +8765,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="ED12EB0E"/>
+    <w:nsid w:val="CE424FCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8999,51 +8999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/monique-simier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8436-5925" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/284765422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05195795v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignatius Tri Hargiyatno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wudianto Wudianto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dagorn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayakun Satria" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilis Sadiyah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104362" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04884929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter-Jan Keleman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Simier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assana Camar&#225;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Moutinho S&#225;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04824359v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto Mendes De Castro Melo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Ferreira Cabanez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Am&#225;lia Cordeiro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2024.103887" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04543785v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Sadio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Tito de Morais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Loc&#8217;h" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2023-036" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04354466v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Hung Pham" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Panfili" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sindou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Huy Hoang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.4041" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04861258v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Jones" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Schaal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boy&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Creemers" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.499" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03936611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ecoutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aje.13105" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sadio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.14318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandani Appadoo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Sultan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Tandrayen-Ragoobur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Capello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-022-09735-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03752745v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Trong Tran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiwut Grudpan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bunyeth Chan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14080634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03683711v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salvetat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Habasque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebourges-Dhaussy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Lopes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12409-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mourier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Soria" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Blaison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Certain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3674" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259555v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.14230" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03415703v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaloud&#233; Judica&#235;l Franck Osse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14751" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119760v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Maki Sy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Figui&#232;res" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger de Wit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.106959" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184976v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-451-007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274388v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-452-007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03451170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Riyaz Jauharee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Forget" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Shiham Adam" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254617" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03411048v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Travassos Tolotti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2020.e01393" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034513v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gal&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Triplet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Geoffroy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roques" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcou.2020.01.019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358391v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Trombetta" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Vidussi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Parin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0214933" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004387v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Le Fur" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Plus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Oheix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps12814" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034534v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bonnafous" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauzein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lanougu&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101508" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434135v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Munaron" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pete" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975420v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Escalle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaertner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chavance" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilario Murua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-018-1672-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439849v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.7.e31374" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826731v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-017-3421-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950061v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2018.07.018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668085v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne M. Duffy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra M. Kuhnert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi R. Pethybridge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock W. Young" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Olson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975432v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Duffy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kuhnert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Pethybridge" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock Young" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Olson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01841260v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Young" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Olson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;nard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Kuhnert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Duffy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-014-9368-4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01306081v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Alegre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bertrand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Espino" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepe Espinoza" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teobaldo Dioses" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2015.07.010" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483007v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Raffray" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond La&#235;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2015.08.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01104949v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Albaret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.08.009" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCV6PSLS-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190688v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio de Abril Joo Arakawa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilu Bouchon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2014.08.009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03700375v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Tafur" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arg&#252;elles" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085919" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00788623v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Sow" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2012.05.022" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XN6TNLQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769536v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufok Azzoug" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Chase" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Deme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lazar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GLOPLACHA.2012.08.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3SWCQM0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00767594v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Kantoussan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2012.07.018" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRPJF69B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495436v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2010.01.009" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGD1Z5WN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03700397v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#233;on" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ar&#237;stegui" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J.M. Crawford" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Field" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2009.07.034" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0M076K6M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00651205v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fontenelle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Thiom Thiaw" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1770.2007.00330.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G3G5Q10C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495441v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coll" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2006.10.005" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GK9HT6W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495444v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Villanueva" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laleye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00651224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Laurent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2006.05.028" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SB2CJ9W4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03679497v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khady Diop" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gour&#232;ne" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF04138" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483096v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S Darboe" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Ecoutin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Raffray" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2004001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483095v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sow" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2004005" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A572948B567015B623A58138E40E344507A9970/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427660v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thioulouse" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chessel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576556v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanlaville Boisson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Changeux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poizat" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995014" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482787v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/ra4voa" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425109v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Thivent" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623926v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thioulouse" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483064v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ecoutin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483068v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ecoutin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Diadhiou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483082v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brind'Amour" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pastor" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Tomasini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.O. Samba" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483076v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bertrand" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483073v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn B&#233;hagle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Brochier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483075v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483083v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495227v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Sow" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754428v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495247v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Josse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/monique-simier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8436-5925" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/284765422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05195795v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignatius Tri Hargiyatno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wudianto Wudianto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dagorn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayakun Satria" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilis Sadiyah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104362" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04884929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter-Jan Keleman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Simier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assana Camar&#225;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Moutinho S&#225;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04861258v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Jones" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Schaal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boy&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Creemers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04354466v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Hung Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Panfili" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Sindou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Huy Hoang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.4041" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04824359v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carr&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto Mendes De Castro Melo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Ferreira Cabanez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Am&#225;lia Cordeiro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2024.103887" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04543785v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Sadio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Tito de Morais" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Loc&#8217;h" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2023-036" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03936611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ecoutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aje.13105" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652505v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sadio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.14318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandani Appadoo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Sultan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Tandrayen-Ragoobur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Capello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-022-09735-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03752745v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngan Trong Tran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiwut Grudpan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bunyeth Chan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14080634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03683711v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Salvetat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Habasque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebourges-Dhaussy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Lopes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12409-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mourier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Soria" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Blaison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Certain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3674" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259555v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jai.14230" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03415703v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaloud&#233; Judica&#235;l Franck Osse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14751" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119760v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Maki Sy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Figui&#232;res" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger de Wit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2021.106959" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274388v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-452-007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184976v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26028/cybium/2021-451-007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03451170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Riyaz Jauharee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Forget" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Shiham Adam" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0254617" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03411048v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Travassos Tolotti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2020.e01393" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034513v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gal&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Triplet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Geoffroy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roques" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcou.2020.01.019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358391v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Trombetta" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Vidussi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Parin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0214933" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004387v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Le Fur" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Plus" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Oheix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps12814" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034534v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bonnafous" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jauzein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lanougu&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101508" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434135v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Munaron" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pete" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975420v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Escalle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaertner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chavance" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilario Murua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-018-1672-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439849v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.7.e31374" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826731v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-017-3421-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950061v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2018.07.018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975432v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Duffy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kuhnert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Pethybridge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock Young" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Olson" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668085v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne M. Duffy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra M. Kuhnert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi R. Pethybridge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock W. Young" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Olson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.03.003" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01841260v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Young" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Olson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;nard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M. Kuhnert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Duffy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11160-014-9368-4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01306081v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Alegre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bertrand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Espino" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepe Espinoza" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teobaldo Dioses" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2015.07.010" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483007v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Raffray" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond La&#235;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2015.08.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01104949v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Albaret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.08.009" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCV6PSLS-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03700375v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Tafur" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arg&#252;elles" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0085919" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190688v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio de Abril Joo Arakawa" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilu Bouchon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaigneau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2014.08.009" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00788623v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Sow" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2012.05.022" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XN6TNLQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769536v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufok Azzoug" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Chase" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Deme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lazar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GLOPLACHA.2012.08.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3SWCQM0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00767594v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Kantoussan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2012.07.018" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRPJF69B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495436v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2010.01.009" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGD1Z5WN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03700397v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#233;on" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ar&#237;stegui" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J.M. Crawford" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Field" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2009.07.034" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0M076K6M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00651205v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fontenelle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Thiom Thiaw" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1770.2007.00330.x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G3G5Q10C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495441v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coll" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2006.10.005" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GK9HT6W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495444v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Villanueva" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laleye" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00651224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Laurent" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2006.05.028" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SB2CJ9W4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03679497v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khady Diop" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gour&#232;ne" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF04138" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483096v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S Darboe" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Ecoutin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Raffray" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2004001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483095v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sow" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr:2004005" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1A572948B567015B623A58138E40E344507A9970/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427660v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thioulouse" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chessel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576556v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanlaville Boisson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Changeux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poizat" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae:1995014" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482787v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/ra4voa" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425109v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Thivent" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623926v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thioulouse" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483064v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ecoutin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483068v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ecoutin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Diadhiou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483082v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brind'Amour" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pastor" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Tomasini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.O. Samba" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483076v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bertrand" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483073v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn B&#233;hagle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Brochier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483075v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483083v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495227v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Sow" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754428v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Sow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495247v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Josse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>