--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1602,51 +1602,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnesium Nanoparticles: A Biocompatible and Sustainable Alternative to Gold for Advanced Plasmonic Applications.</w:t>
+                <w:t xml:space="preserve">Magnesium Nanoparticles: A Biocompatible and Sustainable Alternative to Gold for Advanced Plasmonic Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doha Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aotmane En Naciri</w:t>
@@ -1666,70 +1666,70 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kassem</w:t>
+                <w:t xml:space="preserve">A. Kassem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Conference on Gold 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2025, San Sebastian, Spain</w:t>
+              <w:t xml:space="preserve">, May 2025, San Sebastian, Spain. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
@@ -1902,51 +1902,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054417v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zribi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Bouzour&#226;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Essaidi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Touihri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwahab Boukhachem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2025.172372" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Abbas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Alhaddad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kassem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01538" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05132399v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Billeh Bouzouraa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Winiarski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739820v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Z Tijent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar B Bouzour&#226;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Ottapilakkal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Perepeliuc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Gujrati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406794" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262373v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alhaddad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M B Shoker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pag&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Postnikov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V J B Torres" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0134454" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993415v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Baker Shoker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Postnikov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torres" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150353" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04510504v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Zribi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Essaidi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2023.171428" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04510506v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. En Naciri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Battie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dalmasso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112919" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169294v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Araiedh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.11.045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899463v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Za&#239;bi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oueslati" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.03.078" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2017.01.044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05099641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kassem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054417v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zribi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-B. Bouzour&#226;a" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Essaidi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Touihri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwahab Boukhachem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2025.172372" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Abbas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aotmane En Naciri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Alhaddad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kassem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2025.e01538" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05132399v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zimmer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar Billeh Bouzouraa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Winiarski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739820v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Z Tijent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montassar B Bouzour&#226;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Ottapilakkal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Perepeliuc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Gujrati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202406794" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262373v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alhaddad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M B Shoker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pag&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Postnikov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V J B Torres" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0134454" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993415v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Baker Shoker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Postnikov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Torres" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0150353" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04510504v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Zribi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Essaidi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2023.171428" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04510506v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. En Naciri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Battie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dalmasso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112919" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169294v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Araiedh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.11.045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899463v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Za&#239;bi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oueslati" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.03.078" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02899477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2017.01.044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05099641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kassem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>