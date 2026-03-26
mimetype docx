--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,961 +100,961 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Brague river flood modelling 2: efforts to optimize HPC resources for a TELEMAC-2D code based on shallow water equations</w:t>
+                <w:t xml:space="preserve">Investigating the impact of surfactant–salt feed solution on PTFE membrane performance under varying feed and permeate temperatures in membrane distillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Ah-Woane</w:t>
+                <w:t xml:space="preserve">Atefeh Tizchang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Davarend</w:t>
+                <w:t xml:space="preserve">Itzel Alcaraz Bernades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Cordier</w:t>
+                <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zied Amama</w:t>
+                <w:t xml:space="preserve">Hussam Jouhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Basic</w:t>
+                <w:t xml:space="preserve">Luca Montorsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 3, pp.1 - 27. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 223, pp.776-787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/28375807.2025.2474241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cherd.2025.10.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05001255v1</w:t>
+                <w:t xml:space="preserve">hal-05338002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AquaVar decision support system for water resource management: Lessons learned from the first five years of operation</w:t>
+                <w:t xml:space="preserve">Toward Brague river flood modelling 2: efforts to optimize HPC resources for a TELEMAC-2D code based on shallow water equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Picourlat</w:t>
+                <w:t xml:space="preserve">Emmanuel Ah-Woane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lian Guey Ler</w:t>
+                <w:t xml:space="preserve">Thibaut Davarend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Targosz</w:t>
+                <w:t xml:space="preserve">Florian Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paguedame Game</w:t>
+                <w:t xml:space="preserve">Zied Amama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hézouwé Amaou Tallé</w:t>
+                <w:t xml:space="preserve">Boris Basic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Styx</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Digital Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3, pp.1 - 27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rvr2.120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/28375807.2025.2474241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04942388v1</w:t>
+                <w:t xml:space="preserve">hal-05001255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual City Simulator: A Scenario-Based Tool for Multidimensional Urban Flood Long-Term Vulnerability Assessment and Planning in Mediterranean Cities</w:t>
+                <w:t xml:space="preserve">AquaVar decision support system for water resource management: Lessons learned from the first five years of operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Noemí Gomez Vaca</w:t>
+                <w:t xml:space="preserve">Fanny Picourlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucía Alexandra Popartan</w:t>
+                <w:t xml:space="preserve">Lian Guey Ler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillem Armengol Selvas</w:t>
+                <w:t xml:space="preserve">Jérémy Targosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergi Nuss-Girona</w:t>
+                <w:t xml:space="preserve">Paguedame Game</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Abily</w:t>
+                <w:t xml:space="preserve">Hézouwé Amaou Tallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (24), pp.3538. </w:t>
+              <w:t xml:space="preserve">River Styx</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/w17243538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rvr2.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420971v1</w:t>
+                <w:t xml:space="preserve">hal-04942388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Brague river flood modelling 3: the impact of culvert representation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zied Amama</w:t>
+                <w:t xml:space="preserve">Virtual City Simulator: A Scenario-Based Tool for Multidimensional Urban Flood Long-Term Vulnerability Assessment and Planning in Mediterranean Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Noemí Gomez Vaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Alexandra Popartan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Armengol Selvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergi Nuss-Girona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Cordier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jenna Lotfi</w:t>
+                <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/28375807.2025.2465376⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (24), pp.3538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w17243538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04989018v1</w:t>
+                <w:t xml:space="preserve">hal-05420971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the impact of surfactant–salt feed solution on PTFE membrane performance under varying feed and permeate temperatures in membrane distillation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hussam Jouhara</w:t>
+                <w:t xml:space="preserve">Toward Brague river flood modelling 3: the impact of culvert representation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ah-Woane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zied Amama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Davarend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Montorsi</w:t>
+                <w:t xml:space="preserve">Jenna Lotfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 223, pp.776-787. </w:t>
+              <w:t xml:space="preserve">Digital Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3 (1), pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cherd.2025.10.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/28375807.2025.2465376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338002v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling hydrological and sanitation datasets to simulate wastewater-derived contamination in European rivers: Model development and calibration</w:t>
+                <w:t xml:space="preserve">Screening Rainwater Harvesting Potentialities in the EU Industrial Sector: A Framework for Site-Specific Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janick Klink</w:t>
+                <w:t xml:space="preserve">Daniel F C Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Aixalà Perelló</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgan Abily</w:t>
+                <w:t xml:space="preserve">João M Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussam Jouhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Saló</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evina Katsou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2024.106049⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (12), pp.1758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w16121758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832406v1</w:t>
+                <w:t xml:space="preserve">hal-04779806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening Rainwater Harvesting Potentialities in the EU Industrial Sector: A Framework for Site-Specific Assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling hydrological and sanitation datasets to simulate wastewater-derived contamination in European rivers: Model development and calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janick Klink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel F C Dias</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Laura Aixalà Perelló</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João M Ribeiro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hussam Jouhara</w:t>
+                <w:t xml:space="preserve">Joan Saló</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evina Katsou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ignasi Rodríguez-Roda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (12), pp.1758. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 178, pp.106049. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/w16121758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2024.106049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779806v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Groundwater Resources Management: Spatially-Nested Modelling Approach for Water Cycle Simulation</w:t>
               </w:r>
@@ -1274,51 +1274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance assessment of modelling tools for high resolution runoff simulation over an industrial site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Marie Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1423,77 +1423,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of Flood Vulnerability Through a Multidimensional Index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Noemí Gomez Vaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignasi Rodríguez-Roda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chatou, France. pp.67-78, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1579,51 +1579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Pheulpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Migaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SimHydro 2023: New modelling paradigms for water issues?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SHF, Nov 2023, Chatou, France. pp.41-55, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1670,51 +1670,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefit of coupling 1d-2d model over an urban area to assess runoff during a storm event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malo Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1774,51 +1774,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty related to high resolution topographic data use for flood event modeling over urban areas: toward a sensitivity analysis approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1908,51 +1908,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Standard 2D Numerical Modeling Tools to Simulate Surface Runoff Over an Industrial Site: Feasibility and Comparative Performance Survey Over a Test Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Marie Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2044,51 +2044,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A CFD Study on Different Configurations of Spacer-Filled Membrane Distillation System Using OpenFOAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atefeh Tizchang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abily Morgan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2210,51 +2210,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution modelling with bi-dimensional shallow water equations based codes : high-resolution topographic data use for flood hazard assessment over urban and industrial environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Abily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Other. Université Nice Sophia Antipolis, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015NICE4121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2450,51 +2450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001255v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ah-Woane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Davarend" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cordier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Amama" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Basic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28375807.2025.2474241" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942388v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Picourlat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Guey Ler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Targosz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paguedame Game" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;zouw&#233; Amaou Tall&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rvr2.120" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420971v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Noem&#237; Gomez Vaca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Alexandra Popartan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Armengol Selvas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Nuss-Girona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Abily" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17243538" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989018v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Lotfi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28375807.2025.2465376" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338002v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Tizchang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Alcaraz Bernades" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussam Jouhara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montorsi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2025.10.025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832406v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Klink" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aixal&#224; Perell&#243;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sal&#243;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Rodr&#237;guez-Roda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2024.106049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779806v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F C Dias" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o M Ribeiro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evina Katsou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121758" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03710908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Ma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abily" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Du" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gourbesville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fouch&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11269-020-02504-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215647v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scarceriaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Duluc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201505031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214979v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Faes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourbesville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/hydro.2013.063" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921707v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4072-7_5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730240v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Nathaly Rodriguez Orozco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pheulpin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Migaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4072-7_3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914226v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Lambert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delestre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_20" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215672v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amoss&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201448018" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04215611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-4451-42-0_3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702960v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abily Morgan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gernjak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-97-4076-5_24" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4076-5_24" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01288217v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NICE4121" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Tizchang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Alcaraz Bernades" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Abily" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussam Jouhara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montorsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2025.10.025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001255v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ah-Woane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Davarend" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cordier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Amama" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Basic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28375807.2025.2474241" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Picourlat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Guey Ler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Targosz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paguedame Game" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;zouw&#233; Amaou Tall&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rvr2.120" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420971v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Noem&#237; Gomez Vaca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Alexandra Popartan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Armengol Selvas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Nuss-Girona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17243538" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989018v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Lotfi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28375807.2025.2465376" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F C Dias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o M Ribeiro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evina Katsou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121758" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Klink" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aixal&#224; Perell&#243;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Sal&#243;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Rodr&#237;guez-Roda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2024.106049" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03710908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Ma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abily" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Du" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gourbesville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fouch&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11269-020-02504-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215647v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scarceriaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Duluc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201505031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214979v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Faes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourbesville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/hydro.2013.063" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921707v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4072-7_5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730240v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Nathaly Rodriguez Orozco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pheulpin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Migaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4072-7_3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914226v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Lambert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delestre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-1600-7_20" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215672v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amoss&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Richet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201448018" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04215611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-4451-42-0_3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702960v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abily Morgan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gernjak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-97-4076-5_24" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-4076-5_24" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01288217v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NICE4121" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>