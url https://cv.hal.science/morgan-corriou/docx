--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -745,186 +745,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03747863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cinématographiste tunisien, Albert Samama</w:t>
+                <w:t xml:space="preserve">Les salles de cinéma dans l'empire colonial français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Corriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Véray. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ils y viennent tous.. au cinéma ! L'essor d'un spectacle populaire (1908-1919)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Le Passage, pp.112-116, 2021, 978-2-84742-473-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">Les salles de cinéma dans l'empire colonial français</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cinématographiste tunisien, Albert Samama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Corriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Véray. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ils y viennent tous.. au cinéma ! L'essor d'un spectacle populaire (1908-1919)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Le Passage, pp.112-116, 2021, 978-2-84742-473-7</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Passage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-55, 2021, 978-2-84742-473-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03750541v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une patrimonialisation du cinéma : les collections de scénarios à la Bibliothèque nationale de France</w:t>
               </w:r>
@@ -1515,165 +1515,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux origines du mouvement littéraire “nord-africain” : La Revue Soleil</w:t>
+                <w:t xml:space="preserve">Littérature et folklore colonial sous le protectorat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Corriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Usages et représentations des cultures pendant la période coloniale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CERES, pp.117-128, 2009</w:t>
+              <w:t xml:space="preserve">, CERES, pp.375-387, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04375801v1</w:t>
+                <w:t xml:space="preserve">hal-04375802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littérature et folklore colonial sous le protectorat</w:t>
+                <w:t xml:space="preserve">Aux origines du mouvement littéraire “nord-africain” : La Revue Soleil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Corriou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Usages et représentations des cultures pendant la période coloniale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CERES, pp.375-387, 2009</w:t>
+              <w:t xml:space="preserve">, CERES, pp.117-128, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04375802v1</w:t>
+                <w:t xml:space="preserve">hal-04375801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunis et la Méditerranée dans la littérature française du protectorat</w:t>
               </w:r>
@@ -3569,51 +3569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059575v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Corriou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216430v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Damiens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Leventopoulos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nefeli Liontou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38789-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215773v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215753v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101795v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279164v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746718v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747863v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/juifs-et-musulmans-de-la-france-coloniale-a-nos-jours-benjamin-stora/9782021496475" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750530v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lepassage-editions.fr/produit/y-viennent-cinema/#about-this-book" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750541v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747869v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/books/id/54694/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.55553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551256v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279208v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375799v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279217v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/ej.9789004185456.i-618.86" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279234v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375801v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375802v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375804v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375803v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832286v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17460654.2024.2433268" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993890v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26350/001200_000220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518044v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.526" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279191v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1895.5211" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.101.0294" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279196v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2446" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.089.0115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279200v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irmc.754" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279272v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221321v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557815v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557812v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279261v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101788v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Bouden" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.55408" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279178v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059575v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Corriou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216430v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Damiens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Leventopoulos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nefeli Liontou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38789-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215773v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215753v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101795v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279164v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746718v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747863v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/juifs-et-musulmans-de-la-france-coloniale-a-nos-jours-benjamin-stora/9782021496475" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750541v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750530v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lepassage-editions.fr/produit/y-viennent-cinema/#about-this-book" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02537508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747869v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/books/id/54694/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.55553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02551256v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279208v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375799v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279217v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/ej.9789004185456.i-618.86" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279234v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375802v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375801v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375804v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375803v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832286v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17460654.2024.2433268" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993890v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26350/001200_000220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518044v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.526" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279191v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02542927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1895.5211" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.101.0294" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279196v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2446" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04279226v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.089.0115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279200v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irmc.754" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279272v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221321v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310330v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557815v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02557812v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279261v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101788v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Bouden" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527210v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.55408" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279178v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>