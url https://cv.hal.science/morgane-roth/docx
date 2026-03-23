--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1543,377 +1543,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03631559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic prediction of fruit texture and training population optimization towards the application of genomic selection in apple</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The apple REFPOP—a reference population for genomics-assisted breeding in apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Aranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Auwerkerken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Muranty</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Andrea Patocchi</w:t>
+                <w:t xml:space="preserve">Marco Bink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horticulture research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 7, pp.148-161. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41438-020-00370-5⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41438-020-00408-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02926794v1</w:t>
+                <w:t xml:space="preserve">hal-03016720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The apple REFPOP—a reference population for genomics-assisted breeding in apple</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic prediction of fruit texture and training population optimization towards the application of genomic selection in apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Annemarie Auwerkerken</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Muranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Di Guardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Bink</w:t>
+                <w:t xml:space="preserve">Andrea Patocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horticulture research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 7 (1), </w:t>
+              <w:t xml:space="preserve">, 2020, 7, pp.148-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41438-020-00408-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41438-020-00370-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016720v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of fruit texture with training population optimization for efficient genomic selection in apple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Di Guardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Muranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Patocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioRxiv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
@@ -2549,51 +2549,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Colloque scientifique de la Société Française de Photogrammétrie et Télédétection – Groupe Hyperspectral</w:t>
+              <w:t xml:space="preserve">SFPT-GH 2025 - 10e colloque scientifique du Groupe Hyperspectral de la Société Française de Photogrammétrie et de Télédétection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Grasse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05068673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3815,346 +3815,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for multi-pest symptoms in an apricot, and a peach core collection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sélection pour des idéotypes résilients chez les Prunus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Horticultural Congress - IHC 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Angers (FR), France</w:t>
+              <w:t xml:space="preserve">Animation scientifique « La résilience des plantes face aux variations de leur environnement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plant Alliance, Mar 2022, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03957145v1</w:t>
+                <w:t xml:space="preserve">hal-04177471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection pour des idéotypes résilients chez les Prunus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving genomic predictions with inbreeding and non-additive effects in two admixed maize hybrid populations in single and multi-environment contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Beugnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Mary-Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Charcosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animation scientifique « La résilience des plantes face aux variations de leur environnement »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Plant Alliance, Mar 2022, En ligne, France</w:t>
+              <w:t xml:space="preserve">XXVth EUCARPIA Maize and Sorghum Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04177471v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving genomic predictions with inbreeding and non-additive effects in two admixed maize hybrid populations in single and multi-environment contexts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Charcosset</w:t>
+                <w:t xml:space="preserve">Screening for multi-pest symptoms in an apricot, and a peach core collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVth EUCARPIA Maize and Sorghum Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">International Horticultural Congress - IHC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Angers (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04458027v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levier génétique sur abricotier et pêcher: où en sommes-nous?</w:t>
               </w:r>
@@ -4209,51 +4209,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic selection in apple: lessons from preliminary studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Muranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaela Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4261,51 +4261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xabi Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Patocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHC 2022- 31st International Horticultural congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, ANGERS, France</w:t>
@@ -4472,90 +4472,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing predictions for applying genomic selection to texture in Apple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Di Guardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Muranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Patocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th ROSACEAE GENOMICS CONFERENCE (virtual 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Barcelone, Spain. pp.Abstract C0031</w:t>
@@ -4636,51 +4636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Jose Aranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemarie Auwerkerken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Bink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th ROSACEAE GENOMICS CONFERENCE RGC10 (virtual)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for Research in Agriculture Genomics (CRAG), Dec 2020, Barcelona, Spain. pp.Abstract C0039</w:t>
@@ -5701,277 +5701,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04181863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping peach orchards with increased accuracy and throughput: perspectives of digital phenotyping</w:t>
+                <w:t xml:space="preserve">Improving genomic predictions with inbreeding and non-additive effects using two hybrid admixed populations in maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fabien Miart</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Beugnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Mary-Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Charcosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">X International Peach Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nouassa, Greece</w:t>
+              <w:t xml:space="preserve">Eucarpia Biometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Gif-sur-Yvette, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629711v1</w:t>
+                <w:t xml:space="preserve">hal-04132668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving genomic predictions with inbreeding and non-additive effects using two hybrid admixed populations in maize</w:t>
+                <w:t xml:space="preserve">Phenotyping peach orchards with increased accuracy and throughput: perspectives of digital phenotyping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alain Charcosset</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joss Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Comar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Miart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucarpia Biometrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Gif-sur-Yvette, France. 2022</w:t>
+              <w:t xml:space="preserve">X International Peach Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nouassa, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04132668v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The apple-REFPOP, an apple tree population dedicated to multi-trait genomic selection in a multi-environment design</w:t>
               </w:r>
@@ -5996,51 +5996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaela Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco C. A. M. Bink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Eric Durel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6986,51 +6986,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404160v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guilhot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Labrosse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Farrera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Meunier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1439.22" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05068423v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette B&#233;n&#233;jam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lheureux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tpg2.70047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03661146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Jung" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Aranzana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Auwerkerken" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac028" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beugnot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyac018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178894v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Viret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Florez-Rueda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Scharmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#228;dler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.624442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631570v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2021.102015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03605093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G. Olvera-Vazquez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Remou&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousselet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grandcolas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.26" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631559v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flurin Fiscalini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Grossniklaus" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab107" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926794v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Muranty" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Di Guardo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Guerra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Patocchi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00370-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016720v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bink" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00408-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624727v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Muranty" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/862193" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659134v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.302056" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621426v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Omrani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy E. Morris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-1631-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659100v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Griesser" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Paris" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcx133" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288237v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asencio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068673v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adeline" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sikora" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste F&#233;ret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996131v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804843v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734120v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Labrosse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Lan Nguyen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Costes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287732v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216717v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Cabel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179253v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957145v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Combe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177471v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458027v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03761429v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabi Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310895v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099503v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03098136v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Aranzana" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283043v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Lan Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065683v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065082v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nigon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Gillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilles" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667817v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776574v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia D'Argaignon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177477v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629711v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joss Gillet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lefebvre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Comar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132668v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738295v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco C. A. M. Bink" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actahort.org/members/symposiaa?action=abstractforcoauthor&amp;amp;abstractforcoauthorlink=zKXtwXmKoXMb-27829-DrikXtwXm" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500775v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711840v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Quesada-Traver" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03478738v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00906721v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404160v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guilhot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Labrosse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Farrera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Perez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Meunier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2025.1439.22" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05068423v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette B&#233;n&#233;jam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lheureux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tpg2.70047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03661146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Jung" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Keller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Aranzana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Auwerkerken" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac028" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beugnot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyac018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178894v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Viret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Florez-Rueda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Scharmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#228;dler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.624442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631570v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2021.102015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03605093v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G. Olvera-Vazquez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Remou&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Venon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousselet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grandcolas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.26" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631559v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flurin Fiscalini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Grossniklaus" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evab107" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016720v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bink" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00408-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926794v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Muranty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Di Guardo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Guerra" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Patocchi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-00370-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624727v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Muranty" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/862193" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659134v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.302056" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621426v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Omrani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy E. Morris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-1631-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659100v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Griesser" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Paris" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcx133" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288237v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asencio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068673v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Adeline" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sikora" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste F&#233;ret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996131v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804843v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Segaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734120v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Labrosse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac Lan Nguyen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Costes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287732v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216717v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Cabel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179253v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177471v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458027v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957145v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Combe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03761429v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabi Cazenave" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310895v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099503v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03098136v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Aranzana" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283043v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Lan Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065683v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065082v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nigon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Gillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilles" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667817v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776574v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia D'Argaignon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177477v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132668v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629711v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joss Gillet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lefebvre" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Comar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738295v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco C. A. M. Bink" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actahort.org/members/symposiaa?action=abstractforcoauthor&amp;amp;abstractforcoauthorlink=zKXtwXmKoXMb-27829-DrikXtwXm" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500775v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711840v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Quesada-Traver" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03478738v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00906721v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>