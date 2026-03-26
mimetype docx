--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,453 +100,453 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-suicidal self-injury among women hospitalised for anorexia nervosa</w:t>
+                <w:t xml:space="preserve">SONOPS Multicentre Cross-Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Hirot</w:t>
+                <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminata Ali</w:t>
+                <w:t xml:space="preserve">Maud Rodney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Blanchet</w:t>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Grandclerc</w:t>
+                <w:t xml:space="preserve">Choosie Jaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Godart</w:t>
+                <w:t xml:space="preserve">Elsa Garot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 30 (1), </w:t>
+              <w:t xml:space="preserve">International Dental Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-025-01728-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.identj.2025.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05029272v1</w:t>
+                <w:t xml:space="preserve">hal-04955700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing addiction care: Benefits of urinary screening with LC-HRMS (liquid chromatography-high resolution mass spectrometry) for psychoactive substances and drugs</w:t>
+                <w:t xml:space="preserve">Non-suicidal self-injury among women hospitalised for anorexia nervosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Le Carpentier</w:t>
+                <w:t xml:space="preserve">France Hirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Helesbeux</w:t>
+                <w:t xml:space="preserve">Aminata Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Biering</w:t>
+                <w:t xml:space="preserve">Corinne Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+                <w:t xml:space="preserve">Salomé Grandclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+                <w:t xml:space="preserve">Nathalie Godart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 141, pp.111465. </w:t>
+              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2025.111465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-025-01728-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05213507v1</w:t>
+                <w:t xml:space="preserve">hal-05029272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SONOPS Multicentre Cross-Sectional Study</w:t>
+                <w:t xml:space="preserve">Enhancing addiction care: Benefits of urinary screening with LC-HRMS (liquid chromatography-high resolution mass spectrometry) for psychoactive substances and drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Duval</w:t>
+                <w:t xml:space="preserve">Edouard Le Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Rodney</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Morgane Helesbeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Biering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elsa Garot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dental Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 141, pp.111465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.identj.2025.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2025.111465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04955700v1</w:t>
+                <w:t xml:space="preserve">hal-05213507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descriptive epidemiology of 30,223 histopathologically confirmed meningiomas in France: 2006–2015</w:t>
+                <w:t xml:space="preserve">Descriptive epidemiology of 399 histologically confirmed newly diagnosed meningeal solitary fibrous tumours and haemangiopericytomas in France: 2006–2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Champeaux Depond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zouaoui</w:t>
@@ -585,504 +585,504 @@
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mathieu-Daudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neurochirurgica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 166 (1), pp.214. </w:t>
+              <w:t xml:space="preserve">, 2024, 166 (1), pp.320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00701-024-06093-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00701-024-06191-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04615764v1</w:t>
+                <w:t xml:space="preserve">hal-04669445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Naloxone? Not for me!” First cross-assessment by patients and healthcare professionals of the risk of opioid overdose</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Equimolar oxygen-nitrous oxide (EMONO) in dental pediatric care. Which patients achieve therapeutic effects? A French national exploratory prospective observational multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Prud’homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Gerardin</w:t>
+                <w:t xml:space="preserve">M. Cheraud-Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dajean-Trutaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12954-024-00941-y⟩</w:t>
+              <w:t xml:space="preserve">European archives of paediatric dentistry : official journal of the European Academy of Paediatric Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40368-024-00950-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04765025v1</w:t>
+                <w:t xml:space="preserve">hal-04824036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESCAPE study: Cannabidiol use in patients treated for substance use disorders, prevalence of use and characteristics of users.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Cannabis use and dependence among festival attendees: results from the French OCTOPUS survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Chaaban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Schreck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Laigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Addiction Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000541887⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-024-18496-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824065v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equimolar oxygen-nitrous oxide (EMONO) in dental pediatric care. Which patients achieve therapeutic effects? A French national exploratory prospective observational multicenter study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">ESCAPE study: Cannabidiol use in patients treated for substance use disorders, prevalence of use and characteristics of users.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Cheraud-Carpentier</w:t>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dajean-Trutaud</w:t>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European archives of paediatric dentistry : official journal of the European Academy of Paediatric Dentistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">European Addiction Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40368-024-00950-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000541887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824036v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descriptive epidemiology of 399 histologically confirmed newly diagnosed meningeal solitary fibrous tumours and haemangiopericytomas in France: 2006–2015</w:t>
+                <w:t xml:space="preserve">Descriptive epidemiology of 30,223 histopathologically confirmed meningiomas in France: 2006–2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Champeaux Depond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zouaoui</w:t>
@@ -1121,255 +1121,255 @@
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mathieu-Daudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neurochirurgica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 166 (1), pp.320. </w:t>
+              <w:t xml:space="preserve">, 2024, 166 (1), pp.214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00701-024-06191-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00701-024-06093-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669445v1</w:t>
+                <w:t xml:space="preserve">hal-04615764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cannabis use and dependence among festival attendees: results from the French OCTOPUS survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“Naloxone? Not for me!” First cross-assessment by patients and healthcare professionals of the risk of opioid overdose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Chaaban</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Istvan</w:t>
+                <w:t xml:space="preserve">Axel Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Schreck</w:t>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Laigo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+                <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (1), pp.992. </w:t>
+              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12889-024-18496-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12954-024-00941-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04546123v1</w:t>
+                <w:t xml:space="preserve">hal-04765025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substance use disorder of equimolar oxygen-nitrous oxide mixture in French sickle-cell patients: results of the PHEDRE study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Couec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1446,90 +1446,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physicians, pharmacists and take-home naloxone: What practices? The SINFONI study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jaulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1574,511 +1574,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04765493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caregivers in anorexia nervosa: is grief underlying parental burden?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Meilleur</w:t>
+                <w:t xml:space="preserve">Evolution of the Addictovigilance Signal of Zopiclone: A 2014–2020 National Follow-up Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40519-023-01530-x⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-023-01078-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04106282v1</w:t>
+                <w:t xml:space="preserve">hal-04795227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Addictovigilance Signal of Zopiclone: A 2014–2020 National Follow-up Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">French national addictovigilance follow-up of zolpidem between 2014 and 2020: evolution of drug abuse, misuse and dependence before and after the regulatory change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Gérardin</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11469-023-01078-y⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (2), pp.169-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckad003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795227v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French national addictovigilance follow-up of zolpidem between 2014 and 2020: evolution of drug abuse, misuse and dependence before and after the regulatory change</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Gerardin</w:t>
+                <w:t xml:space="preserve">Caregivers in anorexia nervosa: is grief underlying parental burden?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Piva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Riquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Meilleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 33 (2), pp.169-175. </w:t>
+              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/eurpub/ckad003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-023-01530-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04765007v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction : Caregivers in anorexia nervosa: is grief underlying parental burden?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Piva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Riquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Meilleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (1), pp.38. </w:t>
@@ -2384,90 +2384,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did the New French Regulation of Zolpidem Decrease the Problematic Consumption of Zolpidem? A Field Study among Users</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Claudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2518,90 +2518,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did the pattern of use of zolpidem change since the enforcement of a new prescription rule? A latent class analysis using the French health insurance database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2646,377 +2646,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of cognitive impairment in a French sample of patients with restrictive anorexia nervosa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are marked body shape concerns associated with poorer outcomes at the one‐year follow‐up in anorexia nervosa?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Cholet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+                <w:t xml:space="preserve">Hélène Reinhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Donnio</w:t>
+                <w:t xml:space="preserve">Bastien Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Burlot</w:t>
+                <w:t xml:space="preserve">Emeline Eyzop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Pere</w:t>
+                <w:t xml:space="preserve">Sylvain Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (5), pp.1559-1570. </w:t>
+              <w:t xml:space="preserve">Brain and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-020-00981-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/brb3.2199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03407163v1</w:t>
+                <w:t xml:space="preserve">hal-03242690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are marked body shape concerns associated with poorer outcomes at the one‐year follow‐up in anorexia nervosa?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evaluation of cognitive impairment in a French sample of patients with restrictive anorexia nervosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Forestier</w:t>
+                <w:t xml:space="preserve">Y. Donnio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Eyzop</w:t>
+                <w:t xml:space="preserve">M. Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lambert</w:t>
+                <w:t xml:space="preserve">M. Pere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (5), pp.1559-1570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/brb3.2199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-020-00981-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03242690v1</w:t>
+                <w:t xml:space="preserve">hal-03407163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Change in the regulatory framework for zolpidem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 87 (8), pp.3310-3319. </w:t>
@@ -3080,64 +3080,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Péré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3188,103 +3188,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descriptive analysis of sickle cell patients living in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Couec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Masseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (3), pp.e0248649. </w:t>
@@ -3335,90 +3335,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Seniors Dependent on Benzodiazepines?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Guillou-Landreat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Pharmacology and Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 109 (2), pp.528-535. </w:t>
@@ -3469,51 +3469,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence of zolpidem use in France halved after secure prescription pads implementation in 2017: A SNDS database nested cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3599,90 +3599,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food Addiction among Female Patients Seeking Treatment for an Eating Disorder: Prevalence and Associated Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fauconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Brunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Thiabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (6), pp.1897. </w:t>
@@ -3746,64 +3746,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard‐jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3854,64 +3854,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumption of psychoactive substances in prison: Between initiation and improvement, what trajectories occur after incarceration? COSMOS study data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4040,51 +4040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dajean-Trutaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bulteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical Pediatric Dentistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (5), pp.429-436. </w:t>
@@ -4122,90 +4122,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French National Health Insurance Database Analysis and Field Study Focusing on the Impact of Secure Prescription Pads on Zolpidem Consumption and Sedative Drug Misuse: ZORRO Study Protocol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Loue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4282,51 +4282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Prud’homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dajean-Trutaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4384,632 +4384,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02516979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dopamine Agonists and Impulse Control Disorders: A Complex Association</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Typology of Patients with Behavioral Addictions or Eating Disorders during a One-Year Period of Care: Exploring Similarities of Trajectory Using Growth Mixture Modeling Coupled with Latent Class Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Donnio</w:t>
+                <w:t xml:space="preserve">Marion Montourcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40264-017-0590-6⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (11), pp.e0207398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0207398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158613v1</w:t>
+                <w:t xml:space="preserve">hal-03158625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typology of Patients with Behavioral Addictions or Eating Disorders during a One-Year Period of Care: Exploring Similarities of Trajectory Using Growth Mixture Modeling Coupled with Latent Class Analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+                <w:t xml:space="preserve">Dopamine Agonists and Impulse Control Disorders: A Complex Association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Caillon</w:t>
+                <w:t xml:space="preserve">Yann Donnio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (11), pp.e0207398. </w:t>
+              <w:t xml:space="preserve">Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (1), pp.19-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0207398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40264-017-0590-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158625v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disordered Eating in French High-Level Athletes: Association with Type of Sport, Doping Behavior, and Psychological Features.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Lise</w:t>
+                <w:t xml:space="preserve">The French Addictovigilance Network Clinical Assessment: Z-Drugs, True False Twins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Jolliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and weight disorders : EWD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40519-016-0342-0⟩</w:t>
+              <w:t xml:space="preserve">Expert opinion on drug safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (9), pp.1063-1069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14740338.2017.1346084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158154v1</w:t>
+                <w:t xml:space="preserve">hal-03158155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French Addictovigilance Network Clinical Assessment: Z-Drugs, True False Twins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+                <w:t xml:space="preserve">Disordered Eating in French High-Level Athletes: Association with Type of Sport, Doping Behavior, and Psychological Features.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Guerineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Paruit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert opinion on drug safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 16 (9), pp.1063-1069. </w:t>
+              <w:t xml:space="preserve">Eating and weight disorders : EWD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (1), pp.61-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14740338.2017.1346084⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-016-0342-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158155v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cult Membership: What Factors Contribute to Joining or Leaving?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Duretete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 257, pp.27-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5056,64 +5056,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inpatient Gamma-Hydroxybutyrate Detoxification: A Case Report Describing Day-to-Day Therapeutic Management.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Von Theobald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Debar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5171,364 +5171,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marked Body Shape Concerns in Female Patients Suffering from Eating Disorders: Relevance of a Clinical Sub-Group.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of Psychotropic Drug Urine Test Strips in Opiate Maintenance Therapy: A Clinical Assessment of Its Advantages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Gailledrat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+                <w:t xml:space="preserve">Régis Bouquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Vénisse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Rocher</w:t>
+                <w:t xml:space="preserve">Emeric Belliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0165232⟩</w:t>
+              <w:t xml:space="preserve">Substance abuse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (4), pp.584-590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08897077.2016.1176979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157731v1</w:t>
+                <w:t xml:space="preserve">hal-03157758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Psychotropic Drug Urine Test Strips in Opiate Maintenance Therapy: A Clinical Assessment of Its Advantages.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Marked Body Shape Concerns in Female Patients Suffering from Eating Disorders: Relevance of a Clinical Sub-Group.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gailledrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Bouquié</w:t>
+                <w:t xml:space="preserve">Jean-Luc Vénisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeric Belliot</w:t>
+                <w:t xml:space="preserve">Bruno Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Substance abuse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 37 (4), pp.584-590. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0165232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08897077.2016.1176979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0165232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157758v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques associées à l’attachement insécure dans l’anorexie mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Raynault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 174 (6), pp.431-435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5575,90 +5575,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicentre Study for Validation of the French Addictovigilance Network Reports Assessment Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82 (4), pp.1030-1039. </w:t>
@@ -5722,51 +5722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Couec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5999,51 +5999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029272v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Hirot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Ali" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanchet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Grandclerc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-025-01728-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213507v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Le Carpentier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Helesbeux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Biering" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aquizerate" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2025.111465" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955700v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rodney" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choosie Jaquin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.identj.2025.02.007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615764v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Champeaux Depond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zouaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Darlix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rigau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathieu-Daud&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00701-024-06093-z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765025v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cochard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Guerlais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gerardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-00941-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824065v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Istvan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000541887" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824036v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheraud-Carpentier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dajean-Trutaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40368-024-00950-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669445v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00701-024-06191-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546123v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chaaban" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Laigo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-024-18496-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rardin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Couec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Masseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chantalat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-024-03133-w" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765493v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jaulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.07.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106282v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Duclos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Piva" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Riquin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lalanne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Meilleur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01530-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-023-01078-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765007v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04818140v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01564-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079907v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Laslandes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.210218" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837361v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mala&#239;ka Lasfar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Eveno" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie T. Godart" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthoz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.04.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764984v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claudon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolliet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19158920" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796549v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2022.2047930" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Cholet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Donnio" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burlot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-020-00981-w" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242690v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Reinhardt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Forestier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Eyzop" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lambert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brb3.2199" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407064v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14753" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244134v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jobert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-03007-7" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407019v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0248649" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407111v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Victorri-Vigneau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landreat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02527997v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0228495" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159466v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fauconnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Thiabaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061897" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159473v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard&#8208;jules Laforgue" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5307" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02405311v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Geay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mauillon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0225189" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158819v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Prud'Homme" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Allio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dajean-Trutaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5005/jp-journals-10005-1658" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158792v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loue" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-027443" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516979v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Carpentier-Cheraud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12903-019-0732-6" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Donnio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-017-0590-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158625v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Montourcy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0207398" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158154v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousselet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guerineau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Paruit" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guinot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lise" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-016-0342-0" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158155v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2017.1346084" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158153v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Duretete" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.07.018" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158168v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Von Theobald" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Debar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boels" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ADM.0000000000000294" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157731v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gailledrat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc V&#233;nisse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165232" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157758v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bouqui&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Belliot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08897077.2016.1176979" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864037v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Raynault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.01.012" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157757v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13044" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156107v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wainstein" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-015-0677-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955700v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rodney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choosie Jaquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.identj.2025.02.007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029272v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Hirot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Ali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanchet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Grandclerc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-025-01728-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213507v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Le Carpentier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Helesbeux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Biering" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aquizerate" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2025.111465" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669445v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Champeaux Depond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zouaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Darlix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rigau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathieu-Daud&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00701-024-06191-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824036v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Istvan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheraud-Carpentier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dajean-Trutaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40368-024-00950-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546123v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chaaban" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Laigo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-024-18496-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824065v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000541887" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615764v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00701-024-06093-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765025v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cochard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Guerlais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gerardin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-00941-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546154v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rardin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Couec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Masseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chantalat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-024-03133-w" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765493v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jaulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.07.001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795227v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-023-01078-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765007v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad003" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106282v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Duclos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Piva" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Riquin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lalanne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Meilleur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01530-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04818140v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01564-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079907v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Laslandes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.210218" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837361v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mala&#239;ka Lasfar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Eveno" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie T. Godart" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthoz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.04.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764984v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claudon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolliet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19158920" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796549v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2022.2047930" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242690v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Reinhardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Forestier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Eyzop" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lambert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brb3.2199" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407163v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Cholet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Donnio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burlot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-020-00981-w" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407064v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14753" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244134v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jobert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-03007-7" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407019v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0248649" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407111v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Victorri-Vigneau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landreat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02527997v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0228495" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159466v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fauconnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Thiabaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061897" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159473v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard&#8208;jules Laforgue" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5307" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02405311v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Geay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mauillon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0225189" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158819v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Prud'Homme" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Allio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dajean-Trutaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5005/jp-journals-10005-1658" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158792v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loue" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-027443" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516979v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Prud&#8217;homme" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Carpentier-Cheraud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12903-019-0732-6" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158625v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Montourcy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0207398" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158613v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Donnio" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-017-0590-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158155v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2017.1346084" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158154v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousselet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guerineau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Paruit" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guinot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lise" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-016-0342-0" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158153v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Duretete" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.07.018" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158168v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Von Theobald" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Debar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boels" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ADM.0000000000000294" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157758v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bouqui&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Belliot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08897077.2016.1176979" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157731v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gailledrat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc V&#233;nisse" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0165232" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864037v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Raynault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.01.012" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157757v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13044" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156107v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Wainstein" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-015-0677-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>