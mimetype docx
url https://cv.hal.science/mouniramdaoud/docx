--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mounir AMDAOUD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles entrepreneuriat étudiants tiennent-ils toujours leurs promesses ? Une analyse fondée sur une approche sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Bahroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sectoral Diversity and Local Employment Growth in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux pour une Economie de l’innovation frugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires d’industrie : hétérogénéité et convergence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">146 territoires d'industrie, en apparence semblables et pourtant si différents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03527887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Port-city linkages and multi-level hinterlands: the case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Antoine Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience des territoires français face à la crise. Une première évaluation de l’ampleur du choc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Abdel Fattah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geography of COVID-19 outbreak and first policy answers in European regions and cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Succurro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiana Costanzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03046489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm Patenting and Types of innovation in Least Developed Countries. An Empirical Investigation on Patenting Determinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : analyse spatiale de l’influence des facteurs socio-économiques sur la prévalence et les conséquences de l’épidémie dans les départements français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources naturelles, innovation et développement économique : vers une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : analyse spatiale de l’influence des facteurs socio-économiques sur la prévalence et les conséquences de l’épidémie dans les départements français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources naturelles, innovation et développement économique : vers une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences externes et innovation: le cas des firmes de l'industrie manufacturière algérienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires d’industrie : hétérogénéité et convergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 181, pp.199-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité sectorielle et croissance de l’emploi local en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 544, pp.75 - 94. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24187/ecostat.2024.544.2125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration in academic research in the field of Business and Management in France: intranational versus international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linh-Chi Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse financière des PME et disponibilité du crédit sur le marché local : une analyse empirique sur données italiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 150 (2), pp.59-74. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.150.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 as a systemic shock: curb or catalyst for proactive policies towards territorial cohesion?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Moodie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Sánchez Gassen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Evers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulvio Adobati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (8), pp.1543-1556. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00343404.2023.2242387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience des territoires français face à la crise : une première évaluation de l’ampleur du choc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Abdel Fattah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 176, pp.9-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm patenting and types of innovation. An empirical investigation on patenting determinants in developing countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Hanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (6), pp.731-750. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10438599.2021.2024074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04729180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The mutual specialization of port and urban functions: The case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc‐antoine Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Papers in Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 101 (2), pp.439 - 460. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pirs.12659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03719089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare system and social trust in the fight against COVID-19: the case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (4), pp.895-900. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckab112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03513470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are regions equal in adversity? A spatial analysis of spread and dynamics of COVID-19 in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Health Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (4), pp.629-642. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10198-021-01280-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03859341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are regions equal in adversity? A spatial analysis of spread and dynamics of COVID-19 in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Health Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (4), pp.629-642. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10198-021-01280-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03513469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patent Determinants for SMEs in Least-Developed Countries: How Enterprise Size Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13132-020-00650-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patent Determinants for SMEs in Least-Developed Countries: How Enterprise Size Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la politique de mise à niveau sur l’innovation : le cas des entreprises industrielles algériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.9-44. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.8468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Système National d’Innovation en Algérie : entre inertie institutionnelle et sous-apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53, pp.39-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Système National d’Innovation en Algérie : entre inertie institutionnelle et sous-apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (2), pp.69. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What type of innovator is a frugal innovator? An econometric exercise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Frugal Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.89 - 107, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de l’emploi et interactions locales : le cas de la métropole brestoise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EconomiX - UMR 7235 - CNRS Université Paris Nanterre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03538202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geography of COVID-19 outbreak and first policy answers in European regions and cities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiana Costanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Ecole de management de Normandie. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOME 2 - Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles Programme de recherche pour le CGET & l'Institut CDC pour la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence nationale de la cohésion des territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances contrastées des zones d’emploi : observation et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale à la Cohésion des Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la Recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la dynamique économique de la métropole européenne de Lille et de ses interrelations avec les territoires avoisinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agence de Développement et d'Urbanisme de Lille Métropole. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation de données pour analyser les déterminants locaux de la COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la PUDN - Données SHS à l’échelle territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plateforme universitaire de données de Nanterre - MSH-Mondes, Apr 2021, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of innovation activities in the Algerian manufacturing firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 2017 Africa Meeting of the Econometric Society </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Algiers, Algeria, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants de l'innovation dans un Système National d'Innovation Emergent (SNIE) : le cas des entreprises algériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Forum Innovation VI </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01411805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mounir AMDAOUD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How industrial diversity affects local employment growth in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/aak.cg39qsk3f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pôles entrepreneuriat étudiants tiennent-ils toujours leurs promesses ? Une analyse fondée sur une approche sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Bahroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05032687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sectoral Diversity and Local Employment Growth in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires d’industrie : hétérogénéité et convergence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux pour une Economie de l’innovation frugale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">146 territoires d'industrie, en apparence semblables et pourtant si différents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03527887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience des territoires français face à la crise. Une première évaluation de l’ampleur du choc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Abdel Fattah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Port-city linkages and multi-level hinterlands: the case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Antoine Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : analyse spatiale de l’influence des facteurs socio-économiques sur la prévalence et les conséquences de l’épidémie dans les départements français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources naturelles, innovation et développement économique : vers une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geography of COVID-19 outbreak and first policy answers in European regions and cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Succurro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiana Costanzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03046489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm Patenting and Types of innovation in Least Developed Countries. An Empirical Investigation on Patenting Determinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : analyse spatiale de l’influence des facteurs socio-économiques sur la prévalence et les conséquences de l’épidémie dans les départements français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressources naturelles, innovation et développement économique : vers une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences externes et innovation: le cas des firmes de l'industrie manufacturière algérienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires d’industrie : hétérogénéité et convergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 181, pp.199-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité sectorielle et croissance de l’emploi local en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 544, pp.75 - 94. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24187/ecostat.2024.544.2125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration in academic research in the field of Business and Management in France: intranational versus international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linh-Chi Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustesse financière des PME et disponibilité du crédit sur le marché local : une analyse empirique sur données italiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 150 (2), pp.59-74. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.150.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 as a systemic shock: curb or catalyst for proactive policies towards territorial cohesion?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Moodie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Sánchez Gassen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Evers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulvio Adobati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (8), pp.1543-1556. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00343404.2023.2242387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résilience des territoires français face à la crise : une première évaluation de l’ampleur du choc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Abdel Fattah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 176, pp.9-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03614973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The mutual specialization of port and urban functions: The case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc‐antoine Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Papers in Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 101 (2), pp.439 - 460. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pirs.12659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03719089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm patenting and types of innovation. An empirical investigation on patenting determinants in developing countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Hanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics of Innovation and New Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (6), pp.731-750. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10438599.2021.2024074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04729180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healthcare system and social trust in the fight against COVID-19: the case of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (4), pp.895-900. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckab112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03513470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are regions equal in adversity? A spatial analysis of spread and dynamics of COVID-19 in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Health Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (4), pp.629-642. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10198-021-01280-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03859341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are regions equal in adversity? A spatial analysis of spread and dynamics of COVID-19 in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Health Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (4), pp.629-642. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10198-021-01280-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03513469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patent Determinants for SMEs in Least-Developed Countries: How Enterprise Size Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13132-020-00650-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patent Determinants for SMEs in Least-Developed Countries: How Enterprise Size Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Knowledge Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la politique de mise à niveau sur l’innovation : le cas des entreprises industrielles algériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 168, pp.9-44. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.8468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Système National d’Innovation en Algérie : entre inertie institutionnelle et sous-apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53 (2), pp.69. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr1.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Système National d’Innovation en Algérie : entre inertie institutionnelle et sous-apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 53, pp.39-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What type of innovator is a frugal innovator? An econometric exercise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Frugal Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.89 - 107, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de l’emploi et interactions locales : le cas de la métropole brestoise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EconomiX - UMR 7235 - CNRS Université Paris Nanterre. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03538202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geography of COVID-19 outbreak and first policy answers in European regions and cities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiana Costanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Ecole de management de Normandie. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOME 2 - Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles Programme de recherche pour le CGET & l'Institut CDC pour la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence nationale de la cohésion des territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la Recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances contrastées des zones d’emploi : observation et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale à la Cohésion des Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la dynamique économique de la métropole européenne de Lille et de ses interrelations avec les territoires avoisinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agence de Développement et d'Urbanisme de Lille Métropole. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation de données pour analyser les déterminants locaux de la COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Arcuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de la PUDN - Données SHS à l’échelle territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plateforme universitaire de données de Nanterre - MSH-Mondes, Apr 2021, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of innovation activities in the Algerian manufacturing firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 2017 Africa Meeting of the Econometric Society </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Algiers, Algeria, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants de l'innovation dans un Système National d'Innovation Emergent (SNIE) : le cas des entreprises algériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Forum Innovation VI </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01411805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId83"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bahroun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Levratto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Amdaoud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797143v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195895v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159844v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527887v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159734v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ducruet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Faure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159731v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Abdel Fattah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03046489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Arcuri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Succurro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiana Costanzo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059466v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059456v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059449v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159702v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136083v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141692v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Zouikri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450529v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05185983v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2024.544.2125" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219280v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh-Chi Vo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220365v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.150.0059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214029v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Moodie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora S&#225;nchez Gassen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Adobati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2023.2242387" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614973v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729180v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hanel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2021.2024074" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03719089v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;antoine Faure" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pirs.12659" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513470v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckab112" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03859341v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-021-01280-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059446v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13132-020-00650-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142238v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059434v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.8468" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142229v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059439v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979694v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03538202v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carr&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258564v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092516v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092512v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092526v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092529v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193293v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565635v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411805v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Levratto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Amdaoud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aak.cg39qsk3f" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032687v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bahroun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797143v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159844v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195895v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527887v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159731v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Abdel Fattah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159734v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ducruet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Faure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Arcuri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059449v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03046489v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Succurro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiana Costanzo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059456v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141692v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Zouikri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450529v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05185983v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2024.544.2125" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh-Chi Vo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220365v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.150.0059" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214029v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Moodie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora S&#225;nchez Gassen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Adobati" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2023.2242387" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614973v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03719089v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;antoine Faure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pirs.12659" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729180v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Hanel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10438599.2021.2024074" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513470v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckab112" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03859341v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10198-021-01280-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03513469v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059446v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13132-020-00650-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142238v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059434v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.8468" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059439v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr1.0013" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142229v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979694v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03538202v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carr&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258564v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rossignol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092516v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092512v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092526v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092529v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193293v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565635v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01411805v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>