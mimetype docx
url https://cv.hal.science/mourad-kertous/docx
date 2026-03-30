--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1513,278 +1513,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04634822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corporate resilience in the face of COVID-19: A proposal measurement index</w:t>
+                <w:t xml:space="preserve">Pollution de l’air, incidence et surmortalité a l’heure de la COVID-19 : cas des départements français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissem Ajili Ben Youssef</w:t>
+                <w:t xml:space="preserve">Brice Barois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Ben Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iben Ben Slimene</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samir B. Maliki</w:t>
+                <w:t xml:space="preserve">L’hocine Houanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kertous</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 27 (Spécial), pp.60-74. </w:t>
+              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023/1-2 (216-217), pp.346-372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.59876/a-jq8d-0ztz⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/vse.216.0346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763828v1</w:t>
+                <w:t xml:space="preserve">hal-04217252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution de l’air, incidence et surmortalité a l’heure de la COVID-19 : cas des départements français</w:t>
+                <w:t xml:space="preserve">Corporate resilience in the face of COVID-19: A proposal measurement index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Barois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Myriam Ben Saad</w:t>
+                <w:t xml:space="preserve">Wissem Ajili Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’hocine Houanti</w:t>
+                <w:t xml:space="preserve">Iben Ben Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir B. Maliki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kertous</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afef Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2023/1-2 (216-217), pp.346-372. </w:t>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (Spécial), pp.60-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/vse.216.0346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.59876/a-jq8d-0ztz⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04217252v1</w:t>
+                <w:t xml:space="preserve">hal-04763828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation and production management: lessons from Algerian consumers</w:t>
               </w:r>
@@ -3233,51 +3233,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378277v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Khalil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Ajili" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Abdelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Slimene" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781779643407-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763835v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bentouir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bendob" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir. Maliki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05258-3_34" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir B. Maliki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014871v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouallegue Olfa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cu&#233;noud Thibault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houanti L&#8217;hocine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Boukhari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Maliki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2024.130" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812095v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ben Saad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ben Saad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-024-00425-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Hartani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaya Wahidi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2024.140938" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378241v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ayoub" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ijbm.v19n1p143" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634811v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Bouallegue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634792v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0169" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2023.10056495" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763828v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Ajili Ben Youssef" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben Ben Slimene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jq8d-0ztz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217252v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.216.0346" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Benghalem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47556/J.WJEMSD.18.5.2022.1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634847v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carrard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.225.0695" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ben Zaied" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Omri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kossai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-022-00356-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05245461v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.194.00101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635049v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.194.0101" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634866v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issolah Fatiha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemaci Brahim" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kertous Mourad" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34118/djei.v12i1.1124" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492062v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhaleddine Ben Cheikh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;chir Ben Lahouel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123517" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155051v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Djemaci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02343231v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Mayoukou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.169.0121" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812103v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378277v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Khalil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Ajili" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kertous" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Amine Abdelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Slimene" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781779643407-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763835v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bentouir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bendob" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir. Maliki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05258-3_34" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir B. Maliki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014871v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouallegue Olfa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cu&#233;noud Thibault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houanti L&#8217;hocine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Boukhari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Maliki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2024.130" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812095v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ben Saad" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ben Saad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-024-00425-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Hartani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaya Wahidi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2024.140938" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378241v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ayoub" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ijbm.v19n1p143" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634811v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Bouallegue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634792v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0169" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSEM.2023.10056495" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Barois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.216.0346" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763828v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Ajili Ben Youssef" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iben Ben Slimene" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jq8d-0ztz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi Benghalem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hilmi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47556/J.WJEMSD.18.5.2022.1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634847v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Carrard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.225.0695" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ben Zaied" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Omri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kossai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-022-00356-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05245461v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.194.00101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635049v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.194.0101" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634866v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issolah Fatiha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemaci Brahim" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kertous Mourad" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34118/djei.v12i1.1124" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492062v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhaleddine Ben Cheikh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;chir Ben Lahouel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123517" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155051v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Djemaci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02343231v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Mayoukou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.169.0121" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812103v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>