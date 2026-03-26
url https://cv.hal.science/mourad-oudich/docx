--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1126,295 +1126,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-frequency nonreciprocal flexural wave propagation via compact cascaded time-modulated resonators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Observation of Degenerate Zero-Energy Topological States at Disclinations in an Acoustic Lattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanchen Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheng Wan</w:t>
+                <w:t xml:space="preserve">Wladimir Benalcazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liyun Cao</w:t>
+                <w:t xml:space="preserve">Ze-Guo Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Zeng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mourad Oudich</w:t>
+                <w:t xml:space="preserve">Guancong Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0097501⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128 (17), pp.174301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.174301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843373v1</w:t>
+                <w:t xml:space="preserve">hal-04032567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of Degenerate Zero-Energy Topological States at Disclinations in an Acoustic Lattice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuanchen Deng</w:t>
+                <w:t xml:space="preserve">Low-frequency nonreciprocal flexural wave propagation via compact cascaded time-modulated resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wladimir Benalcazar</w:t>
+                <w:t xml:space="preserve">Liyun Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ze-Guo Chen</w:t>
+                <w:t xml:space="preserve">Yi Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guancong Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 128 (17), pp.174301. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 120 (23), pp.231701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.174301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0097501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032567v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micropillared Surface to Enhance the Sensitivity of a Love-Wave Sensor</w:t>
               </w:r>
@@ -1906,64 +1906,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonreciprocal sound propagation via cascaded time modulated slab resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liyun Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yifan Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2343,51 +2343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangxu Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanchen Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Benalcazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renwen Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2964,680 +2964,650 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02383498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Love waves dispersion by phononic pillars for nano-particle mass sensing</w:t>
+                <w:t xml:space="preserve">Routing Acoustic Waves via a Metamaterial with Extreme Anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bonhomme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Oudich</w:t>
+                <w:t xml:space="preserve">Liting Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Wenkang Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sarry</w:t>
+                <w:t xml:space="preserve">Haolin Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Pennec</w:t>
+                <w:t xml:space="preserve">Cheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5068681⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (4), pp.044011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.12.044011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895020v1</w:t>
+                <w:t xml:space="preserve">hal-04981057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routing Acoustic Waves via a Metamaterial with Extreme Anisotropy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mourad Oudich</w:t>
+                <w:t xml:space="preserve">Rayleigh Waves in Phononic Crystal Made of Multilayered Pillars: Confined Modes, Fano Resonances, and Acoustically Induced Transparency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenkang Cao</w:t>
+                <w:t xml:space="preserve">B. Bonello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haolin Jiang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cheng Zhang</w:t>
+                <w:t xml:space="preserve">S. Hemaidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 12 (4), pp.044011. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.12.044011⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 9 (3), pp.034013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.034013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981057v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayleigh Waves in Phononic Crystal Made of Multilayered Pillars: Confined Modes, Fano Resonances, and Acoustically Induced Transparency</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tunable Sub-wavelength Acoustic Energy Harvesting with Metamaterial Plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Li</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.034013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (31), pp.315104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/aa779d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826538v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Sub-wavelength Acoustic Energy Harvesting with Metamaterial Plate</w:t>
+                <w:t xml:space="preserve">Phononic Crystal Made of Multilayered Ridges on a Substrate for Rayleigh Waves Manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yong Li</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/aa779d⟩</w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (12), pp.372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cryst7120372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981040v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phononic Crystal Made of Multilayered Ridges on a Substrate for Rayleigh Waves Manipulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acoustic metamaterials for sound mitigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badreddine Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Sarry</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoming Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cryst7120372⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (5), pp.524-532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2016.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393014v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic energy harvesting based on a planar acoustic metamaterial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuibao Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3655,2220 +3625,2116 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 108 (26), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4954987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04953665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic metamaterials for sound mitigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Badreddine Assouar</w:t>
+                <w:t xml:space="preserve">Acoustic superfocusing by solid phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoming Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoming Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2016.02.002⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 105 (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4904262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981043v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01293190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A one-dimensional optomechanical crystal with a complete phononic band gap</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Optomechanic interaction in a corrugated phoxonic nanobeam cavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Griol</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms5452⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 89, 245122, 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.245122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01054998v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01015199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic superfocusing by solid phononic crystals</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A one-dimensional optomechanical crystal with a complete phononic band gap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gomis-Bresco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Navarro-Urrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Griol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4904262⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.4452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms5452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01293190v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01054998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optomechanic interaction in a corrugated phoxonic nanobeam cavity</w:t>
+                <w:t xml:space="preserve">Negative effective mass density of acoustic metamaterial plate decorated with low frequency resonant pillars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Said El-Jallal</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Badreddine Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.89.245122⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4901462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01015199v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01233805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General analytical approach for sound transmission loss analysis through a thick metamaterial plate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoming Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 116 (19), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4901997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01293189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative effective mass density of acoustic metamaterial plate decorated with low frequency resonant pillars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling light-sound interaction in nanoscale cavities and waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos Papanikolaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4901462⟩</w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (6), pp.413-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2014-0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01233805v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling light-sound interaction in nanoscale cavities and waveguides</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Subwavelength acoustic focusing by surface-wave-resonance enhanced transmission in doubly negative acoustic metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoming Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2014-0004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116 (19), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4901996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03222009v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01293186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subwavelength acoustic focusing by surface-wave-resonance enhanced transmission in doubly negative acoustic metamaterials</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optomechanical interactions in two-dimensional Si and GaAs phoXonic cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Makhoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4901996⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26, 015005, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/1/015005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01293186v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00923930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optomechanical interactions in two-dimensional Si and GaAs phoXonic cavities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Said El-Jallal</w:t>
+                <w:t xml:space="preserve">Soft silicone rubber in phononic structures : correct elastic moduli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Still</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yan Pennec</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.K. Auerhammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vlassopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Makhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26, 015005, 12 p. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88, pp.094102-1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/1/015005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.094102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00923930v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft silicone rubber in phononic structures : correct elastic moduli</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of optomechanical coupling in two-dimensional square lattice phoxonic crystal slab cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Still</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Jean-Charles Beugnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 88, pp.094102-1-4. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.094102⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 88, pp.205410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.205410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871997v1</w:t>
+                <w:t xml:space="preserve">hal-00914464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of optomechanical coupling in two-dimensional square lattice phoxonic crystal slab cavities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laude</w:t>
+                <w:t xml:space="preserve">Dynamics of confined cavity modes in a phononic crystal slab investigated by in situ time-resolved experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Boyko-Kazymyrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Beugnot</w:t>
+                <w:t xml:space="preserve">Jinfeng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Belliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 88, pp.205410. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.205410⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 86 (22), pp.2243022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.224302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00914464v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00787471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of confined cavity modes in a phononic crystal slab investigated by in situ time-resolved experiments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acousto-optic couplings in two-dimensional phoxonic crystal cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Boyko-Kazymyrenko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Bonello</w:t>
+                <w:t xml:space="preserve">Quentin Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinfeng Zhao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Belliard</w:t>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.224302⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 101, pp.061109-1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4744539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00787471v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00787416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acousto-optic couplings in two-dimensional phoxonic crystal cavities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental evidence of locally resonant sonic band gap in two-dimensional phononic stubbed plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Senesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Badreddine Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Rolland</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Said El-Jallal</w:t>
+                <w:t xml:space="preserve">Massimo Ruzenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Dupont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yan Pennec</w:t>
+                <w:t xml:space="preserve">Jia-Hong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 101, pp.061109-1-4. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84 (16), pp.165136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4744539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.165136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00787416v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of locally resonant sonic band gap in two-dimensional phononic stubbed plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Opening of simultaneous photonic and phononic band gap in two-dimensional square lattice periodic structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Bria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Massimo Ruzenne</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jia-Hong Sun</w:t>
+                <w:t xml:space="preserve">Jerome O. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84 (16), pp.165136. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109 (1), pp.014507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.165136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3530682⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032271v1</w:t>
+                <w:t xml:space="preserve">hal-00579068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opening of simultaneous photonic and phononic band gap in two-dimensional square lattice periodic structure</w:t>
+                <w:t xml:space="preserve">Behavior of platinum/tantalum as interdigital transducers for SAW devices in high-temperature environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driss Bria</w:t>
+                <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Assouar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yan Pennec</w:t>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome O. Vasseur</w:t>
+                <w:t xml:space="preserve">Laurent Bouvot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Hehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3530682⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 58 (3), pp.603-610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFc.2011.1843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00579068v1</w:t>
+                <w:t xml:space="preserve">hal-00783914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior of platinum/tantalum as interdigital transducers for SAW devices in high-temperature environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
+                <w:t xml:space="preserve">Surface acoustic wave devices based on AlN/sapphire structure for high temperature applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...133 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Assouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouvot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 96 (20), pp.203503. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3430042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00783913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5878,51 +5744,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Love Wave Sensor for Detection of Viscosity Changes on a Cell Monolayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5981,381 +5847,381 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MicroTAS - 24th International Conference on Miniaturized Systems for Chemistry and Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Online, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of a phononic structure for bio-sensing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03178712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Love wave biosensor to diagnose modification of cell viscoelasticy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03178709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ characterization of biofluid using an optimized hybrid acousto-optic sensor array on a microfluidic cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Isabel Rocha-Gaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6364,391 +6230,391 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02073257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theory and simulation of optomechanical effects in phoxonic crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Makhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2014, Symposium D - Phonons and fluctuations in low dimensional structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00964102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Invited] A phoxonic crystal : photonic and phononic bandgaps in a 1D optomechanical crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Navarro-Urrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadeu Griol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Transparent Optical Networks, ICTON 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Graz, Austria. paper We.D6.4, 4 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICTON.2014.6876627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01056950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface acoustic wave bandgaps for conical pillars on a piezoelectric substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Mrabti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Akjouj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6767,337 +6633,337 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2014, Symposium D - Phonons and fluctuations in low dimensional structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00962392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 1D phoxonic crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Navarro-Urrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Griol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2014, Symposium D - Phonons and fluctuations in low dimensional structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00962402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 1D optomechanical crystal with a complete phononic band gap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Navarro Urrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadeu Griol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint 25th Conference of the Condensed Matter Division of the European Physical Society, and 14èmes Journées de la Matière Condensée, CMD25-JMC14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01015239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cavity modes and optomechanic interactions in strip waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7105,1570 +6971,1570 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Makhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">joint 25th Conference of the Condensed Matter Division of the European Physical Society, and 14èmes Journées de la Matière Condensée, CMD25-JMC14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01015291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions optomécaniques dans les cavités phoxoniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Defect modes and optomechanic interactions in phoxonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelkader Makhoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Grenoble, France. 4 p</w:t>
+              <w:t xml:space="preserve">ASME 2013 International Mechanical Engineering Congress and Exposition, IMECE 2013, Symposium on Vibration, Acoustics and Wave Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, San Diego, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00957779v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invité] Interactions optomécaniques dans les cavités phoxoniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acoustic metamaterial plate with negative effective mass density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yan Pennec</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.B. Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nano, Micro et Optoélectronique, JNMO 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Evian, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Phononic Crystals/Metamaterials, Phonon Transport and Optomechanics, PHONONICS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sharm El-Sheikh, Egypt. Paper PHONONICS-2013-0087, 142-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819474v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00881280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defect modes and optomechanic interactions in phoxonic crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions optomécaniques dans les cavités phoxoniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yan Pennec</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Makhoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2013 International Mechanical Engineering Congress and Exposition, IMECE 2013, Symposium on Vibration, Acoustics and Wave Propagation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, San Diego, CA, United States</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Grenoble, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986889v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic metamaterial plate with negative effective mass density</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Invité] Interactions optomécaniques dans les cavités phoxoniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bernard Bonello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Phononic Crystals/Metamaterials, Phonon Transport and Optomechanics, PHONONICS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Sharm El-Sheikh, Egypt. Paper PHONONICS-2013-0087, 142-143</w:t>
+              <w:t xml:space="preserve">14èmes Journées Nano, Micro et Optoélectronique, JNMO 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Evian, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00881280v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic metamaterial plate with negative effective mass density</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions optomécaniques dans les cavités phoxoniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Bonello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium, IUS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Assemblée Générale du GdR Ondes 2451 " Interférences d'ondes "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Dijon, France. papier A48, 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00944046v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00879925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optomechanical coupling in 1D corrugated structures with complete dual photonic and phononic band gap</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic metamaterial plate with negative effective mass density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Assouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd ImagineNano Event, Photonics/Plasmonics/Magneto-Optics International Conference, PPM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Bilbao, Spain</w:t>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium, IUS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986886v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wide surface acoustic wave bandgaps for conical pillars on a piezoelectric substrate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Optomechanical coupling in 1D corrugated structures with complete dual photonic and phononic band gap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gomis-Bresco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Navarro-Urrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Griol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Puerto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Phononic Crystals/Metamaterials, Phonon Transport and Optomechanics, PHONONICS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Sharm El-Sheikh, Egypt. Paper PHONONICS-2013-0113, 152-153</w:t>
+              <w:t xml:space="preserve">2nd ImagineNano Event, Photonics/Plasmonics/Magneto-Optics International Conference, PPM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00881281v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions optomécaniques dans les cavités phoxoniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Said El-Jallal</w:t>
+                <w:t xml:space="preserve">Wide surface acoustic wave bandgaps for conical pillars on a piezoelectric substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mrabti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Akjouj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale du GdR Ondes 2451 " Interférences d'ondes "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Dijon, France. papier A48, 2 p</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Phononic Crystals/Metamaterials, Phonon Transport and Optomechanics, PHONONICS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sharm El-Sheikh, Egypt. Paper PHONONICS-2013-0113, 152-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00879925v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00881281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering of dispersion curves and band gaps in a phononic crystal made of pillars on a membrane or substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Mrabti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Akjouj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2013 International Mechanical Engineering Congress and Exposition, IMECE 2013, Symposium on Vibration, Acoustics and Wave Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, San Diego, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00986891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Invited] Towards phoxonic crystals : optomechanics in corrugated beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Navarro-Urrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gomis-Bresco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Alzina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Electromagnetics Research Symposium, PIERS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00986885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavity modes and optomechanic interactions in phoxonic crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Said El-Jallal</w:t>
+                <w:t xml:space="preserve">Couplage acousto-optique dans les cristaux phoxoniques, cas d'une membrane en silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gazalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Kastelik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium, IUS 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">14èmes Journées Nano, Micro et Optoélectronique, JNMO 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Evian, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00944047v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage acousto-optique dans les cristaux phoxoniques, cas d'une membrane en silicium</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Kastelik</w:t>
+                <w:t xml:space="preserve">Cavity modes and optomechanic interactions in phoxonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nano, Micro et Optoélectronique, JNMO 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Evian, France</w:t>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium, IUS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00878823v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larges bandes interdites phononiques dans une structure de piliers coniques déposés sur un substrat piézoélectrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Mrabti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Akjouj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8687,87 +8553,87 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Grenoble, France. papier 95, 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00977478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acousto-optic interactions in 2D silicon and gallium arsenide phoxonic cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8775,120 +8641,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Makhoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Phononic Crystals/Metamaterials, Phonon Transport and Optomechanics, PHONONICS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Sharm El-Sheikh, Egypt. Paper PHONONICS-2013-0076, 246-247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00881279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confinement of elastic and optical wave in silicon plate and strip waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8896,463 +8762,463 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00759499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phononic and photonic properties of a stubbed strip waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M. Escalante</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josemaria Escala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMECE 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Houston, United States</w:t>
+              <w:t xml:space="preserve">ASME 2012 International Mechanical Engineering Congress and Exposition, IMECE 2012, Symposium on Phononic Crystals and Acoustic Metamaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Houston, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759501v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phononic and photonic properties of a stubbed strip waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said El-Jallal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Josemaria Escala</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Escalante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2012 International Mechanical Engineering Congress and Exposition, IMECE 2012, Symposium on Phononic Crystals and Acoustic Metamaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Houston, TX, United States</w:t>
+              <w:t xml:space="preserve">IMECE 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Houston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986895v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of tantalum and iridium as adhesion layers for Pt/LGS high temperature SAW devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Badreddine Assouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouvot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoumnone Bournebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02114812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9362,114 +9228,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude des cristaux phononiques à résonance locale dans les régimes sonique et hypersonique : approches théorique et expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université Henri Poincaré - Nancy 1, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011NAN10065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01746215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId250"/>
+      <w:footerReference w:type="default" r:id="rId247"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9616,51 +9482,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanchen Deng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Oudich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Jrk Gerard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Ji" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghui Lu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.180304" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghong Kong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengwei Qiu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Jing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-024-01950-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790769v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeonu Heo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Zhong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.014059" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784662v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Abrahams" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Revalor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vukadinovic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Assouar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0206120" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinava Chatterjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Xing Liu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.L161301" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202206309" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981053v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Huang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenpeng Xu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huachen Cui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0140673" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032611v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao-Wen Dong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng-Dong Zhao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Shen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanzeng Zhang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.044013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843373v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Wan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyun Cao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zeng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Guo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097501" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032567v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Benalcazar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ze-Guo Chen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guancong Ma" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.174301" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032480v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonhomme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bryche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alberto Segura Chavez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.064024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701265v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Segura Ch&#225;vez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beyssen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios12020061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032524v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097082" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701259v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bonhomme" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020081" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843765v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Zhu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.064061" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981020v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hensleigh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2021.102321" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981025v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desheng Yao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.024015" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979047v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangxu Su" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renwen Huang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.214311" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyu Li" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongdong Pan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abcce8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022797" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5068681" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02383498v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage-Ali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tisserand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191007" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895020v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonhomme" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarry" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pennec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981057v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Wu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenkang Cao" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Jiang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Zhang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.044011" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01826538v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonello" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hemaidia" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.034013" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981040v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa779d" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393014v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonello" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7120372" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953665v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuibao Qi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4954987" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981043v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Zhou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2016.02.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054998v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomis-Bresco" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro-Urrios" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El-Jallal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Griol" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5452" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293190v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Badreddine Assouar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4904262" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015199v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Gomis-Bresco" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.245122" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293189v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901997" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233805v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901462" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222009v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Papanikolaou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2014-0004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293186v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901996" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923930v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makhoute" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/1/015005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871997v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Still" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.K. Auerhammer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vlassopoulos" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.094102" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914464v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Beugnot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.205410" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787471v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boyko-Kazymyrenko" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinfeng Zhao" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belliard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.224302" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787416v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rolland" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4744539" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032271v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Senesi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ruzenne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Hong Sun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.165136" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579068v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Bria" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Assouar" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome O. Vasseur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3530682" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783914v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFc.2011.1843" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783913v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3430042" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654884v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178712v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segura Chavez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Olive" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beyssen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956925" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178709v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Segura Chavez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956914" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073257v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Renaudin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234344" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964102v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Makhoute" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056950v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro-Urrios" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadeu Griol" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876627" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962392v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Mrabti" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Akjouj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962402v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015239v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro Urrios" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015291v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957779v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819474v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986889v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881280v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Assouar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944046v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986886v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Puerto" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881281v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mrabti" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879925v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986891v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986885v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alzina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Martinez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944047v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878823v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gazalet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Kastelik" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977478v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881279v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759499v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759501v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Escalante" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986895v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josemaria Escala" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114812v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoumnone Bournebe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746215v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10065" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanchen Deng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Oudich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Jrk Gerard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Ji" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghui Lu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.180304" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghong Kong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengwei Qiu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Jing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-024-01950-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790769v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeonu Heo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Zhong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.014059" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784662v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnix Abrahams" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Revalor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vukadinovic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Assouar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0206120" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinava Chatterjee" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Xing Liu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.L161301" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202206309" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981053v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Huang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenpeng Xu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huachen Cui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0140673" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032611v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao-Wen Dong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng-Dong Zhao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Shen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanzeng Zhang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.044013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032567v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Benalcazar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ze-Guo Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guancong Ma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.174301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843373v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Wan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyun Cao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zeng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Guo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097501" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032480v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonhomme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bryche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alberto Segura Chavez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.064024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701265v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Segura Ch&#225;vez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beyssen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios12020061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032524v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0097082" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701259v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bonhomme" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020081" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843765v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Zhu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.064061" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981020v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hensleigh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2021.102321" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981025v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desheng Yao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.16.024015" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979047v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangxu Su" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renwen Huang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.214311" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyu Li" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongdong Pan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abcce8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022797" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5068681" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02383498v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hage-Ali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Tisserand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191007" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981057v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liting Wu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenkang Cao" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Jiang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Zhang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.044011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01826538v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonello" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hemaidia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.034013" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981040v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aa779d" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393014v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonello" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7120372" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981043v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Zhou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2016.02.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953665v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuibao Qi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4954987" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293190v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Badreddine Assouar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4904262" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015199v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El-Jallal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Gomis-Bresco" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.245122" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054998v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomis-Bresco" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro-Urrios" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Griol" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5452" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233805v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901462" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293189v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901997" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222009v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Papanikolaou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2014-0004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293186v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4901996" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923930v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makhoute" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/1/015005" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871997v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Still" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.K. Auerhammer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vlassopoulos" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.094102" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914464v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Beugnot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.205410" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787471v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boyko-Kazymyrenko" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinfeng Zhao" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belliard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.224302" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787416v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rolland" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupont" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4744539" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032271v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Senesi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ruzenne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Hong Sun" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.165136" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579068v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Bria" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Assouar" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome O. Vasseur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3530682" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783914v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hehn" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFc.2011.1843" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783913v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3430042" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654884v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178712v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonhomme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segura Chavez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Olive" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beyssen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956925" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178709v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarry" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Segura Chavez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956914" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073257v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Renaudin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234344" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964102v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Makhoute" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056950v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro-Urrios" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadeu Griol" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876627" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962392v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Mrabti" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Akjouj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962402v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015239v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Navarro Urrios" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015291v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986889v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881280v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Assouar" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957779v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819474v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879925v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944046v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986886v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Puerto" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881281v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mrabti" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986891v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986885v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alzina" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Martinez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878823v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gazalet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Kastelik" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944047v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977478v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881279v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759499v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986895v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josemaria Escala" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759501v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Escalante" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114812v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoumnone Bournebe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746215v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10065" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>