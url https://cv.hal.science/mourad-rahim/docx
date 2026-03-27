--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mourad RAHIM </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mourad-rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3330-0379</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">194056783</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing building envelope performance via dynamic PCM Integration in biomaterial concrete walls: A numerical evaluation and multi-objective optimization study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 280, pp.113141. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2025.113141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Precision Experimental Data for Thermal Model Validation of Flat-Plate Hybrid Water PV/T Collectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahad Maoulida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aboudou Kassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (11), pp.2972. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en18112972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05203646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating temperature and electrical efficiency of a photovoltaic panel cooled by laminar water film flowing on its front face : Experimental and numerical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Aït Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezki Nebbali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idir Kecili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamila Zembri-Nebbali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30, pp.101093. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2025.101093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of dynamic PCM integration in building walls for enhanced thermal performance in summer conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 237, pp.121891. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2024.121891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective non-halogen flame-retardants combined with nSiO2 particles to improve thermal stability and fire resistance of high-performance polyurethane nanocomposite foams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lam Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Thuy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Mao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan An Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Binh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmst.2024.02.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic integration of phase change material in walls for enhancing building thermal performance—A novel self-adaptive method for moving PCM layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 308, pp.118401. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2024.118401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of microstructural characterization and liquid transport in porous materials through image processing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Mao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dong Quy Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 151 (7), pp.1643-1664. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-024-02088-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygrothermal and energy performance assessment of a passive building wall integrating PCM and bio-based hygroscopic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 245, pp.110908. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2023.110908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of wooden-frame house under real climate conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Built Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (1), pp.122-129. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbenv.2021.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the Hygrothermal Behavior of a Building Envelope Based on Phase Change Materials and a Bio-Based Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics and Materials Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (5), pp.1483-1494. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/fdmp.2022.021917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic hygrothermal behavior and energy performance analysis of a novel multilayer building envelope based on PCM and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 341, pp.127739. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the Hygrothermal Behavior of a Building Envelope Based on Phase Change Materials and a Bio-Based Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics and Materials Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (5), pp.1483-1494. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/fdmp.2022.021917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilayer assembly of phase change material and bio-based concrete: A passive envelope to improve the energy and hygrothermal performance of buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 257, pp.115454. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2022.115454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilayer assembly of phase change material and bio-based concrete: A passive envelope to improve the energy and hygrothermal performance of buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 257, pp.115454. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2022.115454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on the hygrothermal behavior of a new multilayer building envelope integrating PCM with bio-based material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 201, pp.107995. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2021.107995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FE stress analysis and prediction of the pull-out of FRP rods glued into glulam timber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wood Material Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.53-62. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17480272.2020.1776769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of hygrothermal behavior of newly straw-rape concrete material in various conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (10), pp.2785-2796. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00231-019-02619-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen effect on structural and optical properties of zinc oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Radjehi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Djelloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Lamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fares Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (6), pp.520-526. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02670844.2018.1515842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of slurried silica fume on microstructure and tritiated water diffusivity of cement pastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Bajja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Dridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darquennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Bescop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 132, pp.85 - 93. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.11.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of two bio-based building envelopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 139, pp.608-615. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2017.01.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of two bio-based building envelopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 139, pp.608-615. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2017.01.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and comparison of hygric properties of rape straw concrete and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.679-687. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of the effect of non-isotherme sorption characteristics on hygrothermal behavior of two bio-based building walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Building Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.263-272. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jobe.2016.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-Dependent Sorption Characteristics on the Hygrothermal Behavior of a Hemp Concrete Building Envelope Submitted to Real Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Dung Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (SI2), </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36884/jafm.9.SI2.25654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of moisture and temperature on thermal properties of three bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 111, pp.119-127. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of moisture and temperature on thermal properties of three bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 111, pp.119-127. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of the effect of non-isotherme sorption characteristics on hygrothermal behavior of two bio-based building walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Building Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.263-272. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jobe.2016.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and comparison of hygric properties of rape straw concrete and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.679-687. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-dependent Sorption Characteristics on The Hygrothermal Behavior of Hemp Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.1449-1454. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2015.11.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-dependent Sorption Characteristics on The Hygrothermal Behavior of Hemp Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.1449-1454. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2015.11.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flax lime and hemp lime concretes: Hygric properties and moisture buffer capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 88, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.11.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flax lime and hemp lime concretes: Hygric properties and moisture buffer capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 88, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.11.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Study of Active Phase Change Materials Integrated into Building Envelopes for Energy Saving Under Summer Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOM 2023 International Conf. on MATERIALS & ENERGY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, CASERTA – ITALY, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of a novel building envelops integrating pcm and bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials &amp; Energy (ICOME21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behavior of bonded of composite Fiber-Reinforced Polymer (FRP) rods into glulam timber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Tunisien de Mécanique (CoTuMe2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale in-situ du comportement hygrothermique de l’enveloppe d’un éco-chalet bois dans les conditions hivernales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahoucine Ouhsaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque francophone en énergie, environnement, économie et thermodynamique (COFRET’18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA de Strasbourg, Jun 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygric buffering capacity of two bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Colloque International " Énergie &amp; Ville du Futur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of hygrothermal behavior of bio-based building envelope in high relative humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials &amp; energy (ICOME'18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale du comportement hygrothermique d'une paroi en béton de chanvre à l'échelle réelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">", ART-07-03, XIIème Colloque Interuniversitaire Franco-Québécois Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sherbrooke, Canada, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de comportement hygrothermique d'une paroi en béton de chanvre en conditions non-isothermes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Maalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behaviour of a rape straw concrete building envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International conference on bio-based materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Clermont Ferrand, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacité tampon hygrique des bétons de chanvre et de lin : expérimentation et application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International sur la Caractérisation et Modélisation des Matériaux et Structures (CMMS14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Tizi-Ouzou, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations mécanique et thermique de bétons agro-sourcés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubker Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écobat Sciences et Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacité hygrique en régime dynamique des bétons de chanvre et de lin : Étude expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rosquoët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing passive building walls using PCMs and bio-based hygroscopic materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fernando Pacheco-Torgal; Dan Tsang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Bio-Based Materials for Construction and Energy Efficiency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, In press, 9780443328015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Response of Bonded FRP Rods into Glued Laminated Timber Beams – Numerical Simulations and Parametric Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Mechanical Engineering and Mechanics II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.306-312, 2022, Lecture Notes in Mechanical Engineering, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86446-0_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et caractérisation du comportement hygrothermique de parois agro-sourcées à l’échelle 1 : expérimentation et modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Picardie Jules Verne (UPJV), Amiens, FRA.; Ecole doctorale en Sciences Technologie et Santé, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03124318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation des performances hygrothermiques d’un bâtiment biosourcé : expérimentation et modélisation numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Lorraine, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05457495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behaviour of a rape straw concrete building envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st International Conference on Bio-based Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, e-ISBN: 978-2-35158-154-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Non-Isothermal Conditions on Hygrothermal Behaviour of A Hemp Concrete Building Envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Dung Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Maalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Building Simulation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26868/25222708.2015.2132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId141"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mourad RAHIM </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mourad-rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-3330-0379</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">194056783</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing building envelope performance via dynamic PCM Integration in biomaterial concrete walls: A numerical evaluation and multi-objective optimization study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 280, pp.113141. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2025.113141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Precision Experimental Data for Thermal Model Validation of Flat-Plate Hybrid Water PV/T Collectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fahad Maoulida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Aboudou Kassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (11), pp.2972. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en18112972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05203646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating temperature and electrical efficiency of a photovoltaic panel cooled by laminar water film flowing on its front face : Experimental and numerical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Aït Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezki Nebbali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idir Kecili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamila Zembri-Nebbali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30, pp.101093. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2025.101093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of dynamic PCM integration in building walls for enhanced thermal performance in summer conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 237, pp.121891. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2024.121891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective non-halogen flame-retardants combined with nSiO2 particles to improve thermal stability and fire resistance of high-performance polyurethane nanocomposite foams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lam Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Thuy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Mao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan An Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Binh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmst.2024.02.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic integration of phase change material in walls for enhancing building thermal performance—A novel self-adaptive method for moving PCM layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 308, pp.118401. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2024.118401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04817972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of microstructural characterization and liquid transport in porous materials through image processing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Mao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dong Quy Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport in Porous Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 151 (7), pp.1643-1664. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11242-024-02088-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of wooden-frame house under real climate conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Built Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (1), pp.122-129. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbenv.2021.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygrothermal and energy performance assessment of a passive building wall integrating PCM and bio-based hygroscopic material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 245, pp.110908. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2023.110908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic hygrothermal behavior and energy performance analysis of a novel multilayer building envelope based on PCM and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 341, pp.127739. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2022.127739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of the Hygrothermal Behavior of a Building Envelope Based on Phase Change Materials and a Bio-Based Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics and Materials Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (5), pp.1483-1494. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/fdmp.2022.021917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilayer assembly of phase change material and bio-based concrete: A passive envelope to improve the energy and hygrothermal performance of buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 257, pp.115454. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2022.115454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on the hygrothermal behavior of a new multilayer building envelope integrating PCM with bio-based material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 201, pp.107995. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.buildenv.2021.107995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FE stress analysis and prediction of the pull-out of FRP rods glued into glulam timber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wood Material Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (2), pp.53-62. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17480272.2020.1776769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of hygrothermal behavior of newly straw-rape concrete material in various conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (10), pp.2785-2796. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00231-019-02619-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen effect on structural and optical properties of zinc oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamia Radjehi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Djelloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salim Lamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fares Slim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (6), pp.520-526. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02670844.2018.1515842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of slurried silica fume on microstructure and tritiated water diffusivity of cement pastes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Bajja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Dridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darquennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bennacer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Bescop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 132, pp.85 - 93. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.11.097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of two bio-based building envelopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 139, pp.608-615. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2017.01.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behavior of two bio-based building envelopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 139, pp.608-615. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2017.01.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and comparison of hygric properties of rape straw concrete and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.679-687. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of the effect of non-isotherme sorption characteristics on hygrothermal behavior of two bio-based building walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Building Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.263-272. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jobe.2016.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-Dependent Sorption Characteristics on the Hygrothermal Behavior of a Hemp Concrete Building Envelope Submitted to Real Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Dung Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (SI2), </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36884/jafm.9.SI2.25654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of moisture and temperature on thermal properties of three bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 111, pp.119-127. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of moisture and temperature on thermal properties of three bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 111, pp.119-127. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of the effect of non-isotherme sorption characteristics on hygrothermal behavior of two bio-based building walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Building Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.263-272. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jobe.2016.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and comparison of hygric properties of rape straw concrete and hemp concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.679-687. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.11.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-dependent Sorption Characteristics on The Hygrothermal Behavior of Hemp Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.1449-1454. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2015.11.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature-dependent Sorption Characteristics on The Hygrothermal Behavior of Hemp Concrete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 78, pp.1449-1454. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2015.11.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flax lime and hemp lime concretes: Hygric properties and moisture buffer capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 88, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.11.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of flax lime and hemp lime concretes: Hygric properties and moisture buffer capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 88, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.11.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Study of Active Phase Change Materials Integrated into Building Envelopes for Energy Saving Under Summer Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOM 2023 International Conf. on MATERIALS & ENERGY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, CASERTA – ITALY, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of a novel building envelops integrating pcm and bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials &amp; Energy (ICOME21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behavior of bonded of composite Fiber-Reinforced Polymer (FRP) rods into glulam timber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Tunisien de Mécanique (CoTuMe2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale in-situ du comportement hygrothermique de l’enveloppe d’un éco-chalet bois dans les conditions hivernales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahoucine Ouhsaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque francophone en énergie, environnement, économie et thermodynamique (COFRET’18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA de Strasbourg, Jun 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygric buffering capacity of two bio-based materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Colloque International " Énergie &amp; Ville du Futur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigation of hygrothermal behavior of bio-based building envelope in high relative humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Djedjig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials &amp; energy (ICOME'18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude expérimentale du comportement hygrothermique d'une paroi en béton de chanvre à l'échelle réelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">", ART-07-03, XIIème Colloque Interuniversitaire Franco-Québécois Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sherbrooke, Canada, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude numérique de comportement hygrothermique d'une paroi en béton de chanvre en conditions non-isothermes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Maalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behaviour of a rape straw concrete building envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International conference on bio-based materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Clermont Ferrand, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacité tampon hygrique des bétons de chanvre et de lin : expérimentation et application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International sur la Caractérisation et Modélisation des Matériaux et Structures (CMMS14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Tizi-Ouzou, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations mécanique et thermique de bétons agro-sourcés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubker Laidoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écobat Sciences et Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacité hygrique en régime dynamique des bétons de chanvre et de lin : Étude expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rosquoët</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing passive building walls using PCMs and bio-based hygroscopic materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxia Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Ganaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Bennacer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fernando Pacheco-Torgal; Dan Tsang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Bio-Based Materials for Construction and Energy Efficiency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, In press, 9780443328015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04967825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Response of Bonded FRP Rods into Glued Laminated Timber Beams – Numerical Simulations and Parametric Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ben Elechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Khelifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Oudjene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Mechanical Engineering and Mechanics II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.306-312, 2022, Lecture Notes in Mechanical Engineering, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86446-0_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et caractérisation du comportement hygrothermique de parois agro-sourcées à l’échelle 1 : expérimentation et modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Picardie Jules Verne (UPJV), Amiens, FRA.; Ecole doctorale en Sciences Technologie et Santé, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03124318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation des performances hygrothermiques d’un bâtiment biosourcé : expérimentation et modélisation numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Lorraine, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05457495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of hygrothermal behaviour of a rape straw concrete building envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.D. Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Promis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Langlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st International Conference on Bio-based Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, e-ISBN: 978-2-35158-154-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Non-Isothermal Conditions on Hygrothermal Behaviour of A Hemp Concrete Building Envelope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Dung Tran Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Samri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadi Maalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Rahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Douzane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Building Simulation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26868/25222708.2015.2132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04826240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2CD61AE1"/>
+    <w:nsid w:val="85F595E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mourad-rahim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3330-0379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194056783" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388081v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendong Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rahim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2025.113141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203646v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Maoulida" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Djedjig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aboudou Kassim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18112972" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969592v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia A&#239;t Saada" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezki Nebbali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idir Kecili" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Zembri-Nebbali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2025.101093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817975v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxia Wu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.121891" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530552v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lam Pham" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thuy Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Mao Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan An Nguyen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Binh Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmst.2024.02.066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118401" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552289v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Quy Hoang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Promis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-024-02088-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04491291v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2023.110908" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04491294v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2021.09.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826177v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/fdmp.2022.021917" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274347v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127739" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274357v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826178v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Liu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2022.115454" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274351v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2021.107995" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826197v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelifa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Elechi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2020.1776769" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Douzane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Langlet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ganaoui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02619-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124227v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Radjehi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Djelloul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Lamri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fares Slim" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670844.2018.1515842" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684823v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bajja" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dridi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darquennes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bennacer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bescop" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.11.097" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6X7MF9BJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Tran Le" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Promis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2017.01.058" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826181v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124256v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.11.021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124252v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2016.07.003" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124249v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Tran Le" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Samri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Douzane" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36884/jafm.9.SI2.25654" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826184v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.061" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124253v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826183v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826186v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826190v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Samri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.11.169" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124286v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826194v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laidoudi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2014.11.043" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WSC54MJC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124292v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826214v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257062v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257069v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ben Elechi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Khelifa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oudjene" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257088v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahoucine Ouhsaine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257077v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langlet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257083v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826233v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826246v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Maalouf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826229v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826250v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826260v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubker Laidoudi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826253v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosquo&#235;t" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967825v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826195v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86446-0_40" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03124318v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05457495v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826223v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826240v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2015.2132" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mourad-rahim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3330-0379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194056783" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388081v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendong Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Rahim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Ganaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2025.113141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203646v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Maoulida" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Djedjig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aboudou Kassim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18112972" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04969592v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia A&#239;t Saada" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezki Nebbali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idir Kecili" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Zembri-Nebbali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2025.101093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817975v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxia Wu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.121891" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530552v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lam Pham" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Thuy Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Mao Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan An Nguyen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Binh Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmst.2024.02.066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118401" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552289v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Quy Hoang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Promis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-024-02088-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04491294v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbenv.2021.09.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04491291v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2023.110908" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274347v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127739" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826177v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/fdmp.2022.021917" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274351v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Liu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2022.115454" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257014v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2021.107995" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826197v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khelifa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudjene" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Elechi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2020.1776769" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Douzane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Langlet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ganaoui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-019-02619-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Radjehi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Djelloul" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Lamri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fares Slim" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670844.2018.1515842" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684823v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bajja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dridi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darquennes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bennacer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bescop" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.11.097" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6X7MF9BJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124236v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Tran Le" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Promis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2017.01.058" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826181v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124256v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.11.021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2016.07.003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Tran Le" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Samri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Douzane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36884/jafm.9.SI2.25654" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.061" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124253v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826183v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826186v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826190v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Samri" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2015.11.169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124286v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826194v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Laidoudi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2014.11.043" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WSC54MJC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124292v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826214v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257062v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257069v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ben Elechi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Khelifa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oudjene" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257088v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahoucine Ouhsaine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257077v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Langlet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257083v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826233v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826246v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Maalouf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826229v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826250v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826260v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubker Laidoudi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826253v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rosquo&#235;t" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967825v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826195v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86446-0_40" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03124318v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05457495v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826223v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2015.2132" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>