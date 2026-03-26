--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -645,338 +645,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband integrated beam splitter using spatial adiabatic passage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of High-Index Contrast Lithium Niobate Waveguides Fabricated by High Vacuum Proton Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Petronela Rambu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alin Marian Apetrei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Lunghi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. de Micheli</w:t>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.26.027058⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2018.2822317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896063v1</w:t>
+                <w:t xml:space="preserve">hal-01784926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of High-Index Contrast Lithium Niobate Waveguides Fabricated by High Vacuum Proton Exchange</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hervé Tronche</w:t>
+                <w:t xml:space="preserve">Broadband integrated beam splitter using spatial adiabatic passage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lunghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rambu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
+                <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1 - 1. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JLT.2018.2822317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.027058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01784926v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soft-proton exchange on magnesium-oxide-doped substrates: A route toward efficient and power-resistant nonlinear converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lunghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Doutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Legoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2110,291 +2110,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low loss GaN waveguides for visible light on Si substrates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Subsurface Disorder and Electro-Optical Properties of Proton-Exchanged LiNbO 3 Waveguides Produced by Different Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Semond</w:t>
+                <w:t xml:space="preserve">Sergey M Kostritskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
+                <w:t xml:space="preserve">Yuri N Korkishko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Feullet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">V. A. Fedorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. P. Mitrokhin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. G. Sevostyanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, J. Europ. Opt. Soc. Rap. Public. 9, 14050 (2014), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2971/jeos.2014.14050⟩</w:t>
+              <w:t xml:space="preserve">, 2014, J. Europ. Opt. Soc. Rap. Public. 9, 14055 (2014), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2971/jeos.2014.14055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01315234v1</w:t>
+                <w:t xml:space="preserve">hal-01315499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsurface Disorder and Electro-Optical Properties of Proton-Exchanged LiNbO 3 Waveguides Produced by Different Techniques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yuri N Korkishko</w:t>
+                <w:t xml:space="preserve">Low loss GaN waveguides for visible light on Si substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. A. Fedorov</w:t>
+                <w:t xml:space="preserve">F Semond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. P. Mitrokhin</w:t>
+                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. G. Sevostyanov</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Feullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, J. Europ. Opt. Soc. Rap. Public. 9, 14055 (2014), </w:t>
+              <w:t xml:space="preserve">, 2014, J. Europ. Opt. Soc. Rap. Public. 9, 14050 (2014), </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2971/jeos.2014.14055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2971/jeos.2014.14050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01315499v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsurface disorder and electro-optical properties of proton-exchanged LiNbO 3 waveguides produced by different techniques</w:t>
               </w:r>
@@ -2419,64 +2419,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. N. Korkishko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.A. Fedorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. P. Mitrokhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. G. Sevostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9, pp.14055. </w:t>
@@ -2527,51 +2527,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirrorless optical parametric oscillators with stitching faults: Backward downconversion efficiency and coherence gain versus stochastic pump bandwidth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2808,51 +2808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tronche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (15), </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3046,51 +3046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Montes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 38 (12), pp.2083-2085</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3396,51 +3396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tanzilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3526,51 +3526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3634,51 +3634,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single WDM channel efficient wavelength shifting and/or amplification using couterpropagating optical parametric amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3738,51 +3738,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly efficient coupling in lithium niobate photonic wires by the use of a segmented waveguide coupler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 50 (12), pp.3885</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3993,51 +3993,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Tascu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 17 (20), pp.OPTICS EXPRESS 17868</w:t>
@@ -4118,51 +4118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Doutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Tascu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAS Publications Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 37, pp.311-339. </w:t>
@@ -4239,51 +4239,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ritwick Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4511,51 +4511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorin Tascu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25 (6), pp.0733-8724</w:t>
@@ -4703,286 +4703,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly efficient photon-pair source using a periodically poled lithium niobate waveguide</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electro-optically tunable erbium-doped fiber laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues de Riedmatten</w:t>
+                <w:t xml:space="preserve">Nawfel Azami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolfgang Tittel</w:t>
+                <w:t xml:space="preserve">André Saïssy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Zbinden</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Baldi</w:t>
+                <w:t xml:space="preserve">Gérard Monnom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fiber and Integrated Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.229</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432358v1</w:t>
+                <w:t xml:space="preserve">hal-00469537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electro-optically tunable erbium-doped fiber laser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly efficient photon-pair source using a periodically poled lithium niobate waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tanzilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nawfel Azami</w:t>
+                <w:t xml:space="preserve">Hugues de Riedmatten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Saïssy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
+                <w:t xml:space="preserve">Wolfgang Tittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Monnom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Mollier</w:t>
+                <w:t xml:space="preserve">Hugo Zbinden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiber and Integrated Optics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 37 (1), pp.26-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/el:20010009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00469537v1</w:t>
+                <w:t xml:space="preserve">hal-00432358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical power management using second harmonic generation in periodic segmented waveguides</w:t>
               </w:r>
@@ -5007,51 +5007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Fogli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Bellanca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5102,90 +5102,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tunable Er3+ doped fiber laser with polarimetric and Mach-Zehnder filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawfel Azami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Saïssy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5223,90 +5223,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved polarimetric tuning of an Er3+-doped fiber laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawfel Azami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Saïssy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5383,64 +5383,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kacem El Hadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 20, pp.1468-1470</w:t>
@@ -5482,64 +5482,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalisation d'un laser intégré continu sur Nd:LiTaO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Nouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5603,51 +5603,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5762,64 +5762,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dussardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pure and Applied Optics Journal of the European Optical Society Part A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 2, pp.569-573</w:t>
@@ -5874,64 +5874,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salim Nouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Monnom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5969,51 +5969,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication and characterisation of Titanium Indiffused Proton Exchanged (TIPE) waveguides in Lithium Niobate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Botineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6090,51 +6090,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient SHG with clad TI-LiNbO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Azema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6282,51 +6282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Doutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tronche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OPTIQUE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
@@ -6724,277 +6724,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01636594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une source UV à partir de la génération d'harmonique dans des guides GaN</w:t>
+                <w:t xml:space="preserve">GUIDES D'ONDES RÉALISÉS PAR ÉCHANGE PROTONIQUE SUR TANTALATE DE LITHIUM CONGRUENT ET SUR TANTALATE DE LITHIUM DOPÉ MGO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gromovyi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J-y Duboz</w:t>
+                <w:t xml:space="preserve">Getachew T Ayenew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNCO-Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01636615v1</w:t>
+                <w:t xml:space="preserve">hal-01636607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GUIDES D'ONDES RÉALISÉS PAR ÉCHANGE PROTONIQUE SUR TANTALATE DE LITHIUM CONGRUENT ET SUR TANTALATE DE LITHIUM DOPÉ MGO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une source UV à partir de la génération d'harmonique dans des guides GaN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gromovyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Semond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Getachew T Ayenew</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
+                <w:t xml:space="preserve">J-y Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t>
+              <w:t xml:space="preserve">JNCO-Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01636607v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01636615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTERACTIONS NON LINEARES EFFICACES DANS DES GUIDES D'ONDE A BASE DE GAN</w:t>
               </w:r>
@@ -7605,51 +7605,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PFM characterization of PPLN proton-exchanged waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleksandr Stepanenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7720,273 +7720,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01311756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second-Order Nonlinear Characterizations of Non-Homogeneous Quasi-Phase-Matched Waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly confining nonlinear proton exchanged embedded waveguides on z-cut lithium niobate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleksandr Stepanenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inna Krasnokutska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Quillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECIO'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311769v1</w:t>
+                <w:t xml:space="preserve">hal-01311774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly confining nonlinear proton exchanged embedded waveguides on z-cut lithium niobate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Second-Order Nonlinear Characterizations of Non-Homogeneous Quasi-Phase-Matched Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inna Krasnokutska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleksandr Stepanenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Quillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Aschieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECIO'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01311774v1</w:t>
+                <w:t xml:space="preserve">hal-01311769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Periodically poled lithium niobate waveguides for co- and counter-propagating optical parametric interactions</w:t>
               </w:r>
@@ -7998,51 +7998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPAM'10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8119,51 +8119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inna Krasnokutska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optique Paris 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8240,51 +8240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inna Krasnokutska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASSL'13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8361,51 +8361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inna Krasnokutska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Cherbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8424,652 +8424,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00849593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Proton Exchanged Photonic Wires in LiNbO3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Baldi</w:t>
+                <w:t xml:space="preserve">Nano-domain Structure in Lithium Niobate Modified by Proton Exchange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail A. Dolbilov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Ya. Shur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena V. Shishkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena S. Angudovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis O. Alikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Optical Materials (AIOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, San Diego, United States. paper IF1A.6</w:t>
+              <w:t xml:space="preserve">Joint international symposium ISFD-11-RCBJSF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Ekaterinburg, Russia. page 135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00760492v1</w:t>
+                <w:t xml:space="preserve">hal-00849623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nano-domain Structure in Lithium Niobate Modified by Proton Exchange</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis O. Alikin</w:t>
+                <w:t xml:space="preserve">Towards Proton Exchanged Photonic Wires in LiNbO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc P. de Micheli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleksandr Stepanenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Quillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint international symposium ISFD-11-RCBJSF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Ekaterinburg, Russia. page 135</w:t>
+              <w:t xml:space="preserve">Advances in Optical Materials (AIOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, San Diego, United States. paper IF1A.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849623v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00760492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modes Hybrides dans les Fils Quantiques Réalisés sur Niobate de Lithium en Coupe X</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Aschieri</w:t>
+                <w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Alibart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia d'Auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labonté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Doutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNOG 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">Nice Physics Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00849627v1</w:t>
+                <w:t xml:space="preserve">hal-00858386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of Nanodomain Structures in Lithium Niobate and Lithium Tantalate Crystals studied by Confocal Raman Microscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mikhail A. Dolbilov</w:t>
+                <w:t xml:space="preserve">Modes Hybrides dans les Fils Quantiques Réalisés sur Niobate de Lithium en Coupe X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleksandr Stepanenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Quillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Tronche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Aschieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAF-ECAPD-PFM-2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Aveiro, Portugal. ISBN: 9781467326681 page: 355</w:t>
+              <w:t xml:space="preserve">JNOG 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849616v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Alibart</w:t>
+                <w:t xml:space="preserve">Formation of Nanodomain Structures in Lithium Niobate and Lithium Tantalate Crystals studied by Confocal Raman Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Ya. Shur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginia d'Auria</w:t>
+                <w:t xml:space="preserve">Maxim S. Nebogatikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry S. Chezganov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Labonté</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
+                <w:t xml:space="preserve">Anton V. Ievlev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail A. Dolbilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nice Physics Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t>
+              <w:t xml:space="preserve">ISAF-ECAPD-PFM-2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Aveiro, Portugal. ISBN: 9781467326681 page: 355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00858386v1</w:t>
+                <w:t xml:space="preserve">hal-00849616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum wires in lithium niobate : first realizations and characterizations</w:t>
               </w:r>
@@ -9424,527 +9424,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00849124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum communication based on integrated nonlinear optics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
+                <w:t xml:space="preserve">Enabling quantum communication using integrated nonlinear optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tanzilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Quantum Manipulation of Atoms and Photons (QMAP2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, China</w:t>
+              <w:t xml:space="preserve">Optical Complex Systems: OCS11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00848266v1</w:t>
+                <w:t xml:space="preserve">hal-00848264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enabling quantum communication using integrated nonlinear optics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
+                <w:t xml:space="preserve">Quantum communication based on integrated nonlinear optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tanzilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Complex Systems: OCS11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Quantum Manipulation of Atoms and Photons (QMAP2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00848264v1</w:t>
+                <w:t xml:space="preserve">hal-00848266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narrowband polarization entanglement sources based on integrated optics for telecom quantum applications</w:t>
+                <w:t xml:space="preserve">Source de paires de photons intriqués en polar. émis en bande étroite aux longueurs d'ondes des télécoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Society, Summer Topicals on "Entanglement Distribution in quantum communication and Beyond"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">12ème Colloque sur les Lasers et l'Optique Quantique (COLOQ'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00858381v1</w:t>
+                <w:t xml:space="preserve">hal-00858616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source de paires de photons intriqués en polar. émis en bande étroite aux longueurs d'ondes des télécoms</w:t>
+                <w:t xml:space="preserve">Narrowband polarization entanglement sources based on integrated optics for telecom quantum applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Issautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Colloque sur les Lasers et l'Optique Quantique (COLOQ'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Society, Summer Topicals on "Entanglement Distribution in quantum communication and Beyond"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00858616v1</w:t>
+                <w:t xml:space="preserve">hal-00858381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra narrowband polarisation entangled photon-pair source for lond distance quantum networking</w:t>
               </w:r>
@@ -9956,77 +9956,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Nice, France</w:t>
@@ -10081,77 +10081,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Transparent Optical Networks (ICTON'11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden</w:t>
@@ -10206,51 +10206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alibart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10314,51 +10314,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niobate de lithium périodiquement polarisé à courte période et perspectives d'application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Quillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10689,51 +10689,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niobate de lithium périodiquement polarisé à courte période et perspectives d'application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10823,51 +10823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Escoubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Flory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coudray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11069,51 +11069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Escoubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Flory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11239,51 +11239,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tronche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Doutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNCO- Formation: "Cristaux, Micro-nano-structures et Dispositifs pour l’Optique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
@@ -11489,51 +11489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Quillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOG'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11872,51 +11872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizaveta Neradovskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc de Micheli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Montes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12234,51 +12234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908852v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mondain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Brunel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gouzien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zavatta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428637v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Petronela Rambu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Tiron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.8.000008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neradovskaia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neradovskiy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chuvakova" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2019.1574652" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408636v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.7.000A36" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896063v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lunghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doutre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bellec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Micheli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.027058" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784926v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2822317" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636501v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legoff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ayenew" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4991474" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636495v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimeric Courville" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rennesson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Semond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.023035" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334017v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zeng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Kurdi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.009602" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636574v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Roland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311738v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Ya. Shur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii A. Mingaliev" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel S. Zelenovskiy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Ushakova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2016.1155036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545949v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chezganov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vlasov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimadeeva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949360" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314704v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry S. Chezganov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Vlasov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Gimadeeva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311704v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Dolbilov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Lobov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2015.998946" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311687v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Naumova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O. Alikin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2015.998919" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315234v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Semond" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Feullet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14050" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315499v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey M Kostritskii" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri N Korkishko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Fedorov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P. Mitrokhin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. G. Sevostyanov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14055" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185478v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Kostritsky" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. N. Korkishko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Fedorov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14055]" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Montes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aschieri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gay-Para" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054158v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.03.056" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311126v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Stepanenko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quillier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2014.2329134" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315227v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kaiser" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Issautier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Delord" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aktas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832218v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena V. Shishkina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena S. Angudovich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D. Ushakov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584587.2013.776408" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315225v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Danila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P de Micheli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aschieri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sterian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718053v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Ostrowsky" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/025002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613987v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.201100010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849093v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2012.05.042" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647551v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849097v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene I. Shishkin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Tascu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2010.489840" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433411v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Castaldini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bassi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436424v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Tournier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0937039" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438478v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Thyagarajan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritwick Das" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.003577" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327240v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harhira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D Fontana" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433416v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110805v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tanzilli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Riedmatten" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tittel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zbinden" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432358v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Riedmatten" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Tittel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zbinden" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20010009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469537v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfel Azami" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sa&#239;ssy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Monnom" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mollier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460759v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Fogli" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Bellanca" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2004.02.049" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469516v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Ostrowsky" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469575v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469768v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Nouh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacem El Hadi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469826v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252569v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nouh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnom" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ostrowsky" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19944119" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4E54EC8E03429ECB43DBFE48816B22A2FF58A809/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469828v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Pikhtin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dussardier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maurice" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469837v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458268v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Botineau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibillot Paul" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papuchon Michel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458263v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Azema" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784884v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636609v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew Ayenew" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644003v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Neradovskiy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Neradovskaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Chezganov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gimadeeva" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vlasov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636594v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Chezganov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636615v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gromovyi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Semond" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brault" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Duboz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636607v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew T Ayenew" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636610v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311798v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Kuznetsov" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubov Gimadeeva" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311811v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Kvashnin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311821v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Gromovyi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courville" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311783v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Krasnokutska" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311756v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311769v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311774v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311751v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849810v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311766v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849593v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760492v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. de Micheli" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849623v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849627v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849616v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim S. Nebogatikov" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton V. Ievlev" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849115v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849600v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849124v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848266v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848264v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858381v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858616v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863058v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858627v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863036v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849130v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guilbert" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvestrini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862878v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Thomas" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrald Herrmann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849135v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kastberg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboussouan" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448653v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084174v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mangeat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Escoubas" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flory" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coudray" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334630v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Fontana" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084171v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643998v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311846v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311826v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311835v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784880v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784866v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636585v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908852v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mondain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Brunel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gouzien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zavatta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428637v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Petronela Rambu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Tiron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.8.000008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neradovskaia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Neradovskiy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chuvakova" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2019.1574652" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408636v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.7.000A36" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784926v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2018.2822317" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896063v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lunghi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doutre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rambu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bellec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Micheli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.027058" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636501v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legoff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ayenew" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4991474" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636495v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimeric Courville" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rennesson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Semond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.023035" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334017v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zeng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Kurdi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.009602" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636574v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Roland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311738v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Ya. Shur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii A. Mingaliev" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel S. Zelenovskiy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.S. Ushakova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2016.1155036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545949v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chezganov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vlasov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gimadeeva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949360" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314704v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry S. Chezganov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Vlasov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Gimadeeva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311704v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Dolbilov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Lobov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2015.998946" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311687v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Naumova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O. Alikin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2015.998919" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315499v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey M Kostritskii" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri N Korkishko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Fedorov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P. Mitrokhin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. G. Sevostyanov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14055" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315234v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Semond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Feullet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14050" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185478v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Kostritsky" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. N. Korkishko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Fedorov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/jeos.2014.14055]" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Montes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aschieri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gay-Para" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054158v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.03.056" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311126v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Stepanenko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quillier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2014.2329134" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315227v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kaiser" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Issautier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Delord" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aktas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832218v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena V. Shishkina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena S. Angudovich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei D. Ushakov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584587.2013.776408" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315225v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Danila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P de Micheli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aschieri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sterian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718053v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Ostrowsky" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/025002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613987v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.201100010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849093v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2012.05.042" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647551v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849097v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene I. Shishkin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Tascu" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2010.489840" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433411v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Castaldini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bassi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436424v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Tournier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0937039" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438478v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Thyagarajan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritwick Das" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.003577" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327240v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harhira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D Fontana" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433416v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110805v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tanzilli" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Riedmatten" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tittel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zbinden" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469537v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfel Azami" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sa&#239;ssy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Monnom" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mollier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432358v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues de Riedmatten" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Tittel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Zbinden" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20010009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460759v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Fogli" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Bellanca" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2004.02.049" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469516v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Ostrowsky" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469575v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469768v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Nouh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacem El Hadi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469826v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252569v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nouh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnom" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ostrowsky" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19944119" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4E54EC8E03429ECB43DBFE48816B22A2FF58A809/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469828v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Pikhtin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dussardier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maurice" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469837v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458268v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Botineau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibillot Paul" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papuchon Michel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458263v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Azema" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784884v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636609v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew Ayenew" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644003v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Neradovskiy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Neradovskaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Chezganov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Gimadeeva" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vlasov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636594v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Chezganov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636607v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getachew T Ayenew" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636615v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gromovyi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Semond" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brault" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-y Duboz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636610v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311798v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrii Kuznetsov" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyubov Gimadeeva" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311811v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Kvashnin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311821v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Gromovyi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courville" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311783v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Krasnokutska" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311756v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311774v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311769v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311751v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849810v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311766v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849593v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849623v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760492v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. de Micheli" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849627v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849616v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim S. Nebogatikov" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton V. Ievlev" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849115v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849600v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849124v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848264v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848266v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858616v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858381v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863058v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858627v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863036v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849130v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guilbert" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvestrini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862878v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Thomas" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrald Herrmann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849135v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kastberg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboussouan" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448653v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084174v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mangeat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Escoubas" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flory" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coudray" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334630v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Fontana" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084171v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643998v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311846v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311826v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311835v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784880v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784866v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizaveta Neradovskaia" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636585v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>