--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -497,78 +497,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Money, Credit and Banking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, June 2022 (4), pp.1099-1121. </w:t>
+              <w:t xml:space="preserve">, 2022, 54 (4), pp.1099-1121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jmcb.12803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03134473v1</w:t>
+                <w:t xml:space="preserve">hal-05455990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fed's Policy Changes and Inflation in Emerging Markets: Lessons from the Taper Tantrum</w:t>
               </w:r>
@@ -588,78 +588,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Money, Credit and Banking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 54 (4), pp.1099-1121. </w:t>
+              <w:t xml:space="preserve">, 2022, June 2022 (4), pp.1099-1121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jmcb.12803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05455990v1</w:t>
+                <w:t xml:space="preserve">hal-03134473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Contribution of Food Subsidy Policy to Monetary Policy in India</w:t>
               </w:r>
@@ -912,391 +912,391 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02452616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Inflation Targeting Always Matter for the ERPT? A robust approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonia Lopez Villavicencio</w:t>
+                <w:t xml:space="preserve">Inflation target and (a)symmetries in the oil price pass-through to inflation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia López-Villavicencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmacro.2019.04.004⟩</w:t>
+              <w:t xml:space="preserve">Energy Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 80, pp.860-875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eneco.2019.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082568v1</w:t>
+                <w:t xml:space="preserve">hal-05455916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inflation target and (a)symmetries in the oil price pass-through to inflation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Lòpez-Villavicencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 80, pp.860-875. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eneco.2019.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflation target and (a)symmetries in the oil price pass-through to inflation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonia López-Villavicencio</w:t>
+                <w:t xml:space="preserve">Optimal Monetary Policy in the Presence of Food Price Subsidies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Ginn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 80, pp.860-875. </w:t>
+              <w:t xml:space="preserve">Economic Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 81, pp.551-575. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eneco.2019.01.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.econmod.2018.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05455916v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01830769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Monetary Policy in the Presence of Food Price Subsidies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Ginn</w:t>
+                <w:t xml:space="preserve">Does Inflation Targeting Always Matter for the ERPT? A robust approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Lopez Villavicencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 81, pp.551-575. </w:t>
+              <w:t xml:space="preserve">Journal of Macroeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60, pp.360-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.econmod.2018.06.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmacro.2019.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01830769v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food prices and inflation targeting in emerging economies</w:t>
               </w:r>
@@ -1514,342 +1514,342 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Pattern</w:t>
+                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th International Symposium on Money, Banking and Finance Annual meeting of the European Research Group (GdRE) on Money Banking and Finance, 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d’Economie d’Orléans (Université d'Orléans), Jul 2024, Orléans, France</w:t>
+              <w:t xml:space="preserve">International conference "Environment, Policies, and Risks: Heterogeneities in Climate Change and Sustainability"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CPEN, UMR 7234; University Sorbonne Paris Nord, Nov 2024, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364744v1</w:t>
+                <w:t xml:space="preserve">hal-05364989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Patterns</w:t>
+                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Pattern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference "Environment, Policies, and Risks: Heterogeneities in Climate Change and Sustainability"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CPEN, UMR 7234; University Sorbonne Paris Nord, Nov 2024, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">40th International Symposium on Money, Banking and Finance Annual meeting of the European Research Group (GdRE) on Money Banking and Finance, 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’Economie d’Orléans (Université d'Orléans), Jul 2024, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05364989v1</w:t>
+                <w:t xml:space="preserve">hal-05364744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Patterns</w:t>
+                <w:t xml:space="preserve">Information Shocks in the U.S. and Asset Mispricing in Emerging Economies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">William Ginn</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Lòpez-Villavicencio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72ème congrès de l'Association Française de Science Economique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Science Economique, Jun 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">French/Japanese Conference on Asian and International Economies in a Era Globalization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po Aix, AMSE; Yokohama National University, Sep 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353584v1</w:t>
+                <w:t xml:space="preserve">hal-05353656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information Shocks in the U.S. and Asset Mispricing in Emerging Economies</w:t>
+                <w:t xml:space="preserve">Commodity Prices Exposure to Changing ENSO Patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antonia Lòpez-Villavicencio</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dufrénot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Ginn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French/Japanese Conference on Asian and International Economies in a Era Globalization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sciences Po Aix, AMSE; Yokohama National University, Sep 2024, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">72ème congrès de l'Association Française de Science Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Science Economique, Jun 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353656v1</w:t>
+                <w:t xml:space="preserve">hal-05353584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconventional monetary policy and central bank communication: between surprise and predictability</w:t>
               </w:r>
@@ -2271,51 +2271,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Shocks in the U.S. and Asset Mispricing in Emerging Economies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Lopez Villavicencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pourroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2957,51 +2957,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bro de Com&#232;res" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornel Oros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pourroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Raguideau-Hannotin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;l Vaubourg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2024.103236" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678758v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dufr&#233;not" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ginn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sullivan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/snde-2023-0018" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828849v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2024.106920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134473v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L&#243;pez-Villavicencio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmcb.12803" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455990v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944209v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2022.105904" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579680v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2020.05.011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452616v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Yeddou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2020.01.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082568v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Lopez Villavicencio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2019.04.004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082415v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L&#242;pez-Villavicencio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2019.01.025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455916v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830769v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2018.06.012" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386045v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inteco.2015.12.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBL8C3HP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2012.04.036" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-59CBZ23M-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364744v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364989v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353584v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04703843v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881344v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Carr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;zabel Couppey-Soubeyran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Plihon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159830v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04064759v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225070v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01614817v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141226v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00984303v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA010061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bro de Com&#232;res" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornel Oros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pourroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Raguideau-Hannotin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;l Vaubourg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jimonfin.2024.103236" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678758v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dufr&#233;not" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ginn" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sullivan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/snde-2023-0018" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828849v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2024.106920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455990v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L&#243;pez-Villavicencio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmcb.12803" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944209v4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2022.105904" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579680v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2020.05.011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452616v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacera Yeddou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2020.01.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455916v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2019.01.025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082415v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L&#242;pez-Villavicencio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830769v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2018.06.012" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082568v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Lopez Villavicencio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmacro.2019.04.004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386045v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inteco.2015.12.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBL8C3HP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econlet.2012.04.036" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-59CBZ23M-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364989v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364744v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353656v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353584v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04703843v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881344v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Carr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;zabel Couppey-Soubeyran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Plihon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00768906v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159830v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04064759v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225070v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01614817v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141226v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00984303v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA010061" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>