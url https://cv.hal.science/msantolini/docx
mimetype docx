--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,738 +66,146 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
-[...590 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond individualism: A multilevel approach to the Inner Development Goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boaz B Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inner Development Goals: Stories of Collective Leadership in Action, Volume 1: From “I” to “We”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp.213-234, 2025, 9783111337913. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783111337913-015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -807,428 +215,1020 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KEGNN: Knowledge-Enhanced Graph Neural Networks for User Engagement Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ching-Hao Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geovanny Palomino Roldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Kokshagina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICMR '25: International Conference on Multimedia Retrieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Chicago IL USA, United States. pp.275-283, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3731715.3733368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05176637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing networks from text using Large Language Models (LLMs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert N. Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 12th International Conference on Complex Networks and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Menton, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authentic Performance in opposition networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 12th International Conference on Complex Networks and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Menton, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing the Trajectories of Knowledge: A Systematic Analysis of Knowledge Mobility Patterns in Scientific and Cultural Texts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liubov Tupikina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Data Analytics Conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimising Team Dynamics: The Role of AI in Enhancing Challenge-Based Learning Participation Experience and Outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athina Georgara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Kokshagina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Justine Jacinta Haux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desmé Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beyond Zipf's Law: Exploring the Discrete Generalized Beta Distribution in Open-Source Repositories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Przemysław Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chakresh Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grzegorz Siudem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liubov Tupikina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating Developmental and Multi-Level Approaches in Somatic Process Group: Insights from a Relational Embodiment Residency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boaz B Feldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liubov Tupikina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183218v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collaboration and Performance of Citizen Science Projects Addressing the SDGs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Masselot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rathin Jeyaram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Tackx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Fernandez-Marquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03808080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">iGEM: a model system for team science and innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04514902v1</w:t>
+                <w:t xml:space="preserve">Robert Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rathin Jeyaram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1246,51 +1246,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radicalisation des communautés digitales : le cas du djihadisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naila El Haouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1495,64 +1495,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ assessment report of citizen local interactions and self-reporting GEAR cycle 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Union's Horizon 2020 research and innovation programme. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -1587,64 +1587,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical model of the association between collaboration dynamics and project performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Union's Horizon 2020 research and innovation programme. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -1666,51 +1666,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interface for visualization of team analytics with the CoSo platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1758,64 +1758,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ assessment report of citizen local interactions and self-reporting GEAR cycle 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Union's Horizon 2020 research and innovation programme. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -1837,64 +1837,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Best Practices of Interdisciplinary Communication in Complex Systems Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liubov Tupikina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1942,51 +1942,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ assessment report of citizen local interactions and self-reporting GEAR cycle 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Union's Horizon 2020 research and innovation programme; Crowd4SDG. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -2132,51 +2132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charting mobility patterns in the scientific knowledge landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chakresh Kumar Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liubov Tupikina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2249,51 +2249,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large language models recover scientific collaboration networks from text</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert N Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2353,103 +2353,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Zipf’s law: Exploring the discrete generalized beta distribution in open-source repositories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Przemysław Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chakresh Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grzegorz Siudem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liubov Tupikina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 649, pp.129927. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2496,51 +2496,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Self to Group to Community: Integrating Developmental and Multilevel Approaches in Somatic Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boaz Feldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liubov Tupikina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2626,51 +2626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas E Landrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amber Vjestica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliot Lawton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2855,103 +2855,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration and Performance of Citizen Science Projects Addressing the Sustainable Development Goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Masselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rathin Jeyaram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Tackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Luis Fernandez-Marquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Citizen Science: Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (1), </w:t>
@@ -3601,542 +3601,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01359830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Six Homeoproteins and a Iinc-RNA at the Fast MYH Locus Lock Fast Myofiber Terminal Phenotype</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iori Sakakibara</w:t>
+                <w:t xml:space="preserve">Imogene: identification of motifs and cis-regulatory modules underlying gene co-regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Rouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">François Schweisguth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent Hakim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10 (5), pp.e1004386. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (10), pp.6128-6145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004386⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gku209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01342678v1</w:t>
+                <w:t xml:space="preserve">hal-01332739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imogene: identification of motifs and cis-regulatory modules underlying gene co-regulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Six Homeoproteins and a Iinc-RNA at the Fast MYH Locus Lock Fast Myofiber Terminal Phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iori Sakakibara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Rouault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Santolini</w:t>
+                <w:t xml:space="preserve">Arnaud Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Schweisguth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hakim</w:t>
+                <w:t xml:space="preserve">Pascal Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 42 (10), pp.6128-6145. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (5), pp.e1004386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gku209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01332739v1</w:t>
+                <w:t xml:space="preserve">hal-01342678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide analyses of Shavenbaby target genes reveals distinct features of enhancer organization</w:t>
+                <w:t xml:space="preserve">Six homeoproteins directly activate Myod expression in the gene regulatory networks that control early myogenesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Menoret</w:t>
+                <w:t xml:space="preserve">Frédéric Relaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Demignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Laclef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Santolini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Zanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 14 (8), pp.R86. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (4), pp.e1003425. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-8-r86⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579051v1</w:t>
+                <w:t xml:space="preserve">hal-01308854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Six homeoproteins directly activate Myod expression in the gene regulatory networks that control early myogenesis.</w:t>
+                <w:t xml:space="preserve">Genome-wide analyses of Shavenbaby target genes reveals distinct features of enhancer organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Relaix</w:t>
+                <w:t xml:space="preserve">Delphine Menoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Demignon</w:t>
+                <w:t xml:space="preserve">Isabelle Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Laclef</w:t>
+                <w:t xml:space="preserve">Rebecca Spokony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pujol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Santolini</w:t>
+                <w:t xml:space="preserve">Jennifer Zanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 9 (4), pp.e1003425. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (8), pp.R86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/gb-2013-14-8-r86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01308854v1</w:t>
+                <w:t xml:space="preserve">hal-01579051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4394,51 +4394,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athina Georgara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kokshagina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Justine Jacinta Haux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desm&#233; Jacobs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517863v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Nowak" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakresh Singh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Siudem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Tupikina" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183218v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz B Feldman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808080v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Masselot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rathin Jeyaram" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tackx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Fernandez-Marquez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493455v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Blondel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Palmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ward" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416356v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111337913-015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176637v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Hao Fan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Sun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Palomino Roldan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731715.3733368" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert N. Ward" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514918v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Leroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514902v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687611v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila El Haouari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P. Fraiberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jardin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Micheron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706198v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Cerquides" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet O&#287;uz M&#252;l&#226;yim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pernici" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo A. Bono" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosy Mondardini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167300v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167293v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166081v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167308v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Greshake Tzovaras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493432v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakresh Kumar Singh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice L&#233;cuyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Starnini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-024-00451-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761340v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert N Ward" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41109-024-00658-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668922v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2024.129927" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416307v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz Feldman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/grp.2024.a962318" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493495v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris L.B. Graham" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas E Landrain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Vjestica" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Lawton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.125886.2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04261661v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Wurmser" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Madani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaverot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Backer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Borok" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010781" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493482v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.565" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513198v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primavera de Filippi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098143v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Auffray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Balling" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Blomberg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrna Bonaldo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boutron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/F1000RESEARCH.26098.1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01408973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iori Sakakibara" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gauthier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Ribas-Aulinas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Takahashi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw512" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01359830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu dos Santos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ducommun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13395-016-0102-x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342678v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hakim" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004386" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332739v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rouault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schweisguth" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku209" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01579051v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Menoret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Spokony" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Zanet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-8-r86" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01308854v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Relaix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Demignon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laclef" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pujol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003425" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00865159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416356v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz B Feldman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111337913-015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176637v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Hao Fan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Sun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geovanny Palomino Roldan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kokshagina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731715.3733368" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rathin Jeyaram" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert N. Ward" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514918v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Leroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514902v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Tupikina" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athina Georgara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Justine Jacinta Haux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desm&#233; Jacobs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517863v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Nowak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakresh Singh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Siudem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183218v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808080v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Masselot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tackx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Fernandez-Marquez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grey" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493455v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Blondel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Palmer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ward" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687611v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naila El Haouari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P. Fraiberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jardin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Micheron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706198v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Cerquides" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet O&#287;uz M&#252;l&#226;yim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pernici" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo A. Bono" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosy Mondardini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167300v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167293v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166081v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167308v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Greshake Tzovaras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493432v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakresh Kumar Singh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice L&#233;cuyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Starnini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-024-00451-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761340v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert N Ward" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41109-024-00658-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668922v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2024.129927" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416307v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz Feldman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/grp.2024.a962318" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493495v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris L.B. Graham" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas E Landrain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Vjestica" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Lawton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.125886.2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04261661v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Wurmser" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Madani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaverot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Backer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Borok" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010781" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493482v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/cstp.565" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513198v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Primavera de Filippi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098143v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Auffray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudi Balling" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Blomberg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrna Bonaldo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boutron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/F1000RESEARCH.26098.1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01408973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iori Sakakibara" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gauthier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Ribas-Aulinas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Takahashi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw512" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01359830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu dos Santos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ducommun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13395-016-0102-x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01332739v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rouault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schweisguth" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hakim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku209" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342678v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ferry" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004386" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01308854v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Relaix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Demignon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Laclef" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pujol" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003425" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01579051v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Menoret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Spokony" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Zanet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2013-14-8-r86" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00865159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>