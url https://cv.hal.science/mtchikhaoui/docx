--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1074,85 +1074,94 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Andreff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Robot Kinematics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.457-465</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, pp.457-465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-06698-1_47⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01051489v1</w:t>
+                <w:t xml:space="preserve">hal-01051375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic Modeling of an EAP Actuated Continuum Robot for Active Micro-endoscopy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Taha Chikhaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1169,78 +1178,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Andreff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Robot Kinematics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.457-465. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, pp.457-465</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-06698-1_47⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01051375v1</w:t>
+                <w:t xml:space="preserve">hal-01051489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1991,51 +1991,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715577v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tummers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Offermann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Troccaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649241263366" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685717v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Boyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Voros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marionnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanty Rabenorosoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3455906" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935561v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2023.3238171" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179738v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taha Chikhaoui" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Lilge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kleinschmidt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Burgner-Kahrs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2893610" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130056v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benouhiba" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-018-2038-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01853980v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Kudryavtsev" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Liadov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Spindler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2018.2807592" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01624753v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassim Boushaki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andreff" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7767" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051489v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051375v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06698-1_47" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Alsaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cinquin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taha Chikhaoui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833705v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Jiamei Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MARSS55884.2022.9870466" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849910v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zaccaria" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Id&#225;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carricato" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58380-4_61" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313481v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677585v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rosa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821750-4.00008-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715577v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tummers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Offermann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Troccaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649241263366" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685717v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Boyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Voros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marionnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanty Rabenorosoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3455906" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935561v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2023.3238171" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179738v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taha Chikhaoui" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Lilge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kleinschmidt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Burgner-Kahrs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2893610" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130056v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benouhiba" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-018-2038-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01853980v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Kudryavtsev" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Liadov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Spindler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2018.2807592" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01624753v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nassim Boushaki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andreff" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7767" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051375v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-06698-1_47" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051489v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585876v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Alsaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cinquin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taha Chikhaoui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833705v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Jiamei Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MARSS55884.2022.9870466" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02849910v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Zaccaria" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Id&#225;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carricato" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58380-4_61" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313481v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677585v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rosa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821750-4.00008-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>