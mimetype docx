--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,12103 +66,12237 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (98)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (99)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2024 phononic crystals roadmap</w:t>
+                <w:t xml:space="preserve">Metamaterials and Fluid Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yabin Jin</w:t>
+                <w:t xml:space="preserve">Francesco Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Torrent</w:t>
+                <w:t xml:space="preserve">Federico Bosia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liangshu He</w:t>
+                <w:t xml:space="preserve">Giada Colombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanxun Xiang</w:t>
+                <w:t xml:space="preserve">Richard Craster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (11), pp.113001. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad9ab2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-026-70163-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04893367v1</w:t>
+                <w:t xml:space="preserve">hal-05547619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology-optimized multimaterial 4D-printed Fabry–Perot filter with enhanced thermal stability using two-photon polymerization</w:t>
+                <w:t xml:space="preserve">The 2024 phononic crystals roadmap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnny Moughames</w:t>
+                <w:t xml:space="preserve">Yabin Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julio Andrés Iglesias Martínez</w:t>
+                <w:t xml:space="preserve">Daniel Torrent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Sylvestre</w:t>
+                <w:t xml:space="preserve">Liangshu He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbot Antoine</w:t>
+                <w:t xml:space="preserve">Yanxun Xiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 209, pp.112900. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (11), pp.113001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112900⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad9ab2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017023v1</w:t>
+                <w:t xml:space="preserve">hal-04893367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape-morphing metamaterials</w:t>
+                <w:t xml:space="preserve">Topology-optimized multimaterial 4D-printed Fabry–Perot filter with enhanced thermal stability using two-photon polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krzysztof Dudek</w:t>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muamer Kadic</w:t>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Coulais</w:t>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia Bertoldi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibaut Sylvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbot Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41578-025-00828-9⟩</w:t>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 209, pp.112900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05529787v1</w:t>
+                <w:t xml:space="preserve">hal-05017023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards bi-material 3D printed soft microrobots using two-photon polymerisation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shape-morphing metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Bordes</w:t>
+                <w:t xml:space="preserve">Krzysztof Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Clévy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Luzet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corentin Coulais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Bertoldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micro-Bio Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12213-025-00185-4⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (7), pp.783-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41578-025-00828-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05221526v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05529787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grid hollow octet truss lattices that are stable at low relative density</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards bi-material 3D printed soft microrobots using two-photon polymerisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xueyan Chen</w:t>
+                <w:t xml:space="preserve">Mehdi Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penghui Yu</w:t>
+                <w:t xml:space="preserve">Yannis Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kun Zhao</w:t>
+                <w:t xml:space="preserve">Cédric Clévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haoxiang Ma</w:t>
+                <w:t xml:space="preserve">Vincent Luzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 197, pp.106068. </w:t>
+              <w:t xml:space="preserve">Journal of Micro-Bio Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21, pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2025.106068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12213-025-00185-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05057351v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05221526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical chiral microrobot for out-of-plane rotation</w:t>
+                <w:t xml:space="preserve">Grid hollow octet truss lattices that are stable at low relative density</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaa Ali</w:t>
+                <w:t xml:space="preserve">Peijie Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edison Gerena</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Lemkalli</w:t>
+                <w:t xml:space="preserve">Penghui Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoxiang Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-025-02143-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 197, pp.106068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2025.106068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05100221v1</w:t>
+                <w:t xml:space="preserve">hal-05057351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multistep and Elastically Stable Mechanical Metamaterials</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Optical chiral microrobot for out-of-plane rotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edison Gerena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xinrui Niu</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Lemkalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4066084⟩</w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-025-02143-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790920v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-step auxetic metamaterial with instability regulation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multistep and Elastically Stable Mechanical Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojun Tan</w:t>
+                <w:t xml:space="preserve">Lianchao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Dudek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinrui Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2024.113040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 91 (11), pp.111002 (12). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4066084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05221587v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pumping with symmetry</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A multi-step auxetic metamaterial with instability regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penghui Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peijie Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/ad3053⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 305, pp.113040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2024.113040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745636v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05221587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarization state conversion achieved by chiral mechanical metamaterial</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pumping with symmetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Prodan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/ad2745⟩</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (1), pp.16004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/ad3053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04800691v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlocal Cable-Network Metamaterials</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polarization state conversion achieved by chiral mechanical metamaterial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud A Abouelatta</w:t>
+                <w:t xml:space="preserve">Hicham Mangach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ke Wang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Younes Achaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Wegener</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdenbi Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202209988⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (2), pp.023053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/ad2745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233186v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-Scale Mechanical Metamaterial with a Controllable Transition in the Poisson's Ratio and Band Gap Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hirsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lianchao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (20), pp.2210993 (10). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adma.202210993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive 3D photonic integration that is CMOS compatible</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johnny Moughames</w:t>
+                <w:t xml:space="preserve">Nonlocal Cable-Network Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Porte</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Mahmoud A Abouelatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Brunner</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/acd0b5⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (15), pp.2209988 (6). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202209988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172802v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cubic-symmetry acoustic metamaterials with roton-like dispersion relations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Additive 3D photonic integration that is CMOS compatible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrià Grabulosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brunner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica Sinica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10409-023-23020-x⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (32), pp.322002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/acd0b5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172811v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlayer torsional sliding and strain localization in bilayer graphene</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Cubic-symmetry acoustic metamaterials with roton-like dispersion relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changguo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series A, Mathematical and physical sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspa.2022.0833⟩</w:t>
+              <w:t xml:space="preserve">Acta Mechanica Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (7), pp.723020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10409-023-23020-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233180v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-scale graded mechanical metamaterials exhibiting versatile poisson’s ratio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke Mizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Spaggiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 319, pp.117151 (11). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compstruct.2023.117151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Flexible and Programmable Negative Stiffness Mechanical Metamaterials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lianchao Wang</w:t>
+                <w:t xml:space="preserve">Interlayer torsional sliding and strain localization in bilayer graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaili Yao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+                <w:t xml:space="preserve">Zhiming Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaoxu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanbo Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Intelligent Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aisy.202200400⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series A, Mathematical and physical sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 479 (2272), pp.20220833 (14). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2022.0833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172807v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmable and Variable-Stiffness Robotic Skins for Pneumatic Actuation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jingtian Kang</w:t>
+                <w:t xml:space="preserve">Glide-reflection symmetric phononic crystal interface: variation on a theme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guorui Wang</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Prodan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Intelligent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (12), pp.2300285 (11). </w:t>
+              <w:t xml:space="preserve">Acta Mechanica Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39, pp.723016 (6). </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aisy.202300285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10409-023-23016-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456555v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glide-reflection symmetric phononic crystal interface: variation on a theme</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Programmable and Variable-Stiffness Robotic Skins for Pneumatic Actuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Laforge</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Weinan Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingtian Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guorui Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoxiang Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica Sinica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10409-023-23016-x⟩</w:t>
+              <w:t xml:space="preserve">Advanced Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (12), pp.2300285 (11). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aisy.202300285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233181v1</w:t>
+                <w:t xml:space="preserve">hal-04456555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parrot Beak-Inspired Metamaterials with Friction and Interlocking Mechanisms 3D/4D Printed in Micro and Macro Scales for Supreme Energy Absorption/Dissipation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+                <w:t xml:space="preserve">Bioinspired Flexible and Programmable Negative Stiffness Mechanical Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ji Qingxiang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+                <w:t xml:space="preserve">Yifeng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianchao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaili Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adem.202201842⟩</w:t>
+              <w:t xml:space="preserve">Advanced Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (6), pp.2200400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aisy.202200400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233189v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-reciprocal and non-Newtonian mechanical metamaterials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Parrot Beak-Inspired Metamaterials with Friction and Interlocking Mechanisms 3D/4D Printed in Micro and Macro Scales for Supreme Energy Absorption/Dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramin Hamzehei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Bodaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Qingxiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40493-6⟩</w:t>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25, pp.2201842 (8). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.202201842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283537v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phonon transmission through a nonlocal metamaterial slab</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Muamer Kadic</w:t>
+                <w:t xml:space="preserve">Non-reciprocal and non-Newtonian mechanical metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianchao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Changguo Wang</w:t>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-023-01184-2⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.4778 (10). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40493-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04233191v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective thermal emission and infrared camouflage based on layered media</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guodong Fang</w:t>
+                <w:t xml:space="preserve">Phonon transmission through a nonlocal metamaterial slab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changguo Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.75 (11). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-023-01184-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cja.2022.08.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04238224v1</w:t>
+                <w:t xml:space="preserve">hal-04233191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetramode Metamaterials as Phonon Polarizers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Fidelis Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludwig Günter Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastian Kalt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (18), pp.2211801 (8). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adma.202211801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(3+1)D printed adiabatic 1-to-M broadband couplers and fractal splitter networks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Muamer Kadic</w:t>
+                <w:t xml:space="preserve">Selective thermal emission and infrared camouflage based on layered media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingchang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guodong Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.486235⟩</w:t>
+              <w:t xml:space="preserve">Chinese Journal of Aeronautics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (3), pp.212 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cja.2022.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172795v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closed tubular mechanical metamaterial as lightweight load-bearing structure and energy absorber</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+                <w:t xml:space="preserve">(3+1)D printed adiabatic 1-to-M broadband couplers and fractal splitter networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrià Grabulosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (12), pp.20256-20264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.486235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813122v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Auxetic Metamaterials with Elastically-Stable Continuous Phase Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lianchao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022, pp.2204721 (10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closed tubular mechanical metamaterial as lightweight load-bearing structure and energy absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xueyan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huifeng Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 167, pp.104957. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmps.2022.104957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03813039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro‐Scale Auxetic Hierarchical Mechanical Metamaterials for Shape Morphing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Closed tubular mechanical metamaterial as lightweight load-bearing structure and energy absorber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifeng Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 167, pp.104957 (14)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258140v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological waves guided by a glide-reflection symmetric crystal interface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Micro‐Scale Auxetic Hierarchical Mechanical Metamaterials for Shape Morphing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Dudek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.064304⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (14), pp.2110115 (5). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202110115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813053v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning based design of thermal metadevices</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Topological waves guided by a glide-reflection symmetric crystal interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106, pp.064304 (6). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.064304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813124v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of thermal cloaks with isotropic materials based on machine learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Deep learning based design of thermal metadevices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guodong Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 189, pp.122716 (6). </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, 196, pp.123149 (6)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04238282v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A general strategy for performance enhancement of negative stiffness mechanical metamaterials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Shaowei Zhu</w:t>
+                <w:t xml:space="preserve">Design of thermal cloaks with isotropic materials based on machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuai Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bing Wang</w:t>
+                <w:t xml:space="preserve">Yunchao Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenwei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songhe Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2022.104702⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 189, pp.122716 (6). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2022.122716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04238277v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D lightweight mechanical metamaterial with nearly isotropic inelastic large deformation response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Huifeng Tan</w:t>
+                <w:t xml:space="preserve">A general strategy for performance enhancement of negative stiffness mechanical metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianchao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaowei Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2022.105057⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96, pp.104702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2022.104702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889479v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brillouin Light Scattering Characterisation of Gray Tone 3D Printed Isotropic Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fehima Ugarak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (12), pp.4070 (10). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma15124070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03813119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlocal interaction engineering of 2D roton-like dispersion relations in acoustic and mechanical metamaterials</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">3D lightweight mechanical metamaterial with nearly isotropic inelastic large deformation response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifeng Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43246-022-00257-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169, pp.105057 (19). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2022.105057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258148v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable Dual Auxeticity of the Hierarchical Mechanical Metamaterial Composed of Re-Entrant Structural Motifs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Nonlocal interaction engineering of 2D roton-like dispersion relations in acoustic and mechanical metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changguo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.202200404⟩</w:t>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (35), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43246-022-00257-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258211v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning based design of thermal metadevices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variable Dual Auxeticity of the Hierarchical Mechanical Metamaterial Composed of Re-Entrant Structural Motifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Dudek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 259 (12), pp.2200404 (12). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.202200404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813041v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological waves guided by a glide-reflection symmetric crystal interface</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Deep learning based design of thermal metadevices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guodong Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106, pp.064304 (6)</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 196, pp.123149 (6)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813135v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-Step-Lithography Micro-Stepper Based on Frictional Contact and Chiral Metamaterial</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Topological waves guided by a glide-reflection symmetric crystal interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106, pp.064304 (6)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813121v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing thermal energy harvesting devices with natural materials through optimized microstructures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xueyan Chen</w:t>
+                <w:t xml:space="preserve">Single-Step-Lithography Micro-Stepper Based on Frictional Contact and Chiral Metamaterial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Liang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+                <w:t xml:space="preserve">Bing Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linzhi Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.120948⟩</w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (28), pp.2202128 (7). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.202202128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186589v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Topological Circuitry in Square and Rectangular Phononic Crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+                <w:t xml:space="preserve">4D Thermomechanical metamaterials for soft microrobotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guodong Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Huaroto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (1), pp.93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43246-021-00189-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456174v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic wave near-cloaking</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Designing thermal energy harvesting devices with natural materials through optimized microstructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 169, pp.120948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.120948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360023v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral triclinic metamaterial crystals supporting isotropic acoustical activity and isotropic chiral phonons</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Elastic wave near-cloaking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Enrico Quadrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard V Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Braghin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 477, pp.2246 (11)</w:t>
+              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44, pp.101262 (8)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360032v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4D Thermomechanical metamaterials for soft microrobotics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chiral triclinic metamaterial crystals supporting isotropic acoustical activity and isotropic chiral phonons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 477, pp.2246 (11)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274268v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cubic metamaterial crystal supporting broadband isotropic chiral phonons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yi Chen</w:t>
+                <w:t xml:space="preserve">Acoustic Topological Circuitry in Square and Rectangular Phononic Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wiltshaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Frenzel</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard V Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5, pp.025201 (9)</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.054056 (13)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360009v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental observation of roton-like dispersion relations in metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Fidelis Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Frenzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (49), pp.eabm2189 (8)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional phononic crystal with ultra-wide bandgap at megahertz frequencies</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Cubic metamaterial crystal supporting broadband isotropic chiral phonons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laude</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.025201 (9)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186585v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective anisotropy of periodic acoustic and elastic composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional phononic crystal with ultra-wide bandgap at megahertz frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (6), pp.063507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0033615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360016v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental observations of topologically guided water waves within non-hexagonal structures</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effective anisotropy of periodic acoustic and elastic composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan-Feng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 129, pp.215106 (11)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202978v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotropic Chiral Acoustic Phonons in 3D Quasicrystalline Metamaterials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Experimental observations of topologically guided water waves within non-hexagonal structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehul P Makwana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard V Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 116 (13), pp.131603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5141850⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993964v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloaking In-Plane Elastic Waves with Swiss Rolls</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Experimental observations of topologically guided water waves within non-hexagonal structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehul P Makwana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard V Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 116, pp.131603 (5)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993970v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional waveguide interconnects for scalable integration of photonic neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Thiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7 (6), pp.640-646. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OPTICA.388205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental observations of topologically guided water waves within non-hexagonal structures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Isotropic Chiral Acoustic Phonons in 3D Quasicrystalline Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 116, pp.131603 (5)</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (23), pp.235502 (6)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414296v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to mechanical metamaterials and their effective properties</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cloaking In-Plane Elastic Waves with Swiss Rolls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Achaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (2), pp.449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma13020449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03132064v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastodynamic behavior of mechanical cloaks designed by direct lattice transformations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
+                <w:t xml:space="preserve">Introduction to mechanical metamaterials and their effective properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifeng Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wave Motion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (7-8), pp.751-765</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399054v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03132064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-weight shell-lattice metamaterials for mechanical shock absorption</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Huifeng Tan</w:t>
+                <w:t xml:space="preserve">Elastodynamic behavior of mechanical cloaks designed by direct lattice transformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianxin Yu</w:t>
+                <w:t xml:space="preserve">André Nicolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Zolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wave Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92, pp.102419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2019.102419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993978v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping acoustical activity in 3D chiral mechanical metamaterials onto micropolar continuum elasticity</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Light-weight shell-lattice metamaterials for mechanical shock absorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianzheng Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifeng Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianxin Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 137, pp.103877 (8)</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.105288 (9)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993971v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D printed multimode-splitters for photonic interconnects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Materials Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (11), pp.2952 - 2961. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OME.402974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal isotropic, reusable truss lattice material with near-zero Poisson’s ratio</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping acoustical activity in 3D chiral mechanical metamaterials onto micropolar continuum elasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.103877 (8)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053066v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal cloaking of complex objects with the neutral inclusion and the coordinate transformation methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Optimal isotropic, reusable truss lattice material with near-zero Poisson’s ratio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Xiangqiao Yan</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifeng Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41, pp.101048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eml.2020.101048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02182913v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex-Eigenfrequency Band Structure of Viscoelastic Phononic Crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Ultrasound experiments on acoustical activity in chiral mechanical metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Köpfler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yue Wang</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.3384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-11366-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02300035v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02867832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound experiments on acoustical activity in chiral mechanical metamaterials</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Complex-Eigenfrequency Band Structure of Viscoelastic Phononic Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tingting Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (14), pp.2825 (11)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867832v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02300035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static chiral Willis continuum mechanics for three-dimensional chiral mechanical metamaterials</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermal cloaking of complex objects with the neutral inclusion and the coordinate transformation methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guodong Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangqiao Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.045029 (6)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399024v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02182913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Twists of 3D Chiral Metamaterials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P Ziemke</w:t>
+                <w:t xml:space="preserve">Topologically Protected Twist Edge States for a Resonant Mechanical Laser-Beam Scanner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Köpfler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Gumbsch</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jörg Schmalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 31, pp.1807742 (7)</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.034059 (8)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370873v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02366606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topologically Protected Twist Edge States for a Resonant Mechanical Laser-Beam Scanner</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Static chiral Willis continuum mechanics for three-dimensional chiral mechanical metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Frenzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.214101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02366606v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Schwarzschild Effect in 3D Two‐Photon Laser Lithography</w:t>
+                <w:t xml:space="preserve">New Twists of 3D Chiral Metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liang Yang</w:t>
+                <w:t xml:space="preserve">Ivan Corbaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Münchinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Muamer Kadic</w:t>
+                <w:t xml:space="preserve">Carsten Rockstuhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hahn</w:t>
+                <w:t xml:space="preserve">P Ziemke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederik Mayer</w:t>
+                <w:t xml:space="preserve">Peter Gumbsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Albiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31, pp.1807742 (7)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02867831v1</w:t>
+                <w:t xml:space="preserve">hal-02370873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of topological gravity-capillary waves in a water wave crystal</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Schwarzschild Effect in 3D Two‐Photon Laser Lithography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Chollet</w:t>
+                <w:t xml:space="preserve">Liang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkrim Khelif</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Alexander Münchinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (22), pp.1901040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adom.201901040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371018v1</w:t>
+                <w:t xml:space="preserve">hal-02867831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Singular Homogeneous Polyhedral Heat Cloak and Its Realization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Observation of topological gravity-capillary waves in a water wave crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Khelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ES Energy &amp; Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21, pp.083031 (11)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03091942v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D metamaterials</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Non-Singular Homogeneous Polyhedral Heat Cloak and Its Realization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingxiang Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueyan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42254-018-0018-y⟩</w:t>
+              <w:t xml:space="preserve"> ES Energy &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp.29-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30919/esee8c361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02366605v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03091942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stiffer, Stronger and Centrosymmetrical Class of Pentamodal Mechanical Metamaterials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">3D metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gongying Liang</w:t>
+                <w:t xml:space="preserve">Graeme W Milton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin van Hecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12213470⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (3), pp.198-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42254-018-0018-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867728v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02366605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When size matters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Stiffer, Stronger and Centrosymmetrical Class of Pentamodal Mechanical Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaozhe Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongying Liang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (21), pp.3470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12213470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380786v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02867728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional poroelastic metamaterials with extremely negative or positive effective static volume compressibility</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">When size matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 22, pp.165-171</w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14, pp.8-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380787v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory of the Hall effect in three-dimensional metamaterials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional poroelastic metamaterials with extremely negative or positive effective static volume compressibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingyuan Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extreme Mechanics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22, pp.165-171</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380793v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Pulling and Pushing Forces in Bilayer PT-Symmetric Structures</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Theory of the Hall effect in three-dimensional metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme W. Milton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.014007⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (22), pp.083034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/aad92b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386207v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evidence for Sign Reversal of the Hall Coefficient in Three-Dimensional Metamaterials [reply to Oswald's comment]</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Optical Pulling and Pushing Forces in Bilayer PT-Symmetric Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasoul Alaee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.014007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.9.014007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02376890v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical force rectifiers based on PT-symmetric metasurfaces</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Experimental Evidence for Sign Reversal of the Hall Coefficient in Three-Dimensional Metamaterials [reply to Oswald's comment]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120, pp.149702</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386206v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surprises Regarding the Hall Effect: An Extraordinary Story Involving an Artist, Mathematicians, and Physicists</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Optical force rectifiers based on PT-symmetric metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasoul Alaee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burak Gurlek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM News</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (19), pp.195420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.195420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01664899v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiments on the Parallel Hall Effect in Three-Dimensional Metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittoria Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (044001)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poroelastic metamaterials with negative effective static compressibility</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Surprises Regarding the Hall Effect: An Extraordinary Story Involving an Artist, Mathematicians, and Physicists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Briane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme W. Milton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 110, pp.171901</w:t>
+              <w:t xml:space="preserve">SIAM News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392586v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01664899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-Structured Two-Component 3D Metamaterials with Negative Thermal-Expansion Coefficient from Positive Constituents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+                <w:t xml:space="preserve">Poroelastic metamaterials with negative effective static compressibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingyuan Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110, pp.171901</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392590v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments on Metamaterials with Negative Effective Static Compressibility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+                <w:t xml:space="preserve">Micro-Structured Two-Component 3D Metamaterials with Negative Thermal-Expansion Coefficient from Positive Constituents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingyuan Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Naber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevX.7.041060⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (40643), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep40643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392582v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of mechanical metamaterials based on buckling elements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Experiments on Metamaterials with Negative Effective Static Compressibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingyuan Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Gumbsch</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.041060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevX.7.041060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392585v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evidence for Sign Reversal of the Hall Coefficient in Three-Dimensional Metamaterials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional mechanical metamaterials with a twist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Frenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 358 (6366), pp.1072 - 1074</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392588v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional mechanical metamaterials with a twist</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Experimental Evidence for Sign Reversal of the Hall Coefficient in Three-Dimensional Metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (1), pp.016601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.016601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392591v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hall-effect metamaterials and “anti-Hall bars”</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Characteristics of mechanical metamaterials based on buckling elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Findeisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Hohe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Kern</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Gumbsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Today</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 102, pp.151 - 164</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392583v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optically assisted trapping with high-permittivity dielectric rings: Towards optical aerosol filtration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Hall-effect metamaterials and “anti-Hall bars”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ali Passian</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 70 (10), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/PT.3.3710⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131439v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering problems in elastodynamics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Optically assisted trapping with high-permittivity dielectric rings: Towards optical aerosol filtration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasoul Alaee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Rockstuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Passian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109 (14), pp.141102</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395829v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invisible waveguides on metal plates for plasmonic analogs of electromagnetic wormholes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Scattering problems in elastodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.043812⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (10), pp.100105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.100105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01283600v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01395829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments on Transformation Thermodynamics: Molding the Flow of Heat</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Invisible waveguides on metal plates for plasmonic analogs of electromagnetic wormholes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Enoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Wegener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.043812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.043812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281346v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic crystal carpet: Manipulating wave fronts in the near field at 1.55 μm</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Experiments on Transformation Thermodynamics: Molding the Flow of Heat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Schittny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Wegener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (195901)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01283644v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation Plasmonics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Photonic crystal carpet: Manipulating wave fronts in the near field at 1.55 μm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Scherrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Hofman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Smigaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Luis Martin-Moreno</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.M. Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2012-0011⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (115110), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.115110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00761138v1</w:t>
+                <w:t xml:space="preserve">hal-01283644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling surface plasmon polaritons in transformed coordinates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Transformation Plasmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Enoch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Huidobro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Martin-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09500340.2011.589913⟩</w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (1), pp.51-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2012-0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00647941v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curved trajectories on transformed metal surfaces : Luneburg lens, beam-splitter, invisibility carpet and black hole for surface plasmon polaritons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Controlling surface plasmon polaritons in transformed coordinates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Enoch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Modern Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 58 (12), pp.994-1003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09500340.2011.589913⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00647942v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic interaction of visible light with gold nanoscale checkerboards</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Neeraj Shukla</w:t>
+                <w:t xml:space="preserve">Curved trajectories on transformed metal surfaces : Luneburg lens, beam-splitter, invisibility carpet and black hole for surface plasmon polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chakrabarti</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tieh-Ming Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Enoch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84, pp.245424</w:t>
+              <w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 9 (4), pp.302-307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281289v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic space folding : focussing surface plasmons via negative refraction in complementary media</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId308" w:history="1">
+                <w:t xml:space="preserve">Plasmonic interaction of visible light with gold nanoscale checkerboards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anantha Ramakrishna</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mandal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Jeyadheepan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neeraj Shukla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 5 (9), pp.6819-6825</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84, pp.245424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647944v1</w:t>
+                <w:t xml:space="preserve">hal-01281289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformational plasmonics: cloak, concentrator and rotator for SPPs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Plasmonic space folding : focussing surface plasmons via negative refraction in complementary media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Enoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anantha Ramakrishna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 18 (11), pp.12027</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (9), pp.6819-6825</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509105v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidden progress: broadband plasmonic invisibility</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Transformational plasmonics: cloak, concentrator and rotator for SPPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Enoch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18 (11), pp.12027</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hidden progress: broadband plasmonic invisibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Renger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Acimovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Guenneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (15), pp.15757</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00509111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12172,279 +12306,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recueil de communications école d'hiver 2025 GDR ARCHI-META - DN METACMED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Miniaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Combescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole d'hiver GDR ARCHI META - DN METACMED</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Lille, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05081631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recueil de communications journées d'automne 2024 GDR ARCHI-META</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Miniaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Benchabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'automne GDR ARCHI META</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Villeneuve d’Ascq, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12454,2056 +12588,2056 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bi-Material 3D Printed Soft Microrobots: Proof-of-Concept and Demonstration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Clevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Ulliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Luzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Manipulation, Automation and Robotics at Small Scales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scalability: essence for (photonic) neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrià Grabulosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Skalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMYLE Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, EPFL, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glide-Reflection Symmetric Topological Phononic Crystal Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Elastic, Electrical, Transport, and Optical Properties in Inhomogeneous Media</w:t>
+              <w:t xml:space="preserve">12th International Conference on Elastic, Electrical, Transport, and Optical Properties in Inhomogeneous Media (ETOPIM12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813133v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glide-Reflection Symmetric Topological Phononic Crystal Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Elastic, Electrical, Transport, and Optical Properties in Inhomogeneous Media (ETOPIM12)</w:t>
+              <w:t xml:space="preserve">International Conference on Elastic, Electrical, Transport, and Optical Properties in Inhomogeneous Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813050v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalability and noise in (photonic) hardware neural networks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Larger</w:t>
+                <w:t xml:space="preserve">Acoustic topological circuitry in square and rectangular phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wiltshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard V Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Mathematical Aspects of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Las Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360001v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic topological circuitry in square and rectangular phononic crystals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+                <w:t xml:space="preserve">Scalability and noise in (photonic) hardware neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadezhda Semenova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Moughames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muamer Kadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Mathematical Aspects of Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Las Vegas, United States</w:t>
+              <w:t xml:space="preserve">SPIE Photonics West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456168v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional phononic crystal with ultra-wide bandgap for ultrasonics applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">3D-printed core-cladding waveguides and adiabatic splitters for integrated photonic circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Egyptian Material Research Society Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Cairo, Egypt</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics/Europe and the European Quantum Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03359999v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-printed core-cladding waveguides and adiabatic splitters for integrated photonic circuits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional phononic crystal with ultra-wide bandgap for ultrasonics applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Andrés Iglesias Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Ulliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics/Europe and the European Quantum Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Egyptian Material Research Society Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Cairo, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03706100v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03359999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards scalable Photonic Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Thiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Snowbird, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D integrated photonic interconnects for scalable Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brunner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Thiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLEO Laser Science to Photonic Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, San Jose, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size scalable integration of photonic neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Moughames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Thiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonics West</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General considerations for (photonic) neural networks implemented in hardware</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brunner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Andreoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadezhda Semenova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Yale University</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, New Haven, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guided waves along a domain wall of a water wave crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Khelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Seismic Metamaterials: From Optics to Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02370477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective slowness surfaces for waves in anisotropic elastic composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Elastic, Electrical, Transport, and Optical Properties in Inhomogeneous Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02182906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion engineering for photonic crystal based nanophotonic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Hofman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mélique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vanbésien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META'12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00761544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain and Surface Plasmons to improve Metal-Dielectric multilayered Lenses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinlong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haitao Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gralak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Tayeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Cambridge, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00545239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negative refraction highlight in metallo-dielectric stacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Enoch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd European Topical Meeting on Nanophotonics and Metamaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Seefeld, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14513,751 +14647,751 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarization State Conversion through Chiral Butterfly Meta-Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Mangach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Achaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenbi Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04285751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal-Twist Wave Converter based on Chiral Metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Lemkalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Mir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03854566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping of Elastic Properties of Twisting Metamaterials onto Micropolar Continuum using Static Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Lemkalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Badri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenbi Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03854565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Frequency Gravitational-Wave Detection Using a Chiral Resonant Mechanical Element and a Short Unstable Optical Cavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muamer Kadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David E. Kaplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surjeet Rajendran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander O. Sushkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02911935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing thermal energy harvesting devices with natural materials through optimized microstructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qingxiang Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xueyan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Guenneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic topological circuitry in square and rectangular phononic crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Wiltshaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard V. Craster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Andrés Iglesias Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId368"/>
+      <w:footerReference w:type="default" r:id="rId374"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15404,51 +15538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04893367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yabin Jin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Torrent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangshu He" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxun Xiang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad9ab2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017023v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Moughames" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Andr&#233;s Iglesias Mart&#237;nez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ulliac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Sylvestre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbot Antoine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112900" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529787v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Dudek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamer Kadic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bertoldi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41578-025-00828-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221526v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Salah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Bordes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cl&#233;vy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luzet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12213-025-00185-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057351v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peijie Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueyan Chen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penghui Yu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Zhao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoxiang Ma" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106068" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05100221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Gerena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lemkalli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02143-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790920v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianchao Wang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Andr&#233;s Iglesias Martinez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinrui Niu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066084" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221587v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxiang Ji" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Tan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2024.113040" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745636v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Prodan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/ad3053" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Mangach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Achaoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenbi Bouzid" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guenneau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad2745" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233186v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud A Abouelatta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wegener" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202209988" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233171v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hirsinger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202210993" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172802v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Grabulosa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Porte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acd0b5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172811v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changguo Wang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10409-023-23020-x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233180v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Xue" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaoxu Zhang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanbo Cui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2022.0833" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233172v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mizzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spaggiari" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.117151" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172807v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Li" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaili Yao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aisy.202200400" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456555v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weinan Gao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingtian Kang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guorui Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aisy.202300285" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233181v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laforge" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10409-023-23016-x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233189v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Hamzehei" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Bodaghi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Qingxiang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202201842" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283537v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40493-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233191v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-023-01184-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238224v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchang Ji" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Fang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2022.08.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238231v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fidelis Gross" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig G&#252;nter Schneider" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wei" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Kalt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202211801" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172795v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Jung" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.486235" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813122v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifeng Tan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831666v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813039v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2022.104957" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258140v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202110115" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813053v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.064304" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813124v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238282v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunchao Qi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenwei Liu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songhe Meng" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.122716" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238277v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaowei Zhu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Chen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104702" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889479v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2022.105057" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813119v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehima Ugarak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15124070" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258148v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-022-00257-z" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258211v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.202200404" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813041v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813135v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813121v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linzhi Wu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202202128" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186589v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.120948" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456174v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wiltshaw" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V Craster" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360023v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Enrico Quadrelli" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Braghin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360032v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274268v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Huaroto" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00189-0" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360009v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Frenzel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Zhang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549391v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186585v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033615" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360016v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Feng Wang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202978v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehul P Makwana" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupont" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5141850" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993964v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993970v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Diatta" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13020449" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993798v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Thiel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.388205" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414296v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132064v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399054v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nicolet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zolla" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Guenneau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2019.102419" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993978v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzheng Wei" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Yu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993971v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186620v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Porte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.402974" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053066v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eml.2020.101048" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182913v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangqiao Yan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300035v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Wang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Wang" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867832v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian K&#246;pfler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11366-8" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399024v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Diatta" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.214101" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370873v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Corbaton" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Rockstuhl" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ziemke" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gumbsch" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albiez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366606v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Schmalian" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867831v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Yang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander M&#252;nchinger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hahn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mayer" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201901040" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371018v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chollet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Khelif" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091942v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30919/esee8c361" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366605v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W Milton" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Hecke" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-018-0018-y" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867728v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Huang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaozhe Zhang" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongying Liang" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12213470" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380786v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380787v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyuan Qu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380793v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kern" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W. Milton" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aad92b" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386207v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasoul Alaee" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Christensen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.014007" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376890v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386206v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Gurlek" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.195420" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664899v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briane" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392584v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Schuster" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392586v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392590v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Naber" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40643" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392582v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gerber" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.7.041060" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392585v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Findeisen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hohe" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392588v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.016601" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392591v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392583v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.3710" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131439v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Passian" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395829v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.100105" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283600v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enoch" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.043812" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281346v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schittny" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283644v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Scherrer" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Hofman" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Chang" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.115110" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761138v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Huidobro" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin-Moreno" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2012-0011" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647941v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340.2011.589913" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647942v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tieh-Ming Chan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281289v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anantha Ramakrishna" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mandal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jeyadheepan" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Shukla" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakrabarti" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647944v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509105v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509111v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renger" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acimovic" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081631v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Miniaci" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rosi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auffray" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combescure" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964999v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benchabane" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745450v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Clevy" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238223v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Skalli" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813133v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813050v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360001v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Semenova" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456168v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359999v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706100v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186622v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369077v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186621v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369390v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Andreoli" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370477v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182906v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761544v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545239v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlong Zhang" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitao Jiang" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gralak" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tayeb" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453044v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. Lereu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285751v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854566v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Badri" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Mir" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854565v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911935v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David E. Kaplan" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surjeet Rajendran" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Sushkov" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091929v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091926v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V. Craster" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547619v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Avallone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bosia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Colombo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Craster" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-026-70163-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04893367v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yabin Jin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Torrent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangshu He" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxun Xiang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad9ab2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Moughames" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Andr&#233;s Iglesias Mart&#237;nez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Ulliac" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Sylvestre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbot Antoine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112900" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529787v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Dudek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamer Kadic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Coulais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bertoldi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41578-025-00828-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221526v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Salah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Bordes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cl&#233;vy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Luzet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12213-025-00185-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057351v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peijie Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueyan Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penghui Yu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Zhao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoxiang Ma" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106068" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05100221v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Gerena" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lemkalli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02143-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790920v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianchao Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Andr&#233;s Iglesias Martinez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinrui Niu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066084" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221587v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxiang Ji" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Tan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2024.113040" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745636v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Prodan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/ad3053" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800691v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Mangach" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Achaoui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenbi Bouzid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guenneau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/ad2745" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233171v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hirsinger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202210993" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233186v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud A Abouelatta" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wegener" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202209988" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172802v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#224; Grabulosa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Porte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acd0b5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172811v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changguo Wang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10409-023-23020-x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mizzi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spaggiari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.117151" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233180v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Xue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaoxu Zhang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanbo Cui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2022.0833" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233181v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Laforge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10409-023-23016-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456555v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weinan Gao" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingtian Kang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guorui Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aisy.202300285" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172807v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifeng Li" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaili Yao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aisy.202200400" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233189v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Hamzehei" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Bodaghi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Qingxiang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202201842" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283537v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Wang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40493-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233191v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-023-01184-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238231v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fidelis Gross" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig G&#252;nter Schneider" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wei" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Kalt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202211801" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238224v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchang Ji" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Fang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cja.2022.08.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172795v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Jung" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.486235" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831666v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813039v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifeng Tan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2022.104957" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813122v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258140v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202110115" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813053v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.064304" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813124v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238282v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunchao Qi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenwei Liu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songhe Meng" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.122716" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238277v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaowei Zhu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Chen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104702" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813119v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehima Ugarak" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15124070" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889479v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2022.105057" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258148v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-022-00257-z" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258211v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.202200404" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813041v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813135v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813121v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linzhi Wu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202202128" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04274268v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Huaroto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-021-00189-0" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186589v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.120948" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360023v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Enrico Quadrelli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V Craster" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Braghin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360032v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456174v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wiltshaw" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549391v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Frenzel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360009v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186585v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0033615" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360016v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Feng Wang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202978v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehul P Makwana" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupont" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5141850" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414296v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993798v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Thiel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.388205" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993964v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993970v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Diatta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13020449" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132064v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399054v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nicolet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zolla" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Guenneau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2019.102419" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993978v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzheng Wei" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Yu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186620v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Porte" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.402974" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993971v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053066v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eml.2020.101048" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867832v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian K&#246;pfler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11366-8" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300035v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingting Wang" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Wang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182913v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangqiao Yan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366606v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Schmalian" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399024v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Diatta" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.214101" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370873v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Corbaton" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Rockstuhl" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ziemke" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gumbsch" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albiez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867831v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Yang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander M&#252;nchinger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hahn" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mayer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201901040" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371018v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chollet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Khelif" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091942v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30919/esee8c361" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366605v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W Milton" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van Hecke" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-018-0018-y" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867728v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Huang" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaozhe Zhang" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongying Liang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12213470" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380786v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380787v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyuan Qu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380793v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kern" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme W. Milton" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aad92b" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386207v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasoul Alaee" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Christensen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.014007" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376890v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386206v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Gurlek" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.195420" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392584v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Schuster" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664899v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briane" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392586v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392590v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Naber" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40643" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392582v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gerber" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.7.041060" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392591v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392588v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.016601" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392585v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Findeisen" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hohe" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392583v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/PT.3.3710" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131439v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Passian" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395829v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.100105" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283600v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enoch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.043812" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281346v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Schittny" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283644v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Scherrer" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Hofman" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Chang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.115110" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761138v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Huidobro" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin-Moreno" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2012-0011" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647941v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500340.2011.589913" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647942v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tieh-Ming Chan" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281289v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anantha Ramakrishna" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mandal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Jeyadheepan" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neeraj Shukla" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakrabarti" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647944v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509105v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509111v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renger" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acimovic" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081631v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Miniaci" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rosi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auffray" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combescure" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964999v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benchabane" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745450v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Clevy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238223v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Skalli" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813050v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813133v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456168v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360001v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Semenova" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706100v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359999v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186622v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369077v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186621v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369390v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Andreoli" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370477v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182906v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761544v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545239v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlong Zhang" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitao Jiang" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gralak" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tayeb" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453044v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. Lereu" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285751v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854566v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Badri" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Mir" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854565v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911935v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David E. Kaplan" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surjeet Rajendran" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Sushkov" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091929v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091926v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard V. Craster" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>