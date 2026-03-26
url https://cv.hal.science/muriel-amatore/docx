--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -428,278 +428,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic Enantioselective Functionalization of Maleimides: An Update</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bis‐Indeno‐Fused Tetraazaanthracene Hybrids: Straightforward Synthesis and Studies of Optical and Electronic Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Bonne</w:t>
+                <w:t xml:space="preserve">Bruno Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Constantieux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rudraditya Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nans Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Canard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Chimica Sinica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cjoc.202400787⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.e202400719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.202400719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04890905v1</w:t>
+                <w:t xml:space="preserve">hal-04772054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bis‐Indeno‐Fused Tetraazaanthracene Hybrids: Straightforward Synthesis and Studies of Optical and Electronic Properties</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nans Potier</w:t>
+                <w:t xml:space="preserve">Catalytic Enantioselective Functionalization of Maleimides: An Update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
+                <w:t xml:space="preserve">Damien Bonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Canard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Constantieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.e202400719. </w:t>
+              <w:t xml:space="preserve">Acta Chimica Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (24), pp.3605-3622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.202400719⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cjoc.202400787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04772054v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N ‐Heterocyclic Carbene Control over Multiple Stereogenicities: Atroposelective Synthesis of Axially Chiral Phthalimides</w:t>
               </w:r>
@@ -953,103 +953,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Electron Accepting Properties of Two Di(benz[f]indenone)-Fused Tetraazaanthracene Isomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudraditya Sarkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Fajri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yatzil Avalos-Quiroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 87, pp.3276 - 3285. </w:t>
@@ -1139,51 +1139,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Constantieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2021 (21), pp.3023-3034. </w:t>
@@ -1325,64 +1325,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to Fluorenones Using Benzocyclopentynone Surrogate as Partner for the [2 + 2 + 2] Cycloaddition Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Doriane Manick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Parrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2257,515 +2257,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in Stereoselective [2+2+2] Cycloadditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mild Niobium-Catalyzed [2+2+2] Cycloaddition of Sila-triynes: Easy Access to Polysubstituted Benzosilacyclobutenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201403012⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (4), pp.844-847. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ol503663k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397962v1</w:t>
+                <w:t xml:space="preserve">hal-01397957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of 1,2-Dihydropyridines Catalyzed by Well-Defined Low-Valent Cobalt Complexes: C-H Activation Made Simple</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent Advances in Stereoselective [2+2+2] Cycloadditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Aubert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2, pp.265-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201403012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.5b02138⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397966v1</w:t>
+                <w:t xml:space="preserve">hal-01397962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-H Activation/Functionalization Catalyzed by Simple, Well-Defined Low-Valent Cobalt Complexes</w:t>
+                <w:t xml:space="preserve">Synthesis of 1,2-Dihydropyridines Catalyzed by Well-Defined Low-Valent Cobalt Complexes: C-H Activation Made Simple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan J. Fallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Garsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Derat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Aubert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Chemla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja512728f⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (12), pp.7493-7497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.5b02138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397960v1</w:t>
+                <w:t xml:space="preserve">hal-01397966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mild Niobium-Catalyzed [2+2+2] Cycloaddition of Sila-triynes: Easy Access to Polysubstituted Benzosilacyclobutenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cedric Simon</w:t>
+                <w:t xml:space="preserve">C-H Activation/Functionalization Catalyzed by Simple, Well-Defined Low-Valent Cobalt Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan J. Fallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Derat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Chemla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 17 (4), pp.844-847. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 137 (7), pp.2448-2451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ol503663k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ja512728f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01397957v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01397960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic Version of Enediyne Cobalt-Mediated Cycloaddition and Selective Access to Unusual Bicyclic Trienes</w:t>
               </w:r>
@@ -2949,51 +2949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Amatore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 355 (13), pp.2584-2590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3941,51 +3941,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FAD4359E"/>
+    <w:nsid w:val="D82675EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4172,51 +4172,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/muriel-amatore" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6455-5633" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452362v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Franc&#233;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diop" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Jiang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500220" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452352v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez&#8208;franc&#233;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rodrigues" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Humbel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500485" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890905v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constantieux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjoc.202400787" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772054v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salgues" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudraditya Sarkar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Potier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Doriane Manick" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Canard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400719" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384076v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barday" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouillac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201175" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chaussy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delorme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Punter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Carissan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3dt02291a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fajri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatzil Avalos-Quiroz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c02942" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Coquerel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100405" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Parrain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Commeiras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202100345" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873529v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00235" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354762v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Oliveira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Aubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT03311D" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520376v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferrand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Tang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fensterbank" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mouri&#232;s-Mansuy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00657" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644384v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Lyu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivera-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Fallon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588996" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397956v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan J. Fallon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Derat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chemla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00939" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638307v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Corc&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ03265F" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397954v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivera-Hernandez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ventre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Tremblay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b01987" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397962v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201403012" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D573E32FC2B3944E6E340BD88D2AB60D7068CE20/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397966v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Garsi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b02138" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397960v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja512728f" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397957v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol503663k" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Rekhroukh" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Malacria" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201300134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1XSM8TCD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397618v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300486" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FDFE39D98DF92636D7C2D6599EB8B52FE37722F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397907v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leboeuf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja309301n" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506743v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gosmini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201000178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CKMR0NPB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385134v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415314v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Geny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaudrel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Slowinski" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Chouraqui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200800646" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VKKZC3PX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169112v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200704402" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SXXB0QFQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02891140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Desage-El Murr" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ollivier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119006220.ch7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/muriel-amatore" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6455-5633" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452362v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez-Franc&#233;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diop" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Jiang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amatore" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500220" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452352v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n L&#243;pez&#8208;franc&#233;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rodrigues" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Humbel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500485" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772054v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Salgues" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudraditya Sarkar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Potier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Doriane Manick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Canard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400719" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890905v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Constantieux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjoc.202400787" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384076v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barday" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouillac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201175" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chaussy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delorme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Punter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Carissan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Parrain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3dt02291a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Fajri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatzil Avalos-Quiroz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.1c02942" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Coquerel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100405" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Parrain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Commeiras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajoc.202100345" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873529v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c00235" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354762v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Oliveira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Aubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT03311D" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520376v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferrand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Tang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fensterbank" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mouri&#232;s-Mansuy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00657" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644384v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Lyu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivera-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Fallon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588996" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397956v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan J. Fallon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Derat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chemla" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00939" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638307v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Corc&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ03265F" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397954v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rivera-Hernandez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ventre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Tremblay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b01987" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397957v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol503663k" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397962v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201403012" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D573E32FC2B3944E6E340BD88D2AB60D7068CE20/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397966v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Garsi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b02138" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397960v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja512728f" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Rekhroukh" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Malacria" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201300134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1XSM8TCD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397618v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300486" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FDFE39D98DF92636D7C2D6599EB8B52FE37722F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397907v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leboeuf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja309301n" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506743v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gosmini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201000178" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CKMR0NPB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385134v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415314v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Geny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaudrel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Slowinski" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Chouraqui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200800646" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VKKZC3PX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169112v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200704402" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SXXB0QFQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02891140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Desage-El Murr" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ollivier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119006220.ch7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>