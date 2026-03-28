--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A three-country analysis of the gut microbiome indicates taxon associations with diet vary by taxon resolution and population</w:t>
+                <w:t xml:space="preserve">A scoping review of the health effects of fermented foods in specific human populations and their potential role in precision nutrition: current knowledge and gaps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lora Khatib</w:t>
+                <w:t xml:space="preserve">Christèle Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se Jin Song</w:t>
+                <w:t xml:space="preserve">Panagiota Alvanoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanda Dilmore</w:t>
+                <w:t xml:space="preserve">Emilia Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jon Sanders</w:t>
+                <w:t xml:space="preserve">Ricardo Assunçao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caitriona Brennan</w:t>
+                <w:t xml:space="preserve">Miona Belovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (7), </w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.1650633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/msystems.00544-25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2025.1650633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306512v1</w:t>
+                <w:t xml:space="preserve">hal-05422050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A scoping review of the health effects of fermented foods in specific human populations and their potential role in precision nutrition: current knowledge and gaps</w:t>
+                <w:t xml:space="preserve">A three-country analysis of the gut microbiome indicates taxon associations with diet vary by taxon resolution and population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christèle Humblot</w:t>
+                <w:t xml:space="preserve">Lora Khatib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panagiota Alvanoudi</w:t>
+                <w:t xml:space="preserve">Se Jin Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilia Alves</w:t>
+                <w:t xml:space="preserve">Amanda Dilmore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Assunçao</w:t>
+                <w:t xml:space="preserve">Jon Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miona Belovic</w:t>
+                <w:t xml:space="preserve">Caitriona Brennan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, pp.1650633. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnut.2025.1650633⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00544-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05422050v1</w:t>
+                <w:t xml:space="preserve">hal-05306512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexplored microbial diversity from 2,500 food metagenomes and links with the human microbiome</w:t>
               </w:r>
@@ -2709,51 +2709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306512v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Khatib" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se Jin Song" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dilmore" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Sanders" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Brennan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00544-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422050v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Humblot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiota Alvanoudi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Alves" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Assun&#231;ao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miona Belovic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1650633" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306522v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Carlino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Blanco-M&#237;guez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pun&#269;och&#225;&#345;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mengoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Pinto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.07.039" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04159501v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lejzerowicz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cotillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mcdonald" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38558-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707089v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ivanne Le Roy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kurilshikov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Leeming" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Visconti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bowyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-021-02364-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Fitzgerald" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shriram Patel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Eckenberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guillemard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veiga" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2094664" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707011v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotham Suez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Derrien" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Elinav" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-020-0721-1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842713v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Nev&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez-de la Torre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12020320" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842707v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alvarez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chambaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cools-Portier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quinquis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72161-w" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707048v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryn C Taylor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poirel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin P Shaffer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjing Jiang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00901-19" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842735v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pavan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Druesne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena &#214;hman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36953-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Bennet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sundin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Magnusson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Strid" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.13468" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02073086v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul I. Costea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Zeller" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Sunagawa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.3960" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825707v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans T&#246;rnblom" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cools-Portier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Brazeilles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04029833v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M. Blottiere" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306511v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine St&#246;rsrud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Humblot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiota Alvanoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Alves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Assun&#231;ao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miona Belovic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2025.1650633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Khatib" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se Jin Song" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dilmore" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Sanders" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Brennan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00544-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306522v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Carlino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Blanco-M&#237;guez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pun&#269;och&#225;&#345;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mengoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Pinto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2024.07.039" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04159501v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lejzerowicz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cotillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mcdonald" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38558-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707089v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ivanne Le Roy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kurilshikov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Leeming" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Visconti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Bowyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-021-02364-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Fitzgerald" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shriram Patel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Eckenberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guillemard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veiga" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2094664" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707011v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotham Suez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Derrien" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Elinav" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-020-0721-1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842713v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Le Nev&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Martinez-de la Torre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12020320" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842707v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alvarez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chambaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cools-Portier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Quinquis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72161-w" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707048v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryn C Taylor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poirel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin P Shaffer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjing Jiang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00901-19" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842735v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pavan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Druesne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena &#214;hman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36953-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Bennet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sundin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Magnusson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Strid" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.13468" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02073086v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul I. Costea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Zeller" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Sunagawa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.3960" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825707v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans T&#246;rnblom" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cools-Portier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Brazeilles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04029833v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M. Blottiere" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306511v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843284v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stine St&#246;rsrud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>