--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -350,445 +350,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une souche de limosilactobacillus mucosae augmentant la sécrétion de GLP1 : un espoir de traitement non pharmacologique du diabète de type 2.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies probiotiques ciblant le microbiote pour limiter la fonte musculaire chez les sujets âgés dénutris et /ou en inflammation bas bruit.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Thomas</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Nutrition, Société Francophone de Nutrition Clinique et Métabolisme, Dec 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Assises régionale de la nutrition et de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806043v1</w:t>
+                <w:t xml:space="preserve">hal-04806074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies probiotiques ciblant le microbiote pour limiter la fonte musculaire chez les sujets âgés dénutris et /ou en inflammation bas bruit.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Utilisation d’une souche de limosilactobacillus mucosae pour améliorer la secrétion de GLP1 : une étude préliminaire sur miniporcs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Giron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises régionale de la nutrition et de la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Les Journées Francophones de Nutrition 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04806074v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d’une souche de limosilactobacillus mucosae pour améliorer la secrétion de GLP1 : une étude préliminaire sur miniporcs</w:t>
+                <w:t xml:space="preserve">Une souche de limosilactobacillus mucosae augmentant la sécrétion de GLP1 : un espoir de traitement non pharmacologique du diabète de type 2.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Giron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chassard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dominique Dardevet</w:t>
+                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées Francophones de Nutrition 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Nutrition, Société Francophone de Nutrition Clinique et Métabolisme, Dec 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04871692v1</w:t>
+                <w:t xml:space="preserve">hal-04806043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacticaseibacillus casei CNCM-I5663 : a probiotic to reduce Sarcopenia in undernourished older people.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -869,51 +869,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A probiotic capable to reduce sarcopenia in undernourished elderly, results from a pre-clinical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -994,51 +994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A promising probiotic capable to reduce the impact of undernutrition on the development of sarcopenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1244,51 +1244,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to reduce Sarcopenia in the Undernourished Elderly: Enrichment of Food with “Energy Saver” Probiotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1350,247 +1350,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03456032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To build a new Lactobacillus culture collection of human origin and farther screening on cellular and Caenorhabditis elegans models</w:t>
+                <w:t xml:space="preserve">To build a new Lactobacillus culture collection of human origin and farther screening on cellular and Caenorhabditis elegans models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Mayeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02432431v1</w:t>
+                <w:t xml:space="preserve">hal-04877473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To build a new Lactobacillus culture collection of human origin and farther screening on cellular and Caenorhabditis elegans models.</w:t>
+                <w:t xml:space="preserve">To build a new Lactobacillus culture collection of human origin and farther screening on cellular and Caenorhabditis elegans models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chassard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04877473v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1621,51 +1621,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Lacticaseibacillus casei CNCM I-5663 supplementation maintained muscle mass in a model of frail rodents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,90 +1755,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gut microbes and muscle function: can probiotics make our muscles stronger?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Thomas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (3), pp.1460-1476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2020,51 +2020,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum : Lacticaseibacillus casei CNCM I-5663 supplementation maintained muscle mass in a model of frail rodents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Jarzaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2170,90 +2170,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A probiotic capable to reduce sarcopenia in undernourished elderly, results from a pre-clinical study. Raw data Lactobacillus for Health project (2019-2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Thomas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2303,103 +2303,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souche de Lacticaseibacillus casei CNCM-I-5663 pour le traitement et la prévention de la fonte musculaire liée à l’âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Giron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dardevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR2106084. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -2466,51 +2466,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bactéries probiotiques issues d’un patient souffrant du syndrome de grêle court : une stratégie prometteuse pour réduire la sarcopénie chez les personnes âgées sous-alimentées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bornes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2747,51 +2747,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bornes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boudou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283392v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806043v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806074v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295275v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195191v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194999v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03395023v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456032v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432431v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877473v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222532v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ferrere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2022.1109835" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642370v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04534083v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UCFAC124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283634v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641515v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195269v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bornes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boudou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283392v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chatel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871692v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806043v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295275v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195191v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194999v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03395023v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456032v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877473v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432431v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222532v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Ferrere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2022.1109835" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642370v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04534083v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UCFAC124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283634v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641515v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195269v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>