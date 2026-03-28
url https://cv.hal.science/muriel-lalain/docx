--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2762,282 +2762,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Compare Automatically Two Phonological Strings: Application to Intelligibility Measurement in the Case of Atypical Speech</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Interpreting Deep Learning Models to Understand Loss of Speech Intelligibility in Speech Disorders — Step 1: CNN Model-Based Phone Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Abderrazek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fredouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Conference on Language Resources and Evaluation (LREC 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Shanghai, China. pp.2522-2526, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2020-2239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02482615v2</w:t>
+                <w:t xml:space="preserve">hal-03017394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Interpreting Deep Learning Models to Understand Loss of Speech Intelligibility in Speech Disorders — Step 1: CNN Model-Based Phone Classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sondes Abderrazek</w:t>
+                <w:t xml:space="preserve">How to Compare Automatically Two Phonological Strings: Application to Intelligibility Measurement in the Case of Atypical Speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Fredouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th Conference on Language Resources and Evaluation (LREC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA, May 2020, Marseille, France. pp.1682-1687</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2020-2239⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03017394v1</w:t>
+                <w:t xml:space="preserve">hal-02482615v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pertinence de l'utilisation de non mots pour évaluer l'intelligibilité</w:t>
               </w:r>
@@ -6611,277 +6611,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment l’identité segmentale des sons et la prosodie modulent-elles les caractéristiques des gouttelettes expirées dans la production de la parole ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Bouchet</w:t>
+                <w:t xml:space="preserve">Evaluer la réalisation acoustique des voyelles Cancers ORL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Legou</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Monestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fakhry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de Phonétique Clinique (JPC)</w:t>
+              <w:t xml:space="preserve">Séminaire AFCP - Journée de phonétique Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229751v1</w:t>
+                <w:t xml:space="preserve">hal-03513367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer la réalisation acoustique des voyelles Cancers ORL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Rebourg</w:t>
+                <w:t xml:space="preserve">Comment l’identité segmentale des sons et la prosodie modulent-elles les caractéristiques des gouttelettes expirées dans la production de la parole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fakhry</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire AFCP - Journée de phonétique Clinique</w:t>
+              <w:t xml:space="preserve">Journée de Phonétique Clinique (JPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03513367v1</w:t>
+                <w:t xml:space="preserve">hal-03229751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7180,51 +7180,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna K Marczyk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebourg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-021-01610-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448354v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marczyk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519427" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03413678v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.26903" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095948v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pouchoulin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Priego-Valverde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinto Serge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5895" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921918v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09496-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Giusti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2020_JSLHR-19-00088" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282354v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485957v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Reis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202627v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2007.08.005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623078v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Maisonneuve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623180v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fakhry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623060v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devoucoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Galant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Defais" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brevet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jayr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435506v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Abderrazek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971969v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monestier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2022-32" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798584v3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798549v3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611678v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ghio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fredouille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482615v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017394v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-2239" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098845v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482566v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belleville" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281868v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Laaridh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962272v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocaudie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-23" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770168v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962170v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2018-1266" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770161v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-33" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-22" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615016v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616630v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462180v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372037v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pinto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507648v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Mendonca-Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507649v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa-Eleste" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507653v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507650v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510205v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Mendon&#231;a Alves" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa Celeste" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510450v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514862v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619599v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Pinheiro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Capellini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449036v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schwartz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449047v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cotte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Roux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363730v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225655v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Beladjimi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rodier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fabre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142338v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Lei&#231;arrague" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413235v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513329v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513367v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480816v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa-Celeste" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna K Marczyk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebourg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-021-01610-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448354v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Marczyk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519427" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03413678v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.26903" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095948v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pouchoulin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Priego-Valverde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinto Serge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5895" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921918v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09496-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Giusti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2020_JSLHR-19-00088" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282354v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485957v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line de Looze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Reis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202627v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2007.08.005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623078v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Maisonneuve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623180v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623066v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fakhry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623060v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devoucoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Galant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Defais" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brevet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jayr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435506v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Abderrazek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971969v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Monestier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2022-32" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798584v3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798549v3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611678v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ghio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fredouille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017394v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meunier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-2239" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482615v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098845v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482566v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belleville" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281868v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Laaridh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962272v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nocaudie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-23" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770168v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962170v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2018-1266" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770161v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-33" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-22" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615016v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616630v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462180v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372037v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pinto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507648v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Mendonca-Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507649v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa-Eleste" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507653v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507650v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510205v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Mendon&#231;a Alves" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa Celeste" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510450v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514862v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619599v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Pinheiro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Capellini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449036v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schwartz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449047v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cotte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Roux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363730v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225655v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Beladjimi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rodier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fabre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142338v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Lei&#231;arrague" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413235v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513329v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513367v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480816v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Correa-Celeste" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>