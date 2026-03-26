--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -202,6803 +202,6803 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Policies: Collective Action and Value Pluralism</w:t>
+                <w:t xml:space="preserve">Carbon Footprint of Composting and Vermicomposting of Household Biowaste: A Decision-Making Factor for Regional Biowaste Recovery Policies?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Baron</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of Economics and Sociology of Conventions</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (2), pp.44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/recycling10020044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210958v1</w:t>
+                <w:t xml:space="preserve">hal-05307518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions Among Stakeholders Regarding Environmental Issues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Understanding the driving forces behind the creation of territorial value. Towards a socio-territorial approach to urban functionalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territorial Analysis of Environments</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04869965v1</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (1), pp.7-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1116489ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04993102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux frontières de l’économique : Territoire et valeur territoriale : des expérimentations à un nouveau modèle de création de valeur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Robert</w:t>
+                <w:t xml:space="preserve">Analyse des modalités d’ancrage territorial des filières de compostage des biodéchets ménagers dans l’aire métropolitaine de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trajectoires d'innovation. Des émergences à la reconnaissance</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04371707v1</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Création de richesses et réponses aux besoins de la population d'Aussois</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Debuisson</w:t>
+                <w:t xml:space="preserve">Introduction. La gestion des biodéchets ménagers : enjeux de circularité et de bouclage territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-01255064v1</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : Pourquoi un livre sur Aussois?</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers un métabolisme circulaire et local des biodéchets ménagers dans l'aire métropolitaine de Lyon. Deux scénarios de valorisation du compost normalisé en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-01535316v1</w:t>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion : Quel avenir pour l’écologie territoriale</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les enjeux du compostage des biodéchets ménagers. De la construction de filière à une approche métabolique des flux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-01535317v1</w:t>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les théories de l’action collective. Expression du rapport entre l’individu et la collectivité</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nouveaux modèles économiques et renouvellement productif à Romans-sur-Isère : à la recherche de la durabilité territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Petit</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fompérie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risque environnemental et action collective, application aux risques industriels et d’érosion côtière dans le Pas de Calais</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01130712v1</w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.24546⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04376643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risques d'érosion et dynamiques d'action collective sur la côte d'Opale (de Wissant à Wimereux).</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">notice :Développement territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Leloup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-00490679v1</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.21786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04376621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les risques environnementaux: lectures disciplinaires et champs de recherches interdisciplinaires.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Nouveaux modèles économiques et renouvellement productif à Romans-sur-Isère : à la recherche de la durabilité territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fompérie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-00490672v1</w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.24861⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écologie industrielle et territoriale : un levier d’action pour le développement durable</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Patrimonialisation et durabilité du régime conventionnel territorial à Romans-sur-Isère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fompérie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement Durable et territoire</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02524048v1</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Vol.14, n°1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.22164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge and Innovation : Power and Counter Power</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">« De l’arbre au radiateur » : vers de nouveaux opérateurs énergétiques territoriaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Kartchevsky</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lepin Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in Laperche B, Galbraith J K, Uzunidis (eds), Innovation, Evolution and Economic change</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282748v1</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 264-265, pp.15-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.12598⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03970680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territoire, action publique et proximité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">notice : transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhoda Fofack-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ch. Beaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in Laganier R. et Scarwell H. (dir.), Contraintes environnementales et gouvernance des territoires</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.21975⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04376634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’économie circulaire : modes de gouvernance et développement territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (2), pp.101-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2020033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of linked legitimacy in sustainable business model development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melea Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Industrial Marketing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89, pp.566 - 577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indmarman.2019.05.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03492242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dossier « L’économie circulaire : modes de gouvernance et développement territorial » – Nouveaux modèles économiques et construction de la durabilité territoriale. Illustrations à partir d’une analyse de l’action collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (2), pp.131-144. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00282740v1</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2020031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveaux modèles économiques et création de valeur territoriale autour de l'économie circulaire, de l’économie de la fonctionnalité et de l’écologie industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Décembre (5), pp.905-934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.175.0905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une démarche intégrée d'évaluation et de représentation des services écosystémiques : perspective interdisciplinaire et enjeux en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environnement Urbain / Urban Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01740373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La proximité au cœur des synergies éco-industrielles dunkerquoises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lenoir Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 109-110 (3), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flux1.109.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02121711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opérationnalisation du développement durable et action collective : étude d’un cas de promotion immobilière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Karim Komi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (4), pp.55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rimhe.028.0055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02121701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stakeholders representations of biodiversity and ecosystem services. A critical view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Merlin-Brogniart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Vol. 7, n°1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11228⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02121674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arrangements institutionnels dans le domaine de l’écologie industrielle : l'exemple de la gestion des déchets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Sarran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'économie industrielle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 152, pp.151 - 172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rei.6251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01610663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies d’acteurs et gouvernance des démarches d’écologie industrielle et territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Brullot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vol. 5, n°1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.10082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capitalisme raisonnable et développement durable : quels apports possibles à partir de l’institutionnalisme de John R. Commons ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, http://interventionseconomiques.revues.org/1227</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risque environnemental et action collective : l’exemple de la gestion du risque d’érosion à Wissant (Côte d’Opale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Zuindeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.9303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03630533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concilier développement et environnement, action collective locale et contraintes globales : une équation possible pour le Mécanisme de Développement Propre &amp;quot;?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Préludes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, n° 10, p. 105-126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Territorialisierung der Beschäftigungspolitik in Frankreich in Lichte des wirtschaftswissenschaftlichen Forshung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kissler L, Zettelmeier W (dirs) Kommunale Arbeitsmarkt-und Beschäftigungspolitik, Campus Verlag, Frankfurt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, p. 106-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que l'emploi durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Knockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, printemps (n° 12), p. 135-145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que l'emploi durable?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Knockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 12 (2), pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss:2004019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'EMPLOI DURABLE, UN CONCEPT PERTINENT A L'ECHELON TERRITORIAL?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Knockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers lillois d'économie et de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodéchets et économie circulaire : quelle stratégie territoriale pour quel changement de modèle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion des déchets d’équipements électriques et électroniques ménagers à Lyon : quelle place de/pour l’ESS dans une transition circulaire territoriale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Maillefert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trajectoires de développement &amp; imbrications des territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Sciences Régionales De Langue Française, Jun 2025, Québec (Canada), Université Laval, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05307559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du métabolisme territorial des biodéchets ménagers à leur valorisation en compost pour l’agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la recherche des métaux stratégiques dans les Déchets d’Equipements Electriques et Electroniques (DEEE) des ménages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-construire un indice de résilience territorial à l’échelle du massif des Alpes face au changement climatique : enjeux conceptuels, méthodologiques et opérationnels.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Comprendre les ressorts de la création de valeur territoriale. Vers une approche socio-territoriale des fonctionnalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lise Bourdeau-Lepage</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Serra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quinzièmes Rencontres de ThéoQuant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t>
+              <w:t xml:space="preserve">58e Colloque ASRDLF "Transitions, gouvernance territoriale et solidarités"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF), Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03627204v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les ressorts de la création de valeur territoriale. Vers une approche socio-territoriale des fonctionnalités</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Co-construire un indice de résilience territorial à l’échelle du massif des Alpes face au changement climatique : enjeux conceptuels, méthodologiques et opérationnels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lise Serra</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bourdeau-Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58e Colloque ASRDLF "Transitions, gouvernance territoriale et solidarités"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF), Jun 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Quinzièmes Rencontres de ThéoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051648v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03627204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux des programmes de transition de deux territoires industriels, le Nord Franche-Comté et le Territoire Dunkerquois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kroichvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude Développement Durable et Territoire (Regards croisés sur la Troisième révolution industrielle : expérimentations territoriales, politiques et dispositifs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les nouveaux facteurs d’attractivité des territoires : vers l’«habiter» des zones d’activité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mercier-Suissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bouveret-Rivat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IMU 2020 : L’urbain dans tous ses états : penser et faire la ville en pluralité, All views of the urban/ imagining and making the pluralistic city</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02487586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecologie industrielle et nouveaux modèles économiques. Quels enjeux de développement pour les territoires?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Attract firms and living the economic activity zones: New factors of territorial attractiveness: moving toward lived-EAZs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicola Screnci</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mercier-Suissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bouveret-Rivat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIODD 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t>
+              <w:t xml:space="preserve">32nd ERSA Summer School. ERSA Summer School features Cities and regions in the process of transformation In pursuit of prevailing research concepts: geography of innovation, economic resilience, smartness, specialisation … What else?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Katowice, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01350016v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attract firms and living the economic activity zones: New factors of territorial attractiveness: moving toward lived-EAZs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Ecologie industrielle et nouveaux modèles économiques. Quels enjeux de développement pour les territoires?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Bouveret-Rivat</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Screnci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd ERSA Summer School. ERSA Summer School features Cities and regions in the process of transformation In pursuit of prevailing research concepts: geography of innovation, economic resilience, smartness, specialisation … What else?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Katowice, Poland</w:t>
+              <w:t xml:space="preserve">RIODD 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142002v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01350016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industrial Ecology : Crossed Viewpoints from Economics and Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Lopez-Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Blouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Economics and institutionnal dynamics - 10th International Conference of the European Society for Ecological Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01825045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An international water regime? The case of the river Scheldt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Maganda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Plumecocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik von Slobbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Conference of the European Society for Ecological Economics, “Ecological Economics and Institutional dynamics”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Lille, France. 686 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propositions méthodologiques pour l’analyse de la stratégie des acteurs et des modes de gouvernance de projets d’écologie industrielle sur des parcs d’activités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'ASRDLF 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Clermond-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Industrial Ecology in Pactice: from flow analysis to coordination processes analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th Annual International Sustainable Development Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, New Dehli, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action individuelle, Action collective, formes de l'intérêt : Vers une étude des catégories pertinentes de l'action collective en économie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Réaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00282746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inscription territoriale des politiques publiques d’emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème Colloque de l'Association de Science Régionale de Langue Française - "La science régionale au tournant du siècle"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce que l'emploi durable?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Knockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées "Natures, sciences, sociétés" de l'écologie urbaine à la ville durable : quels besoins de recherche pour quelles pratiques interdisciplinaires ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un métabolisme circulaire et local des biodéchets ménagers dans l'aire métropolitaine de Lyon. Deux scénarios de valorisation du compost normalisé en agriculture</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Water Policies: Collective Action and Value Pluralism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05308330v1</w:t>
+              <w:t xml:space="preserve">Handbook of Economics and Sociology of Conventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-24, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-52130-1_39-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des modalités d’ancrage territorial des filières de compostage des biodéchets ménagers dans l’aire métropolitaine de Lyon</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Interactions Among Stakeholders Regarding Environmental Issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Cossart; Anne Rivière-Honegger. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05308348v1</w:t>
+              <w:t xml:space="preserve">Territorial Analysis of Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE; Wiley, pp.99 - 127, 2024, Sciences Géography and demography – Physical Geography, Construction of Environments and Landscapes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the driving forces behind the creation of territorial value. Towards a socio-territorial approach to urban functionalities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Aux frontières de l’économique : Territoire et valeur territoriale : des expérimentations à un nouveau modèle de création de valeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'Université du Quebec. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04993102v1</w:t>
+              <w:t xml:space="preserve">Trajectoires d'innovation. Des émergences à la reconnaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, ISBN 978-2-7605-5106-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04371707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon Footprint of Composting and Vermicomposting of Household Biowaste: A Decision-Making Factor for Regional Biowaste Recovery Policies?</w:t>
-[...42 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction : Pourquoi un livre sur Aussois?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Barles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Buclet Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recycling</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05307518v1</w:t>
+              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 218 p., 2015, CNRS Alpha, 978-2-271-08887-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. La gestion des biodéchets ménagers : enjeux de circularité et de bouclage territorial</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Création de richesses et réponses aux besoins de la population d'Aussois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Buclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cerceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Debuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Métereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Buclet Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05308369v1</w:t>
+              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, pp.105-160, 2015, 978-2-271-08887-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01255064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux du compostage des biodéchets ménagers. De la construction de filière à une approche métabolique des flux.</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conclusion : Quel avenir pour l’écologie territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Barles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Buclet Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04701029v1</w:t>
+              <w:t xml:space="preserve">Essai d'écologie territoriale : l'exemple d'Aussois en Savoie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 218 p., 2015, CNRS Alpha, 978-2-271-08887-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux modèles économiques et renouvellement productif à Romans-sur-Isère : à la recherche de la durabilité territoriale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les théories de l’action collective. Expression du rapport entre l’individu et la collectivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04183681v1</w:t>
+              <w:t xml:space="preserve">Risque environnemental et action collective, application aux risques industriels et d’érosion côtière dans le Pas de Calais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrimonialisation et durabilité du régime conventionnel territorial à Romans-sur-Isère</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Risques d'érosion et dynamiques d'action collective sur la côte d'Opale (de Wissant à Wimereux).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Meur-Ferec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Petit et Vincent Herbert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04183682v1</w:t>
+              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, pp.95-125, 2010, SRD: Sciences du Risque et du Danger</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00490679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux modèles économiques et renouvellement productif à Romans-sur-Isère : à la recherche de la durabilité territoriale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les risques environnementaux: lectures disciplinaires et champs de recherches interdisciplinaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deboudt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Deldrève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Longuépée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...12 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Petit et Vincent Herbert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04376643v1</w:t>
+              <w:t xml:space="preserve">Risque environnemental et action collective: application aux risques industriels et d'érosion côtière dans le Pas de Calais.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, pp.7-30, 2010, SRD: Sciences du Risque et du Danger</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00490672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">notice :Développement territorial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">L’écologie industrielle et territoriale : un levier d’action pour le développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Brullot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Zuindeau. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04376621v1</w:t>
+              <w:t xml:space="preserve">Développement Durable et territoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.469-478, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.15452⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02524048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">notice : transition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Knowledge and Innovation : Power and Counter Power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kartchevsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04376634v1</w:t>
+              <w:t xml:space="preserve">in Laperche B, Galbraith J K, Uzunidis (eds), Innovation, Evolution and Economic change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar, Cheltenham, UK, p. 229-240, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« De l’arbre au radiateur » : vers de nouveaux opérateurs énergétiques territoriaux ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Territoire, action publique et proximité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lepin Nicolas</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Beaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...1534 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">in Laganier R. et Scarwell H. (dir.), Contraintes environnementales et gouvernance des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. de l'Aube, Paris, p. 98-125, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...62 lines deleted...]
-                <w:t xml:space="preserve">hal-02362423v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodéchets et économie circulaire : quelle stratégie territoriale pour quel changement de modèle ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Les acteurs de la valorisation des déchets alimentaires des ménages lyonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05308387v1</w:t>
+              <w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan carbone du (vermi)compostage des déchets alimentaires des ménages dans la métropole de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une analyse du métabolisme des déchets alimentaires ménagers dans la Métropole de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Berdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire &amp;quot;Valorisation des biodéchets des ménages et métabolisme territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Maillefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Maillefert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action collective territoriale et modèles de développement régionaux : le cas de trois sites de la région Nord-Pas-de-Calais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00282724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques régionales de l'environnement et développement économique : une approche territoriale (PREDAT)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Réseaux d'acteurs environnementaux et dynamique territoriale, une approche par la proximité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Zuindeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Beaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282749v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00200462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concilier développement et environnement, action collective locale et contraintes globales : une équation possible pour le Mécanisme de Développement Propre &amp;quot; ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Delachenal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00282726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux d'acteurs environnementaux et dynamique territoriale, une approche par la proximité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Politiques régionales de l'environnement et développement économique : une approche territoriale (PREDAT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Beaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00200462v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des modèles de l'Etat à l'action publique territoriale. Eléments pour un renouvellement de l'analyse de l'action publique à l'échelon territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Screnci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00200461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques régionales de l'environnement et développement économique : une approche territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Zuindeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beaurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cattez Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Liefooghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00285687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individus, action collective et institutions : le point de vue de l'économie et de la sociologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">John Kenneth Galbraith View on the Market, the Organisation and the State</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kartchevsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282741v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Kenneth Galbraith View on the Market, the Organisation and the State</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Conflits d'usage et action collective locale autour de la qualité de l'air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Kartchevsky</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Beaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282738v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conflits d'usage et action collective locale autour de la qualité de l'air</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Individus, action collective et institutions : le point de vue de l'économie et de la sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...242 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...75 lines deleted...]
-                <w:t xml:space="preserve">hal-04570387v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7055,64 +7055,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre ULRICH</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Berdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME, 20 avenue du Grésillé, 49004 Angers. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7134,77 +7134,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action collective, Ecologie industrielle et Soutenabilité (ACTEIS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beaurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ADEME. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7226,64 +7226,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d’Outils Méthodologiques et d’Evaluation pour l’Ecologie Industrielle (COMETHE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beaurain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Agence Nationale de la Recherche. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7337,64 +7337,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressources, patrimoine, territoires et développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Maillefert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7515,51 +7515,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D7F231FA"/>
+    <w:nsid w:val="4A7CB247"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7746,51 +7746,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/muriel-maillefert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8279-0047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05577833X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/169715610" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52130-1_39-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869965v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371707v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Debuisson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M&#233;tereau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535316v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/geographie/7207-essai-d-ecologie-territoriale.html?search_query=le+metabolisme+territorial&amp;amp;results=1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535317v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130712v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beaurain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490679v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490672v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deboudt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524048v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Brullot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.15452" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282748v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kartchevsky" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282740v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Beaurain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307559v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Berdier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Girault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682259v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627204v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04051648v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Serra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549352v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kroichvili" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02487586v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier-Suissa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouveret-Rivat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350016v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Screnci" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01825045v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Lopez-Ferber" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748736v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maganda" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Slobbe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524028v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524034v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282746v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362417v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Knockaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362415v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Knockaert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308330v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308348v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993102v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1116489ar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling10020044" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308369v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701029v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183681v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fomp&#233;rie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.24861" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183682v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Martinez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22164" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376643v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.24546" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376621v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Leloup" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21786" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376634v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Fofack-Garcia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21975" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970680v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepin Nicolas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.12598" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103701v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020033" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020031" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492242v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melea Press" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2019.05.009" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214108v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.175.0905" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121701v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Karim Komi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.028.0055" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740373v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121711v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lenoir Varlet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.109.0023" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121674v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlin-Brogniart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11228" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610663v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decouzon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sarran" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6251" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02271540v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Joubert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10082" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130315v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03630533v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zuindeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9303" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282715v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delachenal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282717v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544564v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004019" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282721v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knockaert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362423v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308387v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570994v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282724v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282749v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282726v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200462v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200461v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285687v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cattez Laurent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Liefooghe" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282741v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282738v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282737v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570373v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570379v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570387v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728577v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Peign&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre ULRICH" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducasse" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130751v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130743v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536837v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/muriel-maillefert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8279-0047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05577833X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/169715610" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307518v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Berdier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Girault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling10020044" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993102v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Serra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1116489ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308348v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308369v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308330v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701029v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376643v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fomp&#233;rie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.24546" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376621v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Leloup" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21786" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.24861" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183682v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va Martinez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22164" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970680v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lepin Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.12598" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376634v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Fofack-Garcia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21975" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103701v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492242v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melea Press" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2019.05.009" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213891v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020031" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214108v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.175.0905" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740373v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121711v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beaurain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lenoir Varlet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.109.0023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121701v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Karim Komi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.028.0055" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Merlin-Brogniart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11228" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610663v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decouzon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sarran" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6251" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02271540v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Brullot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Joubert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10082" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130315v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03630533v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Zuindeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9303" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282715v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delachenal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282717v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282721v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knockaert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544564v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Knockaert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004019" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362423v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Knockaert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308387v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682267v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682259v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04051648v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627204v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bourdeau-Lepage" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549352v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kroichvili" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02487586v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier-Suissa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouveret-Rivat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142002v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350016v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Screnci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01825045v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Lopez-Ferber" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748736v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maganda" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Slobbe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524028v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524034v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282746v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362417v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362415v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210958v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52130-1_39-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869965v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371707v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535316v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/geographie/7207-essai-d-ecologie-territoriale.html?search_query=le+metabolisme+territorial&amp;amp;results=1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255064v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buclet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cerceau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Debuisson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M&#233;tereau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535317v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130712v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490679v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490672v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deboudt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Longu&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02524048v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.15452" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282748v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kartchevsky" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282740v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Beaurain" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570373v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570387v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570379v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570994v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282724v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200462v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282726v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282749v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00200461v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285687v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cattez Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Liefooghe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282738v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282737v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282741v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728577v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Peign&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre ULRICH" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducasse" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130751v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130743v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03536837v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rousseau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>