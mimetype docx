--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -546,464 +546,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03095394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut s’adapter aux cultures, Maître !&amp;quot; La racialisation des publics de la justice familiale en France métropolitaine</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Chaque mot a un coût » : Les contraintes de la fabrication d'un feuilleton télévisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologie française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ethn.181.0131⟩</w:t>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (2), pp.55-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.044.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02003627v1</w:t>
+                <w:t xml:space="preserve">hal-02129700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Chaque mot a un coût » : Les contraintes de la fabrication d'un feuilleton télévisé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Faut s’adapter aux cultures, Maître !&amp;quot; La racialisation des publics de la justice familiale en France métropolitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Biland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abigail Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Gollac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoir/Agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 44 (2), pp.55-64. </w:t>
+              <w:t xml:space="preserve">Ethnologie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48, pp.131-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sava.044.0055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ethn.181.0131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129700v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02003627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des avocats et des parents. Demandes profanes et conseils juridiques pour la prise en charge des enfants au Québec</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ruptures de riches. Privilèges de classe et inégalités de genre au sein de la justice québécoise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Biland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/drs.095.0043⟩</w:t>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Quand les classes supérieures s'arrangent avec le droit, 108 (4), pp.97-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.108.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02139557v1</w:t>
+                <w:t xml:space="preserve">halshs-02139524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruptures de riches. Privilèges de classe et inégalités de genre au sein de la justice québécoise</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des avocats et des parents. Demandes profanes et conseils juridiques pour la prise en charge des enfants au Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Quand les classes supérieures s'arrangent avec le droit, 108 (4), pp.97-124. </w:t>
+              <w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Justice familiale et inégalités sociales, 1 (95), pp.43-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.108.0097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/drs.095.0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02139524v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02139557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Feminization of the Judiciary : What is the Problem ?” part of the debate “When Gender Diversity Shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1054,51 +1054,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Féminisation de la magistrature : quel est le problème ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1139,187 +1139,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selon que vous serez puissant ou misérable…</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le processus collectif de création d'un feuilleton télévisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux Cahiers du socialisme</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (101), pp.91-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.101.0091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03163131v1</w:t>
+                <w:t xml:space="preserve">halshs-02003588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le processus collectif de création d'un feuilleton télévisé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selon que vous serez puissant ou misérable…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Biland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouveaux Cahiers du socialisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16, pp.70 - 78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.101.0091⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-02003588v1</w:t>
+                <w:t xml:space="preserve">hal-03163131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquêter, écrire et publier en collectif</w:t>
               </w:r>
@@ -1331,77 +1331,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Enquêtes collectives, 32</w:t>
@@ -1996,90 +1996,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parents au tribunal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Gollac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibylle Gollac</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abigail Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2118,90 +2118,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justice et inégalités au prisme des sciences sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abigail Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2530,51 +2530,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confrontations entre magistrat·e·s et justiciables aux affaires familiales. Connivence et mépris de classe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2916,51 +2916,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National paths towards private ordering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3073,90 +3073,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au tribunal des couples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Odile Jacob, 309 p., 2013, Le collectif onze, 978-2-7381-3053-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -3347,51 +3347,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Bastard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Eloy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Francois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gilliotte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guittet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.252.0335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03769706v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mabille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thierry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.017.0079" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939222v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sch&#252;tz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.33401" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095394v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Sofio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.380" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003627v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bourguignon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.181.0131" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02129700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.044.0055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139557v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zimmermann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs.095.0043" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.108.0097" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091196v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01505107v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessiere" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.036.0175" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03163131v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003588v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.101.0091" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547274v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.082.0058" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519240v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2014.07.007" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003551v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2013.07.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003533v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.165.0053" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244336v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bernon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chi&#232;ze-Wattinne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dominguez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mesclon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926569v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fl&#233;cher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03228599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01932770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonn&#233;ry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coavoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deslyper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408249v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.378" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195891v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139529v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165246v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Steinmetz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hartpub.co.uk/BookDetails.aspx?ISBN=9781849469128" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547069v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357546v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Bastard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Eloy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Francois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gilliotte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guittet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.252.0335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03769706v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mabille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thierry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.017.0079" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939222v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sch&#252;tz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.33401" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095394v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Sofio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.380" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-02129700v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.044.0055" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003627v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bourguignon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.181.0131" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139524v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.108.0097" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139557v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zimmermann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs.095.0043" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091196v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01505107v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessiere" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.036.0175" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003588v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.101.0091" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03163131v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547274v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.082.0058" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519240v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2014.07.007" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003551v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2013.07.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003533v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.165.0053" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244336v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bernon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chi&#232;ze-Wattinne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dominguez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mesclon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926569v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fl&#233;cher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03228599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01932770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonn&#233;ry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coavoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deslyper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408249v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bssg.378" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195891v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02139529v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165246v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328452v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Steinmetz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hartpub.co.uk/BookDetails.aspx?ISBN=9781849469128" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547069v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>