--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -624,1288 +624,1306 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 472-473, pp.169-193</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 472-473, pp.169-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/estat.2014.10495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01109036v1</w:t>
+                <w:t xml:space="preserve">hal-05528759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montant et composition du patrimoine des indépendants, avant et après le départ à la retraite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Rapoport</w:t>
+                <w:t xml:space="preserve">Les agriculteurs et leur patrimoine : des indépendants comme les autres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline de Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Gouraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 472-473, pp.169-193</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 444-445, pp.55-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/estat.2011.9643⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05528759v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les agriculteurs et leur patrimoine : des indépendants comme les autres ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hiring young, unskilled workers on subsidized open-ended contracts: a good integration programme?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Zamora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/estat.2011.9643⟩</w:t>
+              <w:t xml:space="preserve">Oxford Review of Economic Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (2), pp.380-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxrep/grr016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519269v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiring young, unskilled workers on subsidized open-ended contracts: a good integration programme?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Départ des travailleurs âgés : formation continue et changements techniques et organisationnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Behaghel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Caroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Zamora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxford Review of Economic Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/oxrep/grr016⟩</w:t>
+              <w:t xml:space="preserve">Travail et Emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 121, pp.7-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/travailemploi.3536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754538v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in the French commercial farm population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Papa Madior Malick Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Piet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 91 (3), pp.279-295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/reae.2010.1988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01462439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Départ des travailleurs âgés : formation continue et changements techniques et organisationnels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eve Caroli</w:t>
+                <w:t xml:space="preserve">Le Produit d’épargne retraite populaire (Perp) : caractéristiques des détenteurs et projection des niveaux de rentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Direr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail et Emploi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/travailemploi.3536⟩</w:t>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (194), pp.79-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ecop.2010.8050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754471v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Produit d’épargne retraite populaire (Perp) : caractéristiques des détenteurs et projection des niveaux de rentes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Direr</w:t>
+                <w:t xml:space="preserve">Demande de travail et élasticité des heures au salaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Prévision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/ecop.2010.8050⟩</w:t>
+              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 75 (1), pp.63-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rel.751.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653480v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00824367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demande de travail et élasticité des heures au salaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Roux</w:t>
+                <w:t xml:space="preserve">Does the public employment service affect search effort and outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fougère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches Economiques de Louvain - Louvain economic review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rel.751.0063⟩</w:t>
+              <w:t xml:space="preserve">European Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 53 (7), pp.846-869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euroecorev.2009.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00824367v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00824380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the public employment service affect search effort and outcomes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacqueline Pradel</w:t>
+                <w:t xml:space="preserve">L’impact de la réforme de 1990 sur les décisions de départ à la retraite des exploitants agricoles français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Papa Madior Malick Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Economic Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euroecorev.2009.01.006⟩</w:t>
+              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 89 (4), pp.29-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/reae.2008.1954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00824380v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impact de la réforme de 1990 sur les décisions de départ à la retraite des exploitants agricoles français</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Papa Madior Malick Fall</w:t>
+                <w:t xml:space="preserve">Nouvelles technologies et nouvelles formes d'organisation du travail : Quelles conséquences pour l'emploi des salariés âgés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Caroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/reae.2008.1954⟩</w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 57 (6), pp.1329-1349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.576.1329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661338v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New technologies, organisation and age: firm level evidence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eve Caroli</w:t>
+                <w:t xml:space="preserve">Fins de carrière et départ à la retraite : l'apport des modèles de durée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Magnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Economic Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dossiers Solidarité et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 3, pp.101-117</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754173v1</w:t>
+                <w:t xml:space="preserve">hal-02656535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fins de carrière et départ à la retraite : l'apport des modèles de durée</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Rapoport</w:t>
+                <w:t xml:space="preserve">New technologies, organisation and age: firm level evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Caroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers Solidarité et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Economic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 116 (509), pp.F73-F93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1468-0297.2006.01065.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656535v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles technologies et nouvelles formes d'organisation du travail : Quelles conséquences pour l'emploi des salariés âgés ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eve Caroli</w:t>
+                <w:t xml:space="preserve">La réduction du temps de travail 1997-2003 : dynamique de construction des lois &amp;quot; Aubry &amp;quot; et premières évaluations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Askenazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bloch-London</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reco.576.1329⟩</w:t>
+              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 376-377, pp.153-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/estat.2004.7587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754123v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La retraite des agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1921,100 +1939,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chambres d'Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 941, pp.28-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02679199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droits à la retraite et mortalité différentielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Magnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2029,204 +2047,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Prévision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 168, pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réduction du temps de travail 1997-2003 : dynamique de construction des lois &amp;quot; Aubry &amp;quot; et premières évaluations</w:t>
-[...53 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le marché du travail à l'approche de la retraite entre 1982 et 1999, évolutions et évaluations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/estat.2004.7587⟩</w:t>
-[...53 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Bommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Magnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3588,51 +3502,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05144164v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Coile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wise" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel B&#246;rsch-Supan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gruber" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Milligan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474747223000215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Caroli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pollak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2023.538.2092" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504266v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dubois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Marino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.161.0207" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978400v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Behaghel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecca.12078" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-03NTBV00-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109036v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourdieu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rapoport" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05528759v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519269v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Paoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gouraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2011.9643" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754538v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zamora" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxrep/grr016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462439v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Madior Malick Fall" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reae.2010.1988" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754471v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.3536" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Direr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecop.2010.8050" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824367v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rel.751.0063" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Foug&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Pradel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2009.01.006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661338v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reae.2008.1954" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754173v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aubert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0297.2006.01065.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSC48P1J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656535v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magnac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754123v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.576.1329" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679199v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675943v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bommier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754077v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bloch-London" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2004.7587" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678574v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2003.1478" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672694v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fiole" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694108v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pucci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Valentin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03231023v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bozio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rabat&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491987v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Prost" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.uchicago.edu/ucp/books/book/chicago/S/bo36789650.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175072v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504268v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7208/chicago/9780226262604.003.0006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808193v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debrand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://press.uchicago.edu/ucp/books/book/chicago/S/bo13948236.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3386/w17055" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813911v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lika Ben Salem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05400100v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Zemmour" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04214985v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05144164v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Coile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wise" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel B&#246;rsch-Supan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gruber" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Milligan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474747223000215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Caroli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pollak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2023.538.2092" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504266v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dubois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Marino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.161.0207" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978400v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Behaghel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecca.12078" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-03NTBV00-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05528759v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bourdieu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rapoport" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2014.10495" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519269v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Paoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gouraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2011.9643" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754538v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zamora" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxrep/grr016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.3536" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462439v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Madior Malick Fall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reae.2010.1988" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Direr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecop.2010.8050" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824367v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rel.751.0063" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Foug&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Pradel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2009.01.006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661338v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/reae.2008.1954" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754123v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aubert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.576.1329" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656535v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magnac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754173v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0297.2006.01065.x" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSC48P1J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754077v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bloch-London" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/estat.2004.7587" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679199v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675943v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bommier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678574v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2003.1478" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672694v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fiole" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694108v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pucci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Valentin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03231023v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bozio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rabat&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02491987v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Prost" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.uchicago.edu/ucp/books/book/chicago/S/bo36789650.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175072v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504268v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7208/chicago/9780226262604.003.0006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808193v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debrand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://press.uchicago.edu/ucp/books/book/chicago/S/bo13948236.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3386/w17055" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813911v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lika Ben Salem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05400100v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Boyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Zemmour" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04214985v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>