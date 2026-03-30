--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1353,459 +1353,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05479498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les variabilités en situation de travail avant implémentation d’un robot collaboratif (cobot)</w:t>
+                <w:t xml:space="preserve">Liens entre les leaderships et la satisfaction de l’équilibre des vies : rôle médiateur du harcèlement moral au travail.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étienne Fournier</w:t>
+                <w:t xml:space="preserve">Willy'S Ndong Nguema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Desrumaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Ntsame Sima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Landry</w:t>
+                <w:t xml:space="preserve">Clotilde Ayingone Obame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème congrès de l’Association Internationale de Psychologie du Travail de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HEC Montréal, Jul 2023, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">XXIIème Congrès de l’Association Internationale de Psychologie du Travail de Langue Française À Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montreal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04172174v1</w:t>
+                <w:t xml:space="preserve">hal-04436174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liens entre les leaderships et la satisfaction de l’équilibre des vies : rôle médiateur du harcèlement moral au travail.</w:t>
+                <w:t xml:space="preserve">Comprendre les variabilités en situation de travail avant implémentation d’un robot collaboratif (cobot)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willy'S Ndong Nguema</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascale Desrumaux</w:t>
+                <w:t xml:space="preserve">Étienne Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Ntsame Sima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Ayingone Obame</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Landry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIème Congrès de l’Association Internationale de Psychologie du Travail de Langue Française À Montréal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montreal, France</w:t>
+              <w:t xml:space="preserve">22ème congrès de l’Association Internationale de Psychologie du Travail de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HEC Montréal, Jul 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04436174v1</w:t>
+                <w:t xml:space="preserve">hal-04172174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succès de carrière des psychologues de l’accompagnement professionnel : Effet organisationnel, social et/ou individuel ?</w:t>
+                <w:t xml:space="preserve">Succès de carrière des psychologues de l’accompagnement professionnel : Liens avec des inducteurs organisationnel, social et/ou individuels ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desrumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Murielle Nstame Sima</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Ntsame Sima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème congrès AIPTLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française, Jul 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">XXème congrès AIPTLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399329v1</w:t>
+                <w:t xml:space="preserve">hal-04077125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succès de carrière des psychologues de l’accompagnement professionnel : Liens avec des inducteurs organisationnel, social et/ou individuels ?</w:t>
+                <w:t xml:space="preserve">Succès de carrière des psychologues de l’accompagnement professionnel : Effet organisationnel, social et/ou individuel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Desrumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Murielle Ntsame Sima</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Nstame Sima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXème congrès AIPTLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">20ème congrès AIPTLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail de Langue Française, Jul 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077125v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être psychologique au travail des conseillers à pôle emploi : quels effets du soutien de l’organisation et de l’estime de soi ?</w:t>
               </w:r>
@@ -3476,51 +3476,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="85D8729B"/>
+    <w:nsid w:val="93D5C661"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3707,51 +3707,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/murielle-sima" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1978-6715" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183381319" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313578667" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/DJE-1910-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desrumaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Ntsame Sima" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ardaen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2025.04.011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861004v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tchagn&#233;no" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/psycholint6040066" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643433v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Medzo-M&#8217;engone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ntsame Sima" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26408066.2020.1808551" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Telles-Homberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desrumaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lapointe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Boudrias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Savoie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2015.06.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GM6PTZ2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096632v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaudreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Simon Leclerc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Ntsame-Sima" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.aa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03790433v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Machado" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de Bosscher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.098.0211" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116075v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle N Ntsame Sima" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.097.0069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05479498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Krausz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Landry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172174v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Fournier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04436174v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy'S Ndong Nguema" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Ayingone Obame" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04399329v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dose" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bernaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Nstame Sima" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04077125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04399180v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607544v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles L. Tchagneno Tene" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naelle Nanda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wassouo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660431v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mokounkolo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ngueutsa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nanda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gangloff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03283744v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mokounkolo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ngueutsa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courcy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisse Achi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607549v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607563v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04624377v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Medzo-M&#8217;engone" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-psychologie_du_travail_et_developpement_des_pays_du_sud_robert_ngueutsa_rene_mokounkolo_narcisse_achi_abdelkarim_belhaj-9782343049434-45576.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607573v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naou&#235;lle Bouterfas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094065v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Emmanuel Hatier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Do Thanh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607582v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lemoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Moundjiegout" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094072v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607589v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouelle Bouterfas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Savoie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01124105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LIL30056" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/murielle-sima" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1978-6715" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183381319" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313578667" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/DJE-1910-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desrumaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Ntsame Sima" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ardaen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2025.04.011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861004v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tchagn&#233;no" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/psycholint6040066" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03643433v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Medzo-M&#8217;engone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ntsame Sima" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26408066.2020.1808551" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011450v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Telles-Homberger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desrumaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lapointe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Boudrias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Savoie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2015.06.003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GM6PTZ2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096632v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaudreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Simon Leclerc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Ntsame-Sima" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/pb.aa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03790433v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Machado" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de Bosscher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.098.0211" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116075v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle N Ntsame Sima" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.097.0069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05479498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Krausz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Landry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04436174v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy'S Ndong Nguema" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Ayingone Obame" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172174v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Fournier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04077125v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dose" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bernaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04399329v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Nstame Sima" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04399180v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607544v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles L. Tchagneno Tene" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naelle Nanda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wassouo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660431v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mokounkolo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ngueutsa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nanda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gangloff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03283744v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mokounkolo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ngueutsa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courcy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisse Achi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607549v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607563v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607580v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04624377v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Medzo-M&#8217;engone" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-psychologie_du_travail_et_developpement_des_pays_du_sud_robert_ngueutsa_rene_mokounkolo_narcisse_achi_abdelkarim_belhaj-9782343049434-45576.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607573v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naou&#235;lle Bouterfas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094065v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Emmanuel Hatier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Do Thanh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607582v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lemoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Moundjiegout" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094072v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607589v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouelle Bouterfas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Savoie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01124105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LIL30056" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>