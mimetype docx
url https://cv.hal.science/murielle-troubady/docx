--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1578,277 +1578,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04004755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premier aperçu concernant l’atelier de métallurgie de la « Butte de César », sur l’oppidum des Châtelliers à Amboise (37)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet ATMOCE : une enquête archéologique, numismatique et archéométrique sur les monnaies en alliages cuivreux des Carnutes d’Orléans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Th. Massat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Lusson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+                <w:t xml:space="preserve">Dominique Hollard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métallurgie et monnaie : archéologie, numismatique et archéométrie des alliages cuivreux au second âge du Fer. Colloque de clôture du projet ATMOCE</w:t>
+              <w:t xml:space="preserve">Métallurgie et monnaie : archéologie, numismatique et archéométrie des alliages cuivreux au second âge du Fer. Colloque de clôture du projet ATMOCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370923v1</w:t>
+                <w:t xml:space="preserve">hal-04004777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet ATMOCE : une enquête archéologique, numismatique et archéométrique sur les monnaies en alliages cuivreux des Carnutes d’Orléans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+                <w:t xml:space="preserve">Premier aperçu concernant l’atelier de métallurgie de la « Butte de César », sur l’oppidum des Châtelliers à Amboise (37)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th. Massat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Murielle Troubady</w:t>
+                <w:t xml:space="preserve">Florian Sarreste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Hollard</w:t>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métallurgie et monnaie : archéologie, numismatique et archéométrie des alliages cuivreux au second âge du Fer. Colloque de clôture du projet ATMOCE</w:t>
+              <w:t xml:space="preserve">Métallurgie et monnaie : archéologie, numismatique et archéométrie des alliages cuivreux au second âge du Fer. Colloque de clôture du projet ATMOCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04004777v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction au colloque de clôture du projet ATMOCE</w:t>
               </w:r>
@@ -1860,51 +1860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Th. Massat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2018,230 +2018,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02555861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses croisées autour de la production des monnaies carnutes en alliages cuivreux aux IIe-Ier s. av. n. è.</w:t>
+                <w:t xml:space="preserve">L’atelier monétaire gaulois d’Orléans et la production des monnaies en alliages cuivreux attribuées aux Carnutes, IIe-Ier s. av. n. è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Th. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude "Dialogues entre archéologues et archéomètres autour des métaux non-ferreux anciens"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, METAL &amp; RHAdAMANTE (TRACES), Oct 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Réunion mensuelle de la Société d'études numismatiques et archéologiques (SENA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02555756v1</w:t>
+                <w:t xml:space="preserve">hal-02555776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’atelier monétaire gaulois d’Orléans et la production des monnaies en alliages cuivreux attribuées aux Carnutes, IIe-Ier s. av. n. è.</w:t>
+                <w:t xml:space="preserve">Analyses croisées autour de la production des monnaies carnutes en alliages cuivreux aux IIe-Ier s. av. n. è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Nieto-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Massat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion mensuelle de la Société d'études numismatiques et archéologiques (SENA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude "Dialogues entre archéologues et archéomètres autour des métaux non-ferreux anciens"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, METAL &amp; RHAdAMANTE (TRACES), Oct 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02555776v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">” Aux origines de la monnaie fiduciaire ”. Regards croisés sur l’apparition de la monnaie de bronze celtique</w:t>
               </w:r>
@@ -2400,51 +2400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Massat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hollard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rendez-vous de l'Histoire, Blois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CETHIS, Oct 2017, Blois, France</w:t>
@@ -2759,51 +2759,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambacia, la gauloise : 100 objets racontent la ville antique d'Amboise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3150,51 +3150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques et modalités du peuplement dans la vallée de la Loire, entre Orléans et Saint-Nazaire, de La Tène moyenne à la fin du règne d’Auguste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3301,285 +3301,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03514149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les monnaies burinées ou limées : une pratique sacrificielle ? Étude de cas des sanctuaires communautaires turons</w:t>
+                <w:t xml:space="preserve">Première approche sur les sanctuaires laténiens et les pratiques cultuelles en territoire turon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Barral; Matthieu Thivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sanctuaires de l’âge du Fer. Actes du 41e colloque international de l’Association française pour l’étude de l’âge du Fer (Dole, 25-28 mai 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection AFEAF (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFEAF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.411-413, 2019, 978-2-9567407-0-4</w:t>
+              <w:t xml:space="preserve">, pp.271-290, 2019, 978-2-9567407-0-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02891863v1</w:t>
+                <w:t xml:space="preserve">hal-02161873v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première approche sur les sanctuaires laténiens et les pratiques cultuelles en territoire turon</w:t>
+                <w:t xml:space="preserve">Les monnaies burinées ou limées : une pratique sacrificielle ? Étude de cas des sanctuaires communautaires turons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Barral; Matthieu Thivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sanctuaires de l’âge du Fer. Actes du 41e colloque international de l’Association française pour l’étude de l’âge du Fer (Dole, 25-28 mai 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection AFEAF (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFEAF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.271-290, 2019, 978-2-9567407-0-4</w:t>
+              <w:t xml:space="preserve">, pp.411-413, 2019, 978-2-9567407-0-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02161873v2</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un terroir sur le plateau de Tours nord, de l’âge du Fer au Moyen Âge : les fouilles de la première ligne de Tramway de l’agglomération tourangelle (Centre de Maintenance et Parking Relais)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Poitevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4334,423 +4334,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01570877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une unité d’exploitation rurale de la première moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle av. J.-C à Mer (Loir-et-Cher)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Olivier Buchsenschutz; Marie-Bernadette Chardenoux; Sophie Krausz; Michel Vaginay. </w:t>
+                <w:t xml:space="preserve">Comparaison des faciès monétaires d'Orléans (Loiret), Levroux (Indre) et Châteaumeillant (Cher)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Gruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charnotet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Buchsenschutz, Marie-Bernadette Chardenoux, Sophie Krausz.. [et al.]. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’âge du Fer dans la boucle de la Loire. Les Gaulois sont dans la ville. Actes du XXXIIe colloque de l’Association française pour l’étude de l’âge du Fer (Bourges, 1er-4 mai 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Supplément à la Revue archéologique du Centre de la France (35), FERACF, pp.157-165, 2009, 978-2-913272-20-0</w:t>
+              <w:t xml:space="preserve">L'âge du fer dans la boucle de la Loire : les Gaulois sont dans la ville : actes du XXXIIe colloque / de l'Association Française pour l'Etude de l'Age du Fer, Bourges, 1er-4 mai 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris ; Tours : [FERACF], pp.121−134, 2009, Supplément à la Revue archéologique du Centre de la France ISSN 1159-7151; 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01244044v2</w:t>
+                <w:t xml:space="preserve">hal-00440183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orléans gaulois : état des connaissances</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Miejac</w:t>
+                <w:t xml:space="preserve">Une unité d’exploitation rurale de la première moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle av. J.-C à Mer (Loir-et-Cher)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Trébuchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Frey-Kupper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Liard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Buchsenschutz; Marie-Bernadette Chardenoux; Sophie Krausz; Michel Vaginay. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'âge du Fer dans la boucle de la Loire. Les Gaulois sont dans la ville. Actes du XXXIIe Colloque de l'Association française pour l'étude de l'âge du fer, Bourges, 1er-4 mai 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, suppl. RACF n°35, FERAC, pp.251-262, 2009</w:t>
+              <w:t xml:space="preserve">L’âge du Fer dans la boucle de la Loire. Les Gaulois sont dans la ville. Actes du XXXIIe colloque de l’Association française pour l’étude de l’âge du Fer (Bourges, 1er-4 mai 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Supplément à la Revue archéologique du Centre de la France (35), FERACF, pp.157-165, 2009, 978-2-913272-20-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222370v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244044v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des faciès monétaires d'Orléans (Loiret), Levroux (Indre) et Châteaumeillant (Cher)</w:t>
-[...46 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Orléans gaulois : état des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Joyeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Massat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Miejac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'âge du fer dans la boucle de la Loire : les Gaulois sont dans la ville : actes du XXXIIe colloque / de l'Association Française pour l'Etude de l'Age du Fer, Bourges, 1er-4 mai 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris ; Tours : [FERACF], pp.121−134, 2009, Supplément à la Revue archéologique du Centre de la France ISSN 1159-7151; 35</w:t>
+              <w:t xml:space="preserve">L'âge du Fer dans la boucle de la Loire. Les Gaulois sont dans la ville. Actes du XXXIIe Colloque de l'Association française pour l'étude de l'âge du fer, Bourges, 1er-4 mai 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, suppl. RACF n°35, FERAC, pp.251-262, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00440183v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04222370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermes, hameaux et résidences aristocratiques de l’âge du Fer entre Loire et Dordogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Maguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5287,51 +5287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boislève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -5357,90 +5357,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5469,463 +5469,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR AMBACIA, année probatoire 2023. Rapport de Projet Collectif de Recherche</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Esvres, Rue du Chanoine Carlotti et rue du Stade au lieu-dit&amp;quot;La Haute-Cour&amp;quot;. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessie Duval</w:t>
+                <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Froquet-Uzel</w:t>
+                <w:t xml:space="preserve">Sylvain Badey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire - Tours; Inrap; Eveha. 2024, 357 p</w:t>
+              <w:t xml:space="preserve">Inrap, SRA Centre - Val de Loire. 2024, pp.760</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04882218v1</w:t>
+                <w:t xml:space="preserve">hal-04829424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villedieu-sur-Indre (36) « Approche multiscalaire des dynamiques environnementales et anthropiques de la moyenne vallée de l'Indre » Rapport de prospection thématique 2021</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCR AMBACIA, année probatoire 2023. Rapport de Projet Collectif de Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Froquet-Uzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire - Tours; Inrap; Eveha. 2024, 357 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Coulon</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-04603015v1</w:t>
+                <w:t xml:space="preserve">hal-04882218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Esvres, Rue du Chanoine Carlotti et rue du Stade au lieu-dit&amp;quot;La Haute-Cour&amp;quot;. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 1</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
+                <w:t xml:space="preserve">Villedieu-sur-Indre (36) « Approche multiscalaire des dynamiques environnementales et anthropiques de la moyenne vallée de l'Indre » Rapport de prospection thématique 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Aunay</w:t>
+                <w:t xml:space="preserve">Gérard Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Badey</w:t>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Delémont</w:t>
+                <w:t xml:space="preserve">Guillaume Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap, SRA Centre - Val de Loire. 2024, pp.760</w:t>
+              <w:t xml:space="preserve">INRAP Centre Ile de France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829424v1</w:t>
+                <w:t xml:space="preserve">hal-04603015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise, « Le rempart interne », campagne 2024. Rapport de fouille archéologique programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Froquet-Uzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -5947,90 +5947,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2022. Rapport d'analyses et de sondages complémentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bon Céline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6191,64 +6191,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMBOISE (37), 45-47 Rue de Bel-Air. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6322,51 +6322,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Chaussée-Saint-Victor, Saint-Victor : Occupations en bord de Loire de l'Antiquité à la fin de la période moderne : Centre-Val de Loire, Loir-et-Cher : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bebien-Dabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6421,267 +6421,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2021. Rapport de fouille archéologique programmée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Adam</w:t>
+                <w:t xml:space="preserve">Mathilde Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+                <w:t xml:space="preserve">Tellier Alice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Borderie</w:t>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Boucher</w:t>
+                <w:t xml:space="preserve">Luisella Cabboï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). Chambray-lès-Tours. 2022, 2 vol. (409 p., 692 p.)</w:t>
+              <w:t xml:space="preserve">INRAP CIF, Pantin. 2022, 8 vol., 3370 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197146v1</w:t>
+                <w:t xml:space="preserve">hal-04736442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
+                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2021. Rapport de fouille archéologique programmée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Noël</w:t>
+                <w:t xml:space="preserve">Pierre Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tellier Alice</w:t>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Bayle</w:t>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisella Cabboï</w:t>
+                <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAP CIF, Pantin. 2022, 8 vol., 3370 pp</w:t>
+              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). Chambray-lès-Tours. 2022, 2 vol. (409 p., 692 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736442v1</w:t>
+                <w:t xml:space="preserve">hal-04197146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levroux, Le Pré Cottin : Centre-Val de Loire, Indre</w:t>
               </w:r>
@@ -6706,51 +6706,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6794,64 +6794,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorigny (Indre-et-Loire) - Extension de la ZAC Isoparc. Rapport de diagnostic archéologique réalisé du 18 octobre au 23 novembre 2021 (OA 0612894)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Papin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6942,64 +6942,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Israel Najera-Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pôle d'archéologie, Ville d'Orléans. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7025,103 +7025,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2019. Rapport de fouille archéologique programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7141,271 +7141,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2018. Rapport de fouille archéologique programmée</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+                <w:t xml:space="preserve">Îlot Montescot : 2000 ans d’histoire en centre-ville de Chartres (Eure-et-Loir - Centre-Val de Loire). Rapport de fouille archéologique. Site 033.28.085.0320, opération 2. N° Patriarche 069936. Prescription n° 13/0705 du 05 décembre 2013. Dates d’intervention : du 12/05/2014 au 07/01/2015, Ville de Chartres, Direction de l’Archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Fissette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Acheré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Baiget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). 2019</w:t>
+              <w:t xml:space="preserve">Service archéologique de la ville de Chartres, Chartres métropole. 2019, 7 vol. ( 678, 579, 643 p.) : ill. en coul., cartes, 786 photographies, 128 figures</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195851v1</w:t>
+                <w:t xml:space="preserve">hal-04367504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Îlot Montescot : 2000 ans d’histoire en centre-ville de Chartres (Eure-et-Loir - Centre-Val de Loire). Rapport de fouille archéologique. Site 033.28.085.0320, opération 2. N° Patriarche 069936. Prescription n° 13/0705 du 05 décembre 2013. Dates d’intervention : du 12/05/2014 au 07/01/2015, Ville de Chartres, Direction de l’Archéologie</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2018. Rapport de fouille archéologique programmée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Anglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Baiget</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04367504v1</w:t>
+                <w:t xml:space="preserve">hal-04195851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orléans (Loiret). 28 rue de l’Ételon, Lycée Saint-Euverte. Rapport final d’opération de fouille archéologique</w:t>
               </w:r>
@@ -7417,77 +7417,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ziegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pôle d'archéologie, Ville d'Orléans. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7539,51 +7539,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bartholome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7629,353 +7629,353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise, Village Vacances Familles (VVF) des Violettes. Fouilles sur le flanc nord de l'oppidum d'Ambacia. Rapport Final d'Opération de Fouille (site 37.003.139.AH)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+                <w:t xml:space="preserve">Amboise, Zone d'activité de la Boitardière, Centre-Val de Loire, Indre-et-Loire : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lebrun</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Conseil Départemental d'Indre-et-Loire. Tours. 2018, 3 vol. (298 p., 508 p., 275 p.)</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2018, 1 vol. (166 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206631v1</w:t>
+                <w:t xml:space="preserve">hal-05160069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise, Zone d'activité de la Boitardière, Centre-Val de Loire, Indre-et-Loire : rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
+                <w:t xml:space="preserve">Amboise, Village Vacances Familles (VVF) des Violettes. Fouilles sur le flanc nord de l'oppidum d'Ambacia. Rapport Final d'Opération de Fouille (site 37.003.139.AH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conseil Départemental d'Indre-et-Loire. Tours. 2018, 3 vol. (298 p., 508 p., 275 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Fourré</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05160069v1</w:t>
+                <w:t xml:space="preserve">hal-04206631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), Rue du Petit-Bonheur/Ruelle Farcin - Fouille d’un quartier sur le flanc sud de l’oppidum d’Ambacia. Rapport de fouille archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Conseil Départemental d'Indre-et-Loire. Tours; INRAP Centre Ile de France; SRA Centre - Val de Loire. 2018, 2 vol. (304, 422 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -7995,267 +7995,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site dit “du Cinéma” à Chartres (rues Pasteur, des Vieux-Capucins et de Châteaudun. Eure-et-Loir. Centre-Val-de-Loire). Rapport de fouille archéologique préventive. N° 033.28.085.0219. Opération 1. Numéro Patriarche 066445. Prescription du 26 avril 2005. Dates d’intervention : du 27 avril 2005 au 6 juillet 2006. Volume 1. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Volume 2. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Dossiers d’étude. Volume 3. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Inventaires de la documentation. Programme 19 - Le fait urbain, Ville de Chartres. Direction de l’archéologie, Chartres, 262 p., 294 p. et 531 p</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fenêtre sur un îlot à vocation domestique et artisanale (fin de l'Indépendance gauloise - début IIIe s. ap. J.-C.) : Centre-Val de Loire, Indre-et-Loire, Amboise, 30 rue du Petit Bonheur. Document final de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Joly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Séverine Fissette</w:t>
+                <w:t xml:space="preserve">Sylvain Bauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Coussot</w:t>
+                <w:t xml:space="preserve">Braguier Séverine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cherdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Denat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Gaudin</w:t>
+                <w:t xml:space="preserve">Cincon Laureline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service archéologique de la ville de Chartres, Chartres métropole. 2018</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] SRA Centre-Val de Loire; Inrap Centre–Île-de-France. 2018, 1 vol., 660 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04367285v1</w:t>
+                <w:t xml:space="preserve">hal-02556552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fenêtre sur un îlot à vocation domestique et artisanale (fin de l'Indépendance gauloise - début IIIe s. ap. J.-C.) : Centre-Val de Loire, Indre-et-Loire, Amboise, 30 rue du Petit Bonheur. Document final de synthèse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+                <w:t xml:space="preserve">Le site dit “du Cinéma” à Chartres (rues Pasteur, des Vieux-Capucins et de Châteaudun. Eure-et-Loir. Centre-Val-de-Loire). Rapport de fouille archéologique préventive. N° 033.28.085.0219. Opération 1. Numéro Patriarche 066445. Prescription du 26 avril 2005. Dates d’intervention : du 27 avril 2005 au 6 juillet 2006. Volume 1. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Volume 2. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Dossiers d’étude. Volume 3. Une nécropole de la Tène D2b sur l’oppidum d’Autricum. Inventaires de la documentation. Programme 19 - Le fait urbain, Ville de Chartres. Direction de l’archéologie, Chartres, 262 p., 294 p. et 531 p</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Fissette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bauvais</w:t>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Braguier Séverine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Cherdo</w:t>
+                <w:t xml:space="preserve">Pauline Denat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cincon Laureline</w:t>
+                <w:t xml:space="preserve">Loïc Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] SRA Centre-Val de Loire; Inrap Centre–Île-de-France. 2018, 1 vol., 660 p</w:t>
+              <w:t xml:space="preserve">Service archéologique de la ville de Chartres, Chartres métropole. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02556552v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fouille du 13bis rue des Ponts-Chartrains : contribution à l'étude de la formation du quartier Blois Vienne</w:t>
               </w:r>
@@ -8357,301 +8357,301 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03213761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Murielle Troubady</w:t>
+                <w:t xml:space="preserve">Joué-Lès-Tours : ZAC des Courelières, Phase 1. Rapport de diagnostic archéologique réalisé du 30 janvier au 22 mars 2017 (OA 0610460)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hirn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boucher Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental d'Indre-et-Loire. Tours. 2017, 2 vol. (179 p., 343 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160074v1</w:t>
+                <w:t xml:space="preserve">halshs-01710258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joué-Lès-Tours : ZAC des Courelières, Phase 1. Rapport de diagnostic archéologique réalisé du 30 janvier au 22 mars 2017 (OA 0610460)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boucher Thomas</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">halshs-01710258v1</w:t>
+                <w:t xml:space="preserve">hal-05160074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise, réserve de la « Butte de César », campagne 2016 , Rapport final d’opération de fouille programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinçon Laureline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8723,310 +8723,310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016, 1 vol. (491 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01282690v1</w:t>
+                <w:t xml:space="preserve">hal-04504394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Barret</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-04504394v1</w:t>
+                <w:t xml:space="preserve">halshs-01282690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), sondages dans la réserve de la &amp;quot;Butte de César&amp;quot;. Rapport de sondages archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9087,90 +9087,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esvres-sur-Indre, Indre-et-Loire, rue de la Haute-Cour. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9218,51 +9218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nécropole de La Tène D2b et un habitat gallo-romain à Autricum (depuis la période augustéenne jusqu'au III e siècle), sur le versant sud-est de la vallée des Vauroux. Îlot Casanova, rues Nicole et Casanova à Chartres (Eure-et-Loir - Centre). Rapport de fouille archéologique préventive. Site 033.28.0229 N° Patriarche 069901. Prescription n°12/0531 du 10 août 2012 Dates d'intervention: du 15 juillet au 13 novembre 2013 et du 23 avril au 2 juillet 2014 – Programme 19 : le fait urbain. Ville de Chartres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Gibut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Fissette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Denat-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9323,77 +9323,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), &amp;quot;Les Violettes&amp;quot; Extension et rénovation du VVF. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9471,51 +9471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Poitevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barthélémy-Sylvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9580,51 +9580,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joué-lès-Tours (37122), places Victor Hugo et François Mitterrand. Origine et évolution d’un centre paroissial rural (fin 7e-19e siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Papin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9679,319 +9679,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sublaines le Grand Ormeau (Indre-et-Loire)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">2012</w:t>
+                <w:t xml:space="preserve">La Croix-en-Touraine ( Indre-et-Loire - 37). Projet de lotissement &amp;quot;La Pièce du Thé 2&amp;quot;. Rapport final d' opération de diagnostic archéologique réalisé du 17 septembre au 1er octobre 2012 selon l'arrêté de prescription n° 12/0502 du 30 juillet 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Philippon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2012, 92 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00713938v1</w:t>
+                <w:t xml:space="preserve">halshs-01092091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Croix-en-Touraine ( Indre-et-Loire - 37). Projet de lotissement &amp;quot;La Pièce du Thé 2&amp;quot;. Rapport final d' opération de diagnostic archéologique réalisé du 17 septembre au 1er octobre 2012 selon l'arrêté de prescription n° 12/0502 du 30 juillet 2012</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2012, 92 p</w:t>
+                <w:t xml:space="preserve">Sublaines le Grand Ormeau (Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Frénée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Ph. Baguenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boeckler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">halshs-01092091v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00713938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esvres-sur-Indre, Indre-et-Loire, rue du Chanoine Noël Carlotti. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Couvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap, SRA Centre. 2011, pp.317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10007,310 +10007,310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04829506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Château-la-Vallière (37). Couesmes. &amp;quot;La Tesserie&amp;quot;. Aménagement de la déviation routière de Château-la Vallière - déviation de la RD 766 (Indre-et-Loire). Rapport final d'opération de fouille archéologique réalisé du 23 octobre 2008 au 24 avril 2009 correspondant à la prescription n° 8/0295 du 22 septembre 2008</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cotté</w:t>
+                <w:t xml:space="preserve">Esvres-sur-Indre, Indre-et-Loire, rue du chanoine Noël Carlotti. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Liard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2009, 3 vol. (186 p. ; 200 fig. ; 401 p.)</w:t>
+              <w:t xml:space="preserve">Inrap, SRA Centre. 2009, pp.173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01091607v1</w:t>
+                <w:t xml:space="preserve">hal-04829471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esvres-sur-Indre, Indre-et-Loire, rue du chanoine Noël Carlotti. La nécropole gauloise et gallo-romaine de la Haute-Cour, ensemble 2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Morgane Liard</w:t>
+                <w:t xml:space="preserve">Château-la-Vallière (37). Couesmes. &amp;quot;La Tesserie&amp;quot;. Aménagement de la déviation routière de Château-la Vallière - déviation de la RD 766 (Indre-et-Loire). Rapport final d'opération de fouille archéologique réalisé du 23 octobre 2008 au 24 avril 2009 correspondant à la prescription n° 8/0295 du 22 septembre 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Quilliec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paméla Chanteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap, SRA Centre. 2009, pp.173</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2009, 3 vol. (186 p. ; 200 fig. ; 401 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04829471v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01091607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orléans, ZAC le Clos de la Fontaine (Loiret-Centre) : rapport de fouille, 3 vol. (550, 175, 703 p.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Verneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10369,310 +10369,310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03241183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuillé-Pont-Pierre (37). ZAC &amp;quot;Polaxis&amp;quot;. Tranche 1. Rapport de diagnostic archéologique correspondant à la prescription n° 06/0683 du 21 septembre 2006</w:t>
+                <w:t xml:space="preserve">Esvres-sur-Indre (Indre-et-Loire), &amp;quot;Vaugrignon Varidaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Mauraige (de)</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Liard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Eve Scheffer</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2007, 3 vol. (61 p., 133 p., 182 p.)</w:t>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2007, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01092115v1</w:t>
+                <w:t xml:space="preserve">hal-01800643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esvres-sur-Indre (Indre-et-Loire), &amp;quot;Vaugrignon Varidaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuillé-Pont-Pierre (37). ZAC &amp;quot;Polaxis&amp;quot;. Tranche 1. Rapport de diagnostic archéologique correspondant à la prescription n° 06/0683 du 21 septembre 2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauraige (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Papin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Munos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Murielle Troubady</w:t>
+                <w:t xml:space="preserve">Marie-Eve Scheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Yvernault</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2007, pp.62</w:t>
+                <w:t xml:space="preserve">Philippe Husi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2007, 3 vol. (61 p., 133 p., 182 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01800643v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01092115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fondette (37) La Limougère - Boulevard périphérique nord-ouest de Tours (Indre-et-Loire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ducongé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Papin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10806,51 +10806,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C50F92F"/>
+    <w:nsid w:val="0BC7410D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11037,51 +11037,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/murielle-troubady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-3267-3617" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580088v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02887723v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grandjean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02569826v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roux-Capron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664549v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02164375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592934v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297609v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756939v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01593052v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335071v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Gruel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399042v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bossavit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foucray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04528620v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04528625v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004755v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rageot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique da Mota" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370923v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Massat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hollard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004768v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555861v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555756v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sauvage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555776v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565250v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grandjean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555711v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03027299v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04440795v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Champault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/9kg5-9746" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385192v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/histoire-dorleans/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/6888" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891863v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161873v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044432v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2613" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02068285v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592954v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570873v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592977v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570875v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570876v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570877v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herv&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Riquier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244044v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Frey-Kupper" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222370v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240177v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03978344v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335070v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355308v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03019737v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603015v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coulon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829424v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882710v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195878v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124740v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briand J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Maxime" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hostein H&#233;l&#233;na" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leblanc Pierrick" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197200v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecocq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397277v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198146v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Papin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198166v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Najera-Marcos" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195856v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367504v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fissette" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Acher&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Baiget" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201578v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Courtois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ziegler" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367285v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joly" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556552v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braguier S&#233;verine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cincon Laureline" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213761v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710258v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirn" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucher Thomas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471731v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Nuviala" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plessis Matthieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204200v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Robin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829550v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367752v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gibut" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denat-Simon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;rouin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210486v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Philippon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269668v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00713938v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Baguenier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boeckler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092091v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829506v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel David" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01091607v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Quilliec" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Armitage" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Chanteux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829471v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241183v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Verneau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092115v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauraige (de)" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Scheffer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01800643v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015453v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducong&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/murielle-troubady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-3267-3617" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580088v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02887723v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grandjean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02569826v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roux-Capron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664549v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02164375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592934v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02297609v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756939v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01593052v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335071v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Gruel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399042v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bossavit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foucray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04528620v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04528625v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004755v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rageot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique da Mota" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004777v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Massat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hollard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370923v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004768v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555861v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555776v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555756v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sauvage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02565250v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grandjean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02555711v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03027299v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04440795v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Champault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/9kg5-9746" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385192v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/histoire-dorleans/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/6888" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161873v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891863v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044432v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2613" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02068285v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592954v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570873v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592977v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570875v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570876v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01570877v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herv&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Riquier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440183v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244044v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Frey-Kupper" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222370v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240177v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03978344v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335070v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355308v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03019737v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829424v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603015v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coulon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882710v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195878v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124740v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briand J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Maxime" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hostein H&#233;l&#233;na" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leblanc Pierrick" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197200v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecocq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397277v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198146v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Papin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198166v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Najera-Marcos" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195856v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367504v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Fissette" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Acher&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Baiget" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201578v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Courtois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ziegler" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556552v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braguier S&#233;verine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cincon Laureline" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367285v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joly" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213761v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710258v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirn" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucher Thomas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471731v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Nuviala" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plessis Matthieu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204200v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Robin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829550v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367752v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gibut" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Denat-Simon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;rouin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210486v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Philippon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269668v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092091v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00713938v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Baguenier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boeckler" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829506v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel David" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829471v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01091607v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Quilliec" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Armitage" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Chanteux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241183v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Verneau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01800643v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092115v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauraige (de)" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Scheffer" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01015453v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducong&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>