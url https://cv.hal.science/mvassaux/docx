--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1199,408 +1199,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03899666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensembles Are Required to Handle Aleatoric and Parametric Uncertainty in Molecular Dynamics Simulation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">VECMAtk: a scalable verification, validation and uncertainty quantification toolkit for scientific simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter V Coveney</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Groen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Arabnejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jancauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Edeling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00526⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 379 (2197), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2020.0221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160668v1</w:t>
+                <w:t xml:space="preserve">hal-03452470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VECMAtk: a scalable verification, validation and uncertainty quantification toolkit for scientific simulations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">W. Edeling</w:t>
+                <w:t xml:space="preserve">Accelerating Heterogeneous Multiscale Simulations of Advanced Materials Properties with Graph‐Based Clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Jansson</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Krishnakumar Gopalakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sinclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Coveney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2020.0221⟩</w:t>
+              <w:t xml:space="preserve">Advanced Theory and Simulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (2), pp.2000234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adts.202000234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452470v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating Heterogeneous Multiscale Simulations of Advanced Materials Properties with Graph‐Based Clustering</w:t>
+                <w:t xml:space="preserve">Ensembles Are Required to Handle Aleatoric and Parametric Uncertainty in Molecular Dynamics Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Robert Sinclair</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shunzhou Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter Edeling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Richardson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Coveney</w:t>
+                <w:t xml:space="preserve">Peter V Coveney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Theory and Simulations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4 (2), pp.2000234. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (8), pp.5187-5197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adts.202000234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03452472v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actomyosin, vimentin and LINC complex pull on osteosarcoma nuclei to deform on micropillar topography</w:t>
               </w:r>
@@ -1733,64 +1733,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward High Fidelity Materials Property Prediction from Multiscale Modeling and Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Suter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1863,64 +1863,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Graphene in Enhancing the Material Properties of Thermosetting Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Suter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1974,261 +1974,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The heterogeneous multiscale method applied to inelastic polymer mechanics</w:t>
+                <w:t xml:space="preserve">A biophysical model for curvature-guided cell migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pieuchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R A Richardson</w:t>
+                <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P V Coveney</w:t>
+                <w:t xml:space="preserve">Maxence Bigerelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0150⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 117 (6), pp.1136-1144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.07.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160659v1</w:t>
+                <w:t xml:space="preserve">hal-02284526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biophysical model for curvature-guided cell migration</w:t>
+                <w:t xml:space="preserve">The heterogeneous multiscale method applied to inelastic polymer mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxence Bigerelle</w:t>
+                <w:t xml:space="preserve">R A Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Milan</w:t>
+                <w:t xml:space="preserve">P V Coveney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 117 (6), pp.1136-1144. </w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 377 (2142), pp.20180150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.07.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02284526v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Heterogeneous Multi-scale Computing on Large Scale Parallel Supercomputers</w:t>
               </w:r>
@@ -2253,51 +2253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Czaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter V Coveney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfons G Hoekstra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3210,584 +3210,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freeze dried Wharthon’s jelly mechanical response change with hydration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Baldit</w:t>
+                <w:t xml:space="preserve">IN SILICO AVATARS OF CELLS TO PREDICT CELL MIGRATION ON TRAVELLING WAVES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pieuchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Anselme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Manifacier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 28th Congress of the European Society of Biomechanics ESB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cardiovascular Biomechanics Eindhoven University of Technology; Biomechanics and Computational Tissue Engineering Liège University; Mechanobiology KU Leuven; Orthopaedic Biomechanics Eindhoven University of Technology, Jul 2023, Maastricht, Netherlands</w:t>
+              <w:t xml:space="preserve">18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CMBBE, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04611445v1</w:t>
+                <w:t xml:space="preserve">hal-04463371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IN SILICO AVATARS OF CELLS TO PREDICT CELL MIGRATION ON TRAVELLING WAVES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Milan</w:t>
+                <w:t xml:space="preserve">Freeze dried Wharthon’s jelly mechanical response change with hydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baldit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Scomazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Mauprivez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CMBBE, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">The 28th Congress of the European Society of Biomechanics ESB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cardiovascular Biomechanics Eindhoven University of Technology; Biomechanics and Computational Tissue Engineering Liège University; Mechanobiology KU Leuven; Orthopaedic Biomechanics Eindhoven University of Technology, Jul 2023, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04463371v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing in silico avatars of cells to predict and drive cell migration on travelling waves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">In silico avatars of cells to predict cell migration on travelling waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pieuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Manifacier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">9th World Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WCB, Jul 2022, Taipei, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463347v1</w:t>
+                <w:t xml:space="preserve">hal-04463373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In silico avatars of cells to predict cell migration on travelling waves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Developing in silico avatars of cells to predict and drive cell migration on travelling waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pieuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Manifacier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th World Congress of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WCB, Jul 2022, Taipei, Thailand</w:t>
+              <w:t xml:space="preserve">European Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463373v1</w:t>
+                <w:t xml:space="preserve">hal-04463347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avatars in silico pour prédire et piloter la migration des cellules sur des vagues de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pieuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Manifacier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3957,165 +3957,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des simulations moléculaires et multi-échelles fiables pour sonder l’auto-assemblage des fibrilles de collagène</w:t>
+                <w:t xml:space="preserve">Computational mechanics of multi-scale hierarchical materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants : PhDay 2021 de l'Institut de Physique de Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Séminaire du Laboratoire Commun SIMATLAB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Chimie de Clermont-Ferrand, Université Clermont Auvergne, May 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03452517v1</w:t>
+                <w:t xml:space="preserve">hal-03452537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational mechanics of multi-scale hierarchical materials</w:t>
+                <w:t xml:space="preserve">Des simulations moléculaires et multi-échelles fiables pour sonder l’auto-assemblage des fibrilles de collagène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Laboratoire Commun SIMATLAB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de Chimie de Clermont-Ferrand, Université Clermont Auvergne, May 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journée des doctorants : PhDay 2021 de l'Institut de Physique de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03452537v1</w:t>
+                <w:t xml:space="preserve">hal-03452517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curvature-dependent mesenchymal cells and epithelial tissue migration and orientation</w:t>
               </w:r>
@@ -4403,51 +4403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guignandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
@@ -4686,239 +4686,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beam-particle approach to model the quasi-brittle behaviour of concrete</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of Constitutive Relationships for Concrete Using Discrete and Finite Element Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Ragueneau</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Ragueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Oliver-Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Mechanics of Materials Conference (EMMC15)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Conference on Fracture Mechanics of Concrete and Concrete Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Cachan, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21012/FC9.179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01692503v1</w:t>
+                <w:t xml:space="preserve">hal-03452509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Constitutive Relationships for Concrete Using Discrete and Finite Element Framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beam-particle approach to model the quasi-brittle behaviour of concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Oliver Oliver-Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Richard</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Fracture Mechanics of Concrete and Concrete Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th European Mechanics of Materials Conference (EMMC15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21012/FC9.179⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03452509v1</w:t>
+                <w:t xml:space="preserve">hal-01692503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How cells surf the waves? Curvotaxis directs migration trough cell-scale natural landscapes</w:t>
               </w:r>
@@ -5256,112 +5256,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02492578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la variabilité des propriétés macroscopiques à la rupture d’un matériau quasi-fragile au moyen d’une modélisation microscopique discrète</w:t>
+                <w:t xml:space="preserve">Benefits from numerical experimentation to implement constitutive laws for concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ragueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Bayonne, France</w:t>
+              <w:t xml:space="preserve">4th Int. Conf. on Computational Modeling of Fracture and Failure of Materials and Structures (CFRAC2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01167577v1</w:t>
+                <w:t xml:space="preserve">hal-03043137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle loi constitutive pour la description du comportement cyclique des materiaux quasi-fragiles: effet unilatéral régularisé et effets hystérétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5370,198 +5409,159 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02492552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits from numerical experimentation to implement constitutive laws for concrete</w:t>
+                <w:t xml:space="preserve">Analyse de la variabilité des propriétés macroscopiques à la rupture d’un matériau quasi-fragile au moyen d’une modélisation microscopique discrète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Int. Conf. on Computational Modeling of Fracture and Failure of Materials and Structures (CFRAC2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Cachan, France</w:t>
+              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03043137v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois points clés pour un diagnostic de vulnérabilité sismique à grande échelle de monuments historiques</w:t>
               </w:r>
@@ -5672,51 +5672,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A robust 3D constitutive law to describe the quasi-brittle materials behaviour under cyclic loading: application to the analysis of a 3D RC shearwall under cyclic loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5819,51 +5819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Millard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPLASS XIII - 13th International Conference on Computational Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6139,51 +6139,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of a particle-based model to numerical experimentation on quasi-brittle materials under cyclic loadings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6260,51 +6260,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6790,77 +6790,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pieuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Bigerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Milan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bilen Emek Abali; Ivan Giorgio. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments and Novel Approaches in Biomechanics and Metamaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 132, Springer International Publishing, pp.199-216, 2020, Advanced Structured Materials, 978-3-030-50464-9. </w:t>
@@ -6924,51 +6924,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Groen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7538,51 +7538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Weber" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vassaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Laubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pfaller" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2026.111841" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296711v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lavrand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorinne Adam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Loth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147552" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jet Lem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Kai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Kooi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Nelson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/r5wy-znw4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923316v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Suter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner A. M&#252;ller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Anastasiou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Simmons" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c01364" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598826v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Edeling" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Yang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunzhou Wan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guillas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-024-01272-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00183" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159456v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Coveney" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202302237" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258011v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Manifacier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Carlin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongshu Liu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pieuchot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-023-01777-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899666v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner M&#252;ller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Vijayaraghavan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c03955" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160668v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter V Coveney" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00526" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452470v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Groen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Arabnejad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jancauskas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Edeling" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jansson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2020.0221" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452472v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakumar Gopalakrishnan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sinclair" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Richardson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.202000234" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525268v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayana Tusamda Wakhloo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Anders" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Badique" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Eichhorn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brigaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119746" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452476v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.201900122" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452481v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.201800168" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160659v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R A Richardson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P V Coveney" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0150" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284526v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anselme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Milan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.07.022" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472287v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Alowayyed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Czaja" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons G Hoekstra" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14529/jsfi190402" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960533v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marteau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guignandon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas dos Santos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06494-6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472293v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L Milan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-017-0888-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384638v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver-Leblond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Richard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ragueneau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2016.03.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297333v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vassaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01271756v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ragueneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Millard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.09.040" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01177051v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delaplace" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2343" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615064v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimhong Heng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raveth Hin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chansopheak Seang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47982/cgc.9.485" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611445v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric P. Laurent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mauprivez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463371v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463347v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463373v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463374v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452535v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452536v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452517v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452537v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175659v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rougerie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Chauvy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850066v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Oliver Oliver-Leblond" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Giry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Limoge Schraen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Anglade" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188974v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715838v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441937v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692503v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452509v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ragueneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Oliver-Leblond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC9.179" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175663v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cloatre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Petithory" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446400v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492578v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaudat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piedagnel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nahas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilhem" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167577v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492552v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043137v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Richard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536198v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Desprez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gueguen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043157v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492563v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028706v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vassaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ragueneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Richard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Millard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b16645-38" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535877v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Minga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crozet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042935v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043020v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374552v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalis Attou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624914v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452528v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bardouil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475182v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50464-9_12" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452480v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Groen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wright" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytautas Jancauskas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22747-0_36" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396910v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seang Chansopheak" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372982v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pichard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Steiakakis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01159295v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015DENS0010" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Weber" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vassaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Laubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pfaller" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2026.111841" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296711v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lavrand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorinne Adam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Loth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147552" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jet Lem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Kai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Kooi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Nelson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/r5wy-znw4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923316v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Suter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner A. M&#252;ller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Anastasiou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Simmons" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c01364" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598826v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Edeling" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Yang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunzhou Wan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guillas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-024-01272-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00183" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159456v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Coveney" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202302237" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258011v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Manifacier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Carlin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongshu Liu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pieuchot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-023-01777-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899666v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner M&#252;ller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Vijayaraghavan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c03955" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452470v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Groen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Arabnejad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jancauskas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Edeling" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jansson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2020.0221" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452472v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakumar Gopalakrishnan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sinclair" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Richardson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.202000234" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter V Coveney" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00526" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525268v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayana Tusamda Wakhloo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Anders" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Badique" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Eichhorn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brigaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119746" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452476v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.201900122" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452481v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adts.201800168" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284526v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anselme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bigerelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Milan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.07.022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160659v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R A Richardson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P V Coveney" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0150" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472287v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Alowayyed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Czaja" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons G Hoekstra" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14529/jsfi190402" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960533v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marteau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guignandon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas dos Santos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06494-6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472293v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L Milan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-017-0888-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384638v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver-Leblond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Richard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ragueneau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2016.03.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297333v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vassaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01271756v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Richard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ragueneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Millard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.09.040" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01177051v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delaplace" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2343" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615064v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimhong Heng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raveth Hin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chansopheak Seang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47982/cgc.9.485" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463371v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611445v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baldit" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Scomazzon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric P. Laurent" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mauprivez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463373v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463347v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463374v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452535v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452536v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452537v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452517v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175659v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rougerie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Chauvy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850066v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Oliver Oliver-Leblond" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Giry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Limoge Schraen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Anglade" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188974v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715838v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441937v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452509v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ragueneau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Oliver-Leblond" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC9.179" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692503v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175663v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cloatre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Petithory" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446400v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492578v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaudat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piedagnel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nahas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guilhem" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Richard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492552v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167577v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536198v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Desprez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gueguen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043157v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492563v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028706v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vassaux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ragueneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Richard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Millard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b16645-38" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535877v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Minga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crozet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042935v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043020v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374552v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalis Attou" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624914v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452528v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bardouil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Artzner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475182v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50464-9_12" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452480v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Groen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wright" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytautas Jancauskas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22747-0_36" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396910v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seang Chansopheak" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sangleboeuf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372982v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Pichard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Steiakakis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01159295v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015DENS0010" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>