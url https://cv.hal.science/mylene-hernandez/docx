--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -538,536 +538,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04198095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liberté, égalité, germanité. Quand l’anthropologue s’intéresse aux tensions qui structurent les rapports sœur-frère</w:t>
+                <w:t xml:space="preserve">La vulnérabilité comme matière à penser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gourarier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Collomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">D.E.S.U. « L’enfant malade, pour une alliance de soins »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hôpital Sainte-Marguerite, Service de Psychiatrie Infanto-Juvénile, Feb 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">Les Ateliers du Laboratoire d’études sur le genre et la sexualité (LEGS), Atelier Pannes &amp; Réparations #1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’études sur le genre et la sexualité (LEGS); Centre Norbert Élias, Nov 2021, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533236v1</w:t>
+                <w:t xml:space="preserve">hal-03533106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’épreuve de l’indigène en soi. Récit d’une enquête en terrain familier</w:t>
+                <w:t xml:space="preserve">Se rassaisir de l’inconnu·e. Histoires d’adoptions, crises d’intelligibilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les chercheur.e.s face au(x) terrain(s) : Être mis.es à l’épreuve, éprouver et faire ses preuves</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DySoLab (Laboratoire des Dynamiques Sociales EA 7476); Université de Rouen, Apr 2021, Rouen, France</w:t>
+              <w:t xml:space="preserve">Colloque de Cerisy, « Bébé Sapiens, nœud de crise ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Colloques de Cerisy, Sep 2021, Cerisy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03532423v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03532378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parentés illisibles, adoptions irrégulières. Quatre histoires d’adopté·es d’origine roumaine</w:t>
+                <w:t xml:space="preserve">Liberté, égalité, germanité. Quand l’anthropologue s’intéresse aux tensions qui structurent les rapports sœur-frère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Le sens des origines : appartenances, affiliations, relations »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Norbert Élias; EHESS, Apr 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">D.E.S.U. « L’enfant malade, pour une alliance de soins »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hôpital Sainte-Marguerite, Service de Psychiatrie Infanto-Juvénile, Feb 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533226v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making sense of an irregular adoption. Subjective trajectories of adoptees born 2021 in Romania in the 1980s and 1990s</w:t>
+                <w:t xml:space="preserve">À l’épreuve de l’indigène en soi. Récit d’une enquête en terrain familier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude internationales, Enfants adoptés, enfants placés : que sont-ils devenus ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire de Psychologie Clinique, de Psychopathologie et de Psychanalyse (LPCPP EA3278); Aix-Marseille Université; Centre méditerranéen de sociologie, de science politique et d'histoire, Mesopolhis UMR 7064, Nov 2021, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Les chercheur.e.s face au(x) terrain(s) : Être mis.es à l’épreuve, éprouver et faire ses preuves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DySoLab (Laboratoire des Dynamiques Sociales EA 7476); Université de Rouen, Apr 2021, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03531803v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03532423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quêtes d’adopté·es, récits d’origines : retour sur enquête(s)</w:t>
+                <w:t xml:space="preserve">Parentés illisibles, adoptions irrégulières. Quatre histoires d’adopté·es d’origine roumaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire interne du Centre Norbert Élias</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">Séminaire « Le sens des origines : appartenances, affiliations, relations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Norbert Élias; EHESS, Apr 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533119v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se rassaisir de l’inconnu·e. Histoires d’adoptions, crises d’intelligibilité</w:t>
+                <w:t xml:space="preserve">Making sense of an irregular adoption. Subjective trajectories of adoptees born 2021 in Romania in the 1980s and 1990s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de Cerisy, « Bébé Sapiens, nœud de crise ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Colloques de Cerisy, Sep 2021, Cerisy, France</w:t>
+              <w:t xml:space="preserve">Journées d'étude internationales, Enfants adoptés, enfants placés : que sont-ils devenus ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de Psychologie Clinique, de Psychopathologie et de Psychanalyse (LPCPP EA3278); Aix-Marseille Université; Centre méditerranéen de sociologie, de science politique et d'histoire, Mesopolhis UMR 7064, Nov 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03532378v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vulnérabilité comme matière à penser</w:t>
+                <w:t xml:space="preserve">Quêtes d’adopté·es, récits d’origines : retour sur enquête(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Natacha Collomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Ateliers du Laboratoire d’études sur le genre et la sexualité (LEGS), Atelier Pannes &amp; Réparations #1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d’études sur le genre et la sexualité (LEGS); Centre Norbert Élias, Nov 2021, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">Séminaire interne du Centre Norbert Élias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533106v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[invitée] « A relação entre irmãos através do prisma dos distúrbios autistas. Quando irmãos e irmãs ajudam”</w:t>
               </w:r>
@@ -1461,165 +1461,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03533002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence-débat autour du film « La sociologue et l’ourson » de Mathias Théry et Étienne Chaillou</w:t>
+                <w:t xml:space="preserve">Que ‘vaut’ un enfant aujourd’hui lorsque le projet familial est remis en question par le couple parental qui en était à l’origine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ciné-débat « La sociologue et l’ourson » de Mathias Théry et Étienne Chaillou</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Planning Familial 81; CGR Le Lido, Castres (81), Mar 2017, Castres, France</w:t>
+              <w:t xml:space="preserve">Journée organisée par l’Espace Médiation Famille 82, La place de l’enfant dans la séparation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Espace Médiation Famille 82, Nov 2017, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533385v1</w:t>
+                <w:t xml:space="preserve">hal-03533371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que ‘vaut’ un enfant aujourd’hui lorsque le projet familial est remis en question par le couple parental qui en était à l’origine ?</w:t>
+                <w:t xml:space="preserve">Conférence-débat autour du film « La sociologue et l’ourson » de Mathias Théry et Étienne Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée organisée par l’Espace Médiation Famille 82, La place de l’enfant dans la séparation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Espace Médiation Famille 82, Nov 2017, Montauban, France</w:t>
+              <w:t xml:space="preserve">Ciné-débat « La sociologue et l’ourson » de Mathias Théry et Étienne Chaillou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Planning Familial 81; CGR Le Lido, Castres (81), Mar 2017, Castres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533371v1</w:t>
+                <w:t xml:space="preserve">hal-03533385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles du spectre autistique et parenté : un retour sur les composantes de la germanité (consubstantialité, lien juridique et quotidien partagé)</w:t>
               </w:r>
@@ -2493,51 +2493,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sciences des bébés : enjeux, histoires, méthodes, épistémologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2671,51 +2671,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="611443B2"/>
+    <w:nsid w:val="3B729B7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2902,51 +2902,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mylene-hernandez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7877-6683" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230175619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01992699v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017EHES0140" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198099v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198095v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533236v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532423v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531803v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533119v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532378v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533106v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gourarier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Collomb" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533316v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532506v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532945v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532914v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533002v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533385v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533371v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533350v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533360v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533026v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09075682221082402" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206733v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H&#233;rault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Courduri&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dourlens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gallus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Giroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531774v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533410v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/015991ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533047v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515558v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Giraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mylene-hernandez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7877-6683" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230175619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01992699v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017EHES0140" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198099v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198095v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533106v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gourarier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Collomb" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532378v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533236v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532423v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533226v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531803v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533119v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533316v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532506v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532945v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532914v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533002v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533371v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533385v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533350v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533360v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533026v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09075682221082402" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206733v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H&#233;rault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Courduri&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dourlens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gallus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Giroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531774v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533410v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/015991ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533047v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515558v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Giraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>