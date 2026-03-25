--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3207,234 +3207,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bretez : Paris' Virtuel and Sound 5D Restitution</w:t>
+                <w:t xml:space="preserve">Bretez II : Le virtuel pour une lecture sensible et sensorielle de la ville ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Heritage 2018 3rd International (26-30 oct 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">EAUH Conference 2018, XIVe Colloque International d'Histoire Urbaine Urban renewal and resilience cities in comparative perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416559v1</w:t>
+                <w:t xml:space="preserve">hal-02416569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bretez II : Le virtuel pour une lecture sensible et sensorielle de la ville ?</w:t>
+                <w:t xml:space="preserve">Archéologie du paysage sonore : comment restituer le passé sensible et sensoriel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAUH Conference 2018, XIVe Colloque International d'Histoire Urbaine Urban renewal and resilience cities in comparative perspective</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Colloque : \guillemotleft Quelles sources pour l'histoire des sens ? \guillemotright Atelier du XIXe siècle de la Société des études romantiques et dix-neuvièmistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416569v1</w:t>
+                <w:t xml:space="preserve">hal-02416568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie du paysage sonore : comment restituer le passé sensible et sensoriel ?</w:t>
+                <w:t xml:space="preserve">Bretez : Paris' Virtuel and Sound 5D Restitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : \guillemotleft Quelles sources pour l'histoire des sens ? \guillemotright Atelier du XIXe siècle de la Société des études romantiques et dix-neuvièmistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Digital Heritage 2018 3rd International (26-30 oct 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416568v1</w:t>
+                <w:t xml:space="preserve">hal-02416559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruisser, carillonner, tintinnabuler, retentir, bourdonner, mugir... Comment sonnaient nos villes d'antan ?</w:t>
               </w:r>
@@ -3552,221 +3552,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la donnée à ses artefacts : processus, méthode et formalisation dans une recherche exploratoire</w:t>
+                <w:t xml:space="preserve">Archéologie du paysage sonore : le numérique au service du service du sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Digital Humanities, EADH 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Galway, Irlande</w:t>
+              <w:t xml:space="preserve">Le numérique : outil d'étude de la valeur patrimoniale Journées d'études scientifiques prospectives Projet ANR RESEED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Charenton-le-pont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416567v1</w:t>
+                <w:t xml:space="preserve">hal-02416570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie du paysage sonore : le numérique au service du service du sensible</w:t>
+                <w:t xml:space="preserve">De la donnée à ses artefacts : processus, méthode et formalisation dans une recherche exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ferrando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Mpouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Serdouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Raschia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le numérique : outil d'étude de la valeur patrimoniale Journées d'études scientifiques prospectives Projet ANR RESEED</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Charenton-le-pont, France</w:t>
+              <w:t xml:space="preserve">Data in Digital Humanities, EADH 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Galway, Irlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416570v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'archéologie du paysage sonore ou comment rendre sonore l'archive</w:t>
               </w:r>
@@ -4268,165 +4268,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explora'sons : la machine à remonter le temps !</w:t>
+                <w:t xml:space="preserve">Bretez II : Restitution d'un paysage sonore de Paris au XVIIIe siècle \guillemotright</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'art, machine à voyager dans le temps (Université de Haute-Alsace, Mulhouse, 22 25 mars 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">colloque "Paysages sensoriels : Quelles places dans les sciences humaines et sociales ?",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416551v1</w:t>
+                <w:t xml:space="preserve">hal-02416576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bretez II : Restitution d'un paysage sonore de Paris au XVIIIe siècle \guillemotright</w:t>
+                <w:t xml:space="preserve">Explora'sons : la machine à remonter le temps !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pardoen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque "Paysages sensoriels : Quelles places dans les sciences humaines et sociales ?",</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Lorient, France</w:t>
+              <w:t xml:space="preserve">L'art, machine à voyager dans le temps (Université de Haute-Alsace, Mulhouse, 22 25 mars 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416576v1</w:t>
+                <w:t xml:space="preserve">hal-02416551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bretez II: les humanités numériques pour tous</w:t>
               </w:r>
@@ -5617,51 +5617,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="39942210"/>
+    <w:nsid w:val="76143BD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5848,51 +5848,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mylene-pardoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0312-1532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05244215v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/fr/accueil/4352-l-antiquite-resonorisee.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903979v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579945v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904015v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-guedelon.fr/fr/376-guedelon-nous-batissons-un-chateau-fort-9782737375682.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319151v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615470v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4914" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416585v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Puget" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Durand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Seta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.acm.org/10.1145/3294109.3300977" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294109.3300977" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615474v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4859" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416558v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-01789703" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416556v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=46086" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378003v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarabeth S. Mullins" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot K Canfield Dafilou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Pardoen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32474/JAAS.2025.11.000364" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Math&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fauchier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Favier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Le Guennec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135o8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349194v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Guesney" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.06.009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Javerliat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raimbaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Villenave" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Elst" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Zimmermann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889283v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.27668" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416586v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/dscn.350" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416552v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7410/1297" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416555v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416557v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772592v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Monferran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639402v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lyzwa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Peichert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662772v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3604321.3604377" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243483v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Roth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Serdouk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bres" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDAR.2019.00187" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416562v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416563v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416566v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416559v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416569v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416568v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416573v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416572v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416567v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ferrando" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Raschia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416570v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416571v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416574v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590735v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyadh Benamar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largeron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416578v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416577v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416575v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416579v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416551v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416576v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416583v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416582v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416584v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416580v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416581v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416561v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416560v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kaltemback" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Furghieri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959738v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204863v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Wicky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04636030v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Christine Frandsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Rohani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elton Mcgoun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02613279v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Astic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gasnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Kerouanton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laub&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663578v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De Muynke" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mylene-pardoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0312-1532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05244215v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/fr/accueil/4352-l-antiquite-resonorisee.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903979v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579945v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904015v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-guedelon.fr/fr/376-guedelon-nous-batissons-un-chateau-fort-9782737375682.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319151v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615470v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4914" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416585v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Puget" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Durand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Seta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.acm.org/10.1145/3294109.3300977" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294109.3300977" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615474v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4859" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416558v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-01789703" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416556v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=46086" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378003v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarabeth S. Mullins" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot K Canfield Dafilou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Pardoen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32474/JAAS.2025.11.000364" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Math&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fauchier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Favier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Le Guennec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135o8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349194v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Guesney" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.06.009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Javerliat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Raimbaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Villenave" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Elst" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Zimmermann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889283v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.27668" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416586v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/dscn.350" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416552v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7410/1297" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416555v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416557v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772592v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Monferran" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639402v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lyzwa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Peichert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662772v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3604321.3604377" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243483v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Roth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eglin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Serdouk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bres" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDAR.2019.00187" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416562v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416563v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416566v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416569v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416568v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416559v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416573v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416572v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416570v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416567v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ferrando" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Raschia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416571v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416574v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590735v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyadh Benamar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Largeron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416578v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416577v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416575v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416579v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416576v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416551v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416583v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416582v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416584v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416580v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416581v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416561v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416560v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Kaltemback" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Furghieri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959738v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204863v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Wicky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04636030v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Christine Frandsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Rohani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elton Mcgoun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02613279v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Astic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gasnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Kerouanton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laub&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663578v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien De Muynke" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>