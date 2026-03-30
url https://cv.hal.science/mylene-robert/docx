--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,1963 +66,1963 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of Membrane–Electrode Separation Processes for the Recycling of Ionomer Membranes in End-of-Life PEM Fuel Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dubelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Svecova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (5), pp.2758-2771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.4c04930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A chemical-mechanical ex-situ aging of perfluorosulfonic-acid membranes for fuel cells: impact on the structure and the functional properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Crouillere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 520, pp.230911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2021.230911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483205v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Impact of Chemical-Mechanical Ex Situ Aging on PFSA Membranes for Fuel Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/membranes11050366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time-resolved monitoring of composite Nafion™ XL membrane degradation induced by Fenton's reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jésus Raya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.memsci.2020.118977⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of conjoint mechanical and chemical stress on perfluorosulfonic-acid membranes for fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 476, pp.228662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2020.228662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a NMR-Based Method for Characterizing the Degradation of Nafion XL Membranes for PEMFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 165 (6), pp.F3209 - F3216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.0231806jes⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recycling of Ionomer Membranes in End-of-Life PEM Fuel Cells: Study of Membrane-Electrodes Separation Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Dubelley</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Svecova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">248th ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECS, Oct 2025, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recyclage des éléments critiques à partir de chutes de production ou d’objets en fin de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenka Svecova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Think Tank Axelera – Cara « Eco-conception des piles à combustible »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Axelera, Cara, Dec 2023, Solaize, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recycling process of Membrane Electrode Assembly of PEMFC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Svecova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Dubelley</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrolyzer Recycling Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Washington + online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a chemical-mechanical ex-situ aging on PFSA membranes for fuel cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Impact d'un vieillissement mécano-chimique ex-situ sur les membranes PFSA pour piles à combustible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Crouillere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kevin Mozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFCF 2021: Low-Temp. Fuel Cells, Electrolysers &amp; H2 Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Lucerne, Switzerland</w:t>
+              <w:t xml:space="preserve">1ère Réunions Plénières de la Fédération HYDROGENE (FRH2) du CNRS, May 2021, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03236424v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03236400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d'un vieillissement mécano-chimique ex-situ sur les membranes PFSA pour piles à combustible</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Impact d'un vieillissement mécano-chimique ex-situ sur les membranes PFSA pour pile à combustible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Crouillere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Crouillere</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Réunions Plénières de la Fédération HYDROGENE (FRH2) du CNRS, May 2021, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, visioconférence, France</w:t>
+              <w:t xml:space="preserve">Colloque 2021 du Groupe Français d’Étude des Polymères, 15-19 novembre 2021, Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03236400v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d'un vieillissement mécano-chimique ex-situ sur les membranes PFSA pour pile à combustible</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Impact of a chemical-mechanical ex-situ aging on PFSA membranes for fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Crouillere</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laetitia Dubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2021 du Groupe Français d’Étude des Polymères, 15-19 novembre 2021, Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">EFCF 2021: Low-Temp. Fuel Cells, Electrolysers &amp; H2 Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lucerne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03340838v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03236424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONJOINT EFFECTS OF CHEMICAL AND MECHANICAL DEGRADATION STRESSORS ON FUEL CELL PFSA MEMBRANES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EFC19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Main Limitations to Polymer Electrolyte Membrane Fuel Cells Durability, Reliability and Performances (Invited)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Characterization of Nafion ®XL properties after ex-situ and in-situ degradations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Said Ait Hammou Taleb</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Summer School - Hydrogen Technologies in Local Energy Hubs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
+              <w:t xml:space="preserve">233rd ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01913354v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Nafion ®XL properties after ex-situ and in-situ degradations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Main Limitations to Polymer Electrolyte Membrane Fuel Cells Durability, Reliability and Performances (Invited)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Ait Hammou Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assma El Kaddouri</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">233rd ECS Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Seattle, United States</w:t>
+              <w:t xml:space="preserve">International Summer School - Hydrogen Technologies in Local Energy Hubs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...673 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2020.228662⟩</w:t>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-01743806v1</w:t>
+                <w:t xml:space="preserve">hal-01913354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2040,51 +2040,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of degradation and aging on properties of PFSA membranes for fuel cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mechanics of materials [physics.class-ph]. Université de Lorraine, 2021. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021LORR0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2143,77 +2143,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la dégradation chimique sur les propriétés de transport dans les membranes Nafion après vieillissement in-situ et ex-situ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2268,103 +2268,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the chemical degradation on transport properties in Nafion membrane after fuel cell operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assma El Kaddouri</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lottin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th FDFC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Stuttgart, Germany. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2558,51 +2558,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344673v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubelley" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Robert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Svecova" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172192v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783295v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236424v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assma El Kaddouri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236400v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crouillere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340838v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391634v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lottin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Touhami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ait Hammou Taleb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918734v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubelley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c04930" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483205v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2021.230911" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;sus Raya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2020.118977" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228615v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Mozet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11050366" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915968v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Daoudi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2020.228662" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01743806v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0231806jes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03203250v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caqu&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391863v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918734v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Robert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubelley" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Paul" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Svecova" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c04930" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483205v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assma El Kaddouri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crouillere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dubau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2021.230911" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228615v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Mozet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11050366" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078768v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;sus Raya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lottin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2020.118977" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915968v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Daoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2020.228662" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01743806v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0231806jes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344673v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubelley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172192v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783295v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236400v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236424v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391634v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913354v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Touhami" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ait Hammou Taleb" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03203250v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0004" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caqu&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391863v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>