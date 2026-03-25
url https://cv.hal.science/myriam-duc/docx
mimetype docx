--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -475,629 +475,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05044888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swelling-shrinkage properties of compacted Karal soils from North and Far North Cameroon: a physicochemical and geotechnical approach</w:t>
+                <w:t xml:space="preserve">Investigation of the influence of crushed sand on carbonation of Mortar: Physical and microstructural analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lemankreo Bakaiyang</w:t>
+                <w:t xml:space="preserve">Emmanuel A.M. Elat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prosper Pliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Madjadoumbaye</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Mbessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 28 (10), pp.2345 - 2365. </w:t>
+              <w:t xml:space="preserve">Cleaner Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.100277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2024.2314114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clema.2024.100277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05101817v1</w:t>
+                <w:t xml:space="preserve">hal-04775695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Swelling–Shrinkage Properties of Intact and Disturbed Clayey and Marly Soils: The Density Effect</w:t>
+                <w:t xml:space="preserve">Swelling-shrinkage properties of compacted Karal soils from North and Far North Cameroon: a physicochemical and geotechnical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamis Makki</w:t>
+                <w:t xml:space="preserve">Lemankreo Bakaiyang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Coppée</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Yasmina Boussafir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Madjadoumbaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geotechnics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/geotechnics4020028⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (10), pp.2345 - 2365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2024.2314114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04685395v1</w:t>
+                <w:t xml:space="preserve">hal-05101817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High performance illitic clay-based geopolymer: Influence of thermal/mechanical activation on strength development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Luzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gautron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Clay Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 258 (2), pp.107445. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.clay.2024.107445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The swell-shrink properties of intact and disturbed clayey and marly soils : the disturbance effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of GEOMATE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 27 (121), pp.103-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21660/2024.121.g13230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the influence of crushed sand on carbonation of Mortar: Physical and microstructural analysis</w:t>
+                <w:t xml:space="preserve">The Swelling–Shrinkage Properties of Intact and Disturbed Clayey and Marly Soils: The Density Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel A.M. Elat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Prosper Pliya</w:t>
+                <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Mbessa</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thibault Coppée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cleaner Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14, pp.100277. </w:t>
+              <w:t xml:space="preserve">Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (2), pp.512-529. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clema.2024.100277⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/geotechnics4020028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775695v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strengthening mechanisms of clay building materials by starch</w:t>
               </w:r>
@@ -3382,51 +3382,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Reiffsteck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17 p. </w:t>
@@ -3822,421 +3822,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of strength development in cement-treated soils under different curing conditions through microstructural and chemical investigations</w:t>
+                <w:t xml:space="preserve">The swelling and shrinkage properties of clay-rich soils after cement treatment : A microstructural approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanh Si Ho</w:t>
+                <w:t xml:space="preserve">Hizia Bekhouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenichiro Nakarai</w:t>
+                <w:t xml:space="preserve">Khelifa Abbeche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhak Maachi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ouassila Bahloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Delage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.01.112⟩</w:t>
+              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4408/IJEGE.2018-02.O-01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836577v1</w:t>
+                <w:t xml:space="preserve">hal-03102822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The swelling and shrinkage properties of clay-rich soils after cement treatment : A microstructural approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of the hydration temperature on the pore structure of cement paste: Experimental investigation and micromechanical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khelifa Abbeche</w:t>
+                <w:t xml:space="preserve">Sara Bahafid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siavash Ghabezloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paméla Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Delage</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sulem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4408/IJEGE.2018-02.O-01⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 111, 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102822v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the hydration temperature on the pore structure of cement paste: Experimental investigation and micromechanical modelling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of strength development in cement-treated soils under different curing conditions through microstructural and chemical investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siavash Ghabezloo</w:t>
+                <w:t xml:space="preserve">Lanh Si Ho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paméla Faure</w:t>
+                <w:t xml:space="preserve">Kenichiro Nakarai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Sulem</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelhak Maachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 111, 14 p. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 166, pp. 634-646. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.06.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.01.112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102472v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of aggregate size on the compressibility and air permeability of lime-treated fine-grained soil</w:t>
               </w:r>
@@ -4346,291 +4346,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of different drying methods on the mechanical behavior and the microstructure of an Algerian compacted limestone crust</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamza Loualbia</w:t>
+                <w:t xml:space="preserve">Aggregate size effect on the development of cementitious compounds in a lime-treated soil during curing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yejiao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Jun Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Minh A.M. Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yahya Sebaibi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadia Benhamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01694243.2016.1242525⟩</w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 136, pp 58-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2016.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448175v1</w:t>
+                <w:t xml:space="preserve">hal-01448173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregate size effect on the development of cementitious compounds in a lime-treated soil during curing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yejiao Wang</w:t>
+                <w:t xml:space="preserve">Effect of different drying methods on the mechanical behavior and the microstructure of an Algerian compacted limestone crust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Loualbia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Sebaibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Benhamed</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Idriss Goual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Feia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 136, pp 58-66. </w:t>
+              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2016.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2016.1242525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448173v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of decompression and suction on macroscopic and microscopic behavior of a clay rock</w:t>
               </w:r>
@@ -5508,390 +5508,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du comportement des argiles gonflantes du Cameroun, de type Karal, traitées pour des applications en construction routière</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Madjadoumbaye</w:t>
+                <w:t xml:space="preserve">Impact des inclusions de sol dans la matrice Deep Soil Mixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juba Amrioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Myriam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne-Sylvine Guedon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Saussaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes journées nationales de géotechnique et de géologie de l’ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National des Sciences Appliquées de Lyon [INSA Lyon], CFMS, CFMR, CFGI, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03720169v1</w:t>
+                <w:t xml:space="preserve">hal-03719836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de roches gypseuses : microstructure et propriétés mécaniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du comportement des argiles gonflantes du Cameroun, de type Karal, traitées pour des applications en construction routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemankreo Bakaiyang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Coppée</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Béchet</w:t>
+                <w:t xml:space="preserve">Yasmina Boussafir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Madjadoumbaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes journées nationales de géotechnique et de géologie de l’ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National des Sciences Appliquées de Lyon [INSA Lyon], CFMS, CFMR, CFGI, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719802v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des inclusions de sol dans la matrice Deep Soil Mixing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+                <w:t xml:space="preserve">Caractérisation de roches gypseuses : microstructure et propriétés mécaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Coppée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne-Sylvine Guedon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amade Pouya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duc Myriam</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucile Saussaye</w:t>
+                <w:t xml:space="preserve">Béatrice Béchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes journées nationales de géotechnique et de géologie de l’ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National des Sciences Appliquées de Lyon [INSA Lyon], CFMS, CFMR, CFGI, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03719836v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback on deep soil mixing technique for Loire levees</w:t>
               </w:r>
@@ -5916,51 +5916,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Saussaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Patouillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6037,51 +6037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Saussaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Patouillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6113,575 +6113,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des propriétés physiques d'un sol sur les propriétés mécaniques d'unmélange sol-ciment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucile Saussaye</w:t>
+                <w:t xml:space="preserve">Mechanical and mineralogical characteristics of mortars with crushed and river sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prosper Pliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mbessa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Noumowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Géotechnique et Géologie de l'Ingénieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">The 13th fib International PhD-Symposium in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Marne-la-Vallée, France. pp. 78-85, graph., photos., bibliogr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534943v1</w:t>
+                <w:t xml:space="preserve">hal-03113712v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance illitic clay-based geopolymer : Influence of the mechanochemical activation duration on the strength development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Luzu</w:t>
+                <w:t xml:space="preserve">Impact des propriétés physiques d'un sol sur les propriétés mécaniques d'unmélange sol-ciment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Saussaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gautron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 3rd International Conference on Calcined Clays for Sustainable Concrete</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, New Delhi, India. pp 363-373</w:t>
+              <w:t xml:space="preserve">Journées Nationales Géotechnique et Géologie de l'Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02894856v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swelling inhibitors for Clay Materials : comparison of Industrial and Natural Surfactants. In : Monument future : Decay and Conservation of Stone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loren Masson</w:t>
+                <w:t xml:space="preserve">High performance illitic clay-based geopolymer : Influence of the mechanochemical activation duration on the strength development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Luzu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Sylvine Guedon Dubied</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assia Djerbi Tegguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Congress on the Deterioration and Conservation of Stone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, GOTTINGEN, Germany. pp. 619-624</w:t>
+              <w:t xml:space="preserve">Proceedings of the 3rd International Conference on Calcined Clays for Sustainable Concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, New Delhi, India. pp 363-373</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111522v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of physical properties of soil on mechanical properties of soil cement treated materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucile Saussaye</w:t>
+                <w:t xml:space="preserve">Swelling inhibitors for Clay Materials : comparison of Industrial and Natural Surfactants. In : Monument future : Decay and Conservation of Stone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Sylvine Guedon Dubied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Didier Mertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Keita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de Géotechnique et de Géologie de l’Ingénieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CFMS, Nov 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">14th International Congress on the Deterioration and Conservation of Stone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, GOTTINGEN, Germany. pp. 619-624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04553108v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical and mineralogical characteristics of mortars with crushed and river sand</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Prosper Pliya</w:t>
+                <w:t xml:space="preserve">Impact of physical properties of soil on mechanical properties of soil cement treated materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Saussaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th fib International PhD-Symposium in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Marne-la-Vallée, France. pp. 78-85, graph., photos., bibliogr</w:t>
+              <w:t xml:space="preserve">Journées Nationales de Géotechnique et de Géologie de l’Ingénieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CFMS, Nov 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03113712v2</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04553108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavior of clay-rich soil /cement mixtures prepared by deep soil mixing method</w:t>
               </w:r>
@@ -6693,51 +6693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Kouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joali Paredes Marino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6775,90 +6775,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Illitic clay-based geopolymer: the study of mechanochemical activation coupled with thermal activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Luzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi Tegguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gautron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euroclay meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6877,606 +6877,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMPORTEMENT HYDROMECANIQUE D'UNE CRAIE MARINE ALTEREE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Palix</w:t>
+                <w:t xml:space="preserve">Etude du phénomène durcissement des encroutements calcaires en Algérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Loualbia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadok Feia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l’Ingénieur: "Ressources et aménagements: quelles limites?" (JNGG 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l&amp;apos;Ingénieur, Ressources et aménagement : quelles limites ? 13-15 Juin 2018 - Champs sur Marne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, CHAMPS-SUR-MARNE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01986116v1</w:t>
+                <w:t xml:space="preserve">hal-03106394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réutilisation des sols urbains : caractérisation géotechnique et environnementale</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lenoir</w:t>
+                <w:t xml:space="preserve">Hydro-mechanical behaviour of a weathered marine chalk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawaz Dlawar Muhammed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Canou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Palix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariane Audo</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M Duc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l&amp;apos;Ingénieur Ressources et aménagement : quelles limites ?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering in Chalk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, British Geotechnical Association (BGA), Sep 2018, Londres, United Kingdom. 744 p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/eiccf.64072.535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03106425v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydro-mechanical behaviour of a weathered marine chalk</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Dupla</w:t>
+                <w:t xml:space="preserve">Réutilisation des sols urbains : caractérisation géotechnique et environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Bellagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Palix</w:t>
+                <w:t xml:space="preserve">Mariane Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Duc</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Pierre Magnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering in Chalk</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l&amp;apos;Ingénieur Ressources et aménagement : quelles limites ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, CHAMPS-SUR-MARNE, France. 8 p., tabl., bibliogr</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01985562v1</w:t>
+                <w:t xml:space="preserve">hal-03106425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du type de sol, du dosage en ciment et de la teneur en eau sur les propriétés mécaniques et la porosité des matériaux traités au ciment.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Kouby</w:t>
+                <w:t xml:space="preserve">COMPORTEMENT HYDROMECANIQUE D'UNE CRAIE MARINE ALTEREE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rawaz Dlawar Muhammed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Canou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Palix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Si Shen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9emes Journées Nationales de Géotechniques et de Géologie de l&amp;apos;Ingénieur, JNGG 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, CHAMPS SUR MARNE, France. 8 p., photos, graph., bibliogr</w:t>
+              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l’Ingénieur: "Ressources et aménagements: quelles limites?" (JNGG 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109054v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du phénomène durcissement des encroutements calcaires en Algérie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamza Loualbia</w:t>
+                <w:t xml:space="preserve">Impact du type de sol, du dosage en ciment et de la teneur en eau sur les propriétés mécaniques et la porosité des matériaux traités au ciment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Kouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sadok Feia</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Szymkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si Shen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Nationales de Géotechnique et de Géologie de l&amp;apos;Ingénieur, Ressources et aménagement : quelles limites ? 13-15 Juin 2018 - Champs sur Marne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, CHAMPS-SUR-MARNE, France</w:t>
+              <w:t xml:space="preserve">9emes Journées Nationales de Géotechniques et de Géologie de l&amp;apos;Ingénieur, JNGG 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, CHAMPS SUR MARNE, France. 8 p., photos, graph., bibliogr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03106394v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du comportement différé de la bentonite compacte par une méthode d'homogénéisation numérique</w:t>
               </w:r>
@@ -8040,90 +8040,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du retrait du sol sur une maison expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Burlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Magnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8187,51 +8187,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maloula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque TerDOUEST 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, France. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8394,77 +8394,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison du retrait dans les marnes carbonatées et les sols argileux traités à la chaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maloula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Magnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, France. 10p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8623,64 +8623,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of carbonate on the swelling/shrinkage of clayey soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Magnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maloula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8718,51 +8718,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de retrait pour une meilleure classification de la sensibilité des sols à la sécheresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9003,51 +9003,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Jun Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh Minh A.M. Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Makki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean François Serratrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9340,51 +9340,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses minéralogiques. Pont du Larivot. (Guyane)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Sylvine Guedon Dubied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9569,90 +9569,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liant géopolymérique à base d'argile TOT chargée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Luzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Djerbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gautron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3094008A1. 2019, https://patents.google.com/patent/FR3094008B1/fr?peid=612fb89363ba0%3Aa9%3A22c8a143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9947,51 +9947,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90FD7A58"/>
+    <w:nsid w:val="F7448C91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10178,51 +10178,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/myriam-duc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3316-2204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493150v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Julia Ansaa-Asare" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetanjali Das" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Razakamanantsoa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2026.145462" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05044888v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Waeytens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ulanowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ibos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111405" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101817v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemankreo Bakaiyang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Boussafir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szymkiewicz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Madjadoumbaye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2024.2314114" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685395v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Makki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Copp&#233;e" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geotechnics4020028" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04754326v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Luzu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2024.107445" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04754314v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21660/2024.121.g13230" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04775695v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel A.M. Elat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Pliya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mbessa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clema.2024.100277" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211006v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tourtelot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose de Lacaillerie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133215" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385930v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juba Amrioui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Kouby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Sylvine Guedon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Saussaye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.03.720" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lansac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/IJGNAI.GMENG-8447" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433065v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiballah Raja" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witam Omar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibnoussina Mounsif" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10925-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03573083v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi Ying" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jun Cui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benahmed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgeot.20.P.319" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433194v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17756/nwj.2023-s2-039" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Pivert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Piebourg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamin Leprince-Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12101231" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04300954v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2022.106778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319167v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-021-01218-5" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763396v4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Verron-Guillemot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2022.106409" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-022-01488-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114283v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/GTJ20190301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03602922v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2021.01.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03667746v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124564" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03464918v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2021.106334" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609888v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yejiao Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Minh A.M. Tang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgeot.18.T.018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115266v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jun Cui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Bessaies Bey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-020-01092-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609887v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.19.00006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112010v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Haghighi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Martin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reiffsteck" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2020.1854123" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112026v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Loualbia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Demdoum" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Feia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10706-020-01552-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109848v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nmiri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Hamdi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Yazoghli Marzouk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzeddine Srasra" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12613-019-1764-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877805v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lenoir" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabat&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bellagh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2074-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836577v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanh Si Ho" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichiro Nakarai" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Maachi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.01.112" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102822v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hizia Bekhouche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Abbeche" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassila Bahloul" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delage" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4408/IJEGE.2018-02.O-01" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102472v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bahafid" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siavash Ghabezloo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Faure" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sulem" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.06.014" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01778948v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2017.08.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448175v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Sebaibi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Goual" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2016.1242525" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448173v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benhamed" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2016.11.003" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01342158v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Wei" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdia Hattab" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Reuschl&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taibi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-016-0454-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214856v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Castella" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.04.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWMPC81J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875971v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Thao Huynh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzarti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11696-011-0118-y" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110219v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gaboriaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.081" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LG94PV62-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110221v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.03.060" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52CSWKV9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110220v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.03.057" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXGN4BXF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699479v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauredan Le Guen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_47" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720169v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719802v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amade Pouya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#233;chet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719836v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Myriam" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534892v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Patouillard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04533083v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534943v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894856v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi Tegguer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111522v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Masson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Sylvine Guedon Dubied" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Didier Mertz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Keita" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04553108v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113712v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Elat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Noumowe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109915v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joali Paredes Marino" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493791v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986116v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawaz Dlawar Muhammed" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Canou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Dupla" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Palix" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106425v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Audo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Magnan" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985562v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Palix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Duc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/eiccf.64072.535" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109054v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Shen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106394v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013098v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachimi Dahhaoui" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Belayachi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Zadjaoui" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01790008v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wei" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reuschle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han&#232;ne Souli" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882278v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paulus" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L'Huillier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215246v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Wei Chen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudefroy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Descantes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Hammoum" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217285v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863400v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourgeois" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Burlon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853211v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maloula" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906033v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coulon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Yazoghli Marzouk" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Badrouillet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hammoum" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853186v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509009v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tl Pham" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvine Guedon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853381v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388343v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculai Droniuc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399872v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Long Pham" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377065v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Serratrice" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363571v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Long Nguyen Pham" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03089797v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116242v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00584466v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Cojean" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fleureau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jacquard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04491914v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01697059v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012139v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/myriam-duc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3316-2204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493150v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoda Julia Ansaa-Asare" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetanjali Das" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Razakamanantsoa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Hamard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2026.145462" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05044888v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Waeytens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ulanowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ibos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111405" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04775695v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel A.M. Elat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prosper Pliya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mbessa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clema.2024.100277" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101817v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemankreo Bakaiyang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Boussafir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szymkiewicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Madjadoumbaye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2024.2314114" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04754326v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Luzu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2024.107445" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04754314v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Makki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21660/2024.121.g13230" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685395v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Copp&#233;e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geotechnics4020028" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211006v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tourtelot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose de Lacaillerie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Bourg&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.133215" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385930v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juba Amrioui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Kouby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Sylvine Guedon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Saussaye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2023.03.720" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lansac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/IJGNAI.GMENG-8447" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433065v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiballah Raja" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witam Omar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibnoussina Mounsif" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10925-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03573083v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi Ying" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Jun Cui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benahmed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgeot.20.P.319" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433194v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17756/nwj.2023-s2-039" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036443v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Pivert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Piebourg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamin Leprince-Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12101231" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04300954v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2022.106778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319167v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-021-01218-5" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763396v4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Verron-Guillemot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2022.106409" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-022-01488-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114283v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/GTJ20190301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03602922v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2021.01.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03667746v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124564" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03464918v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2021.106334" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609888v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yejiao Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Minh A.M. Tang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgeot.18.T.018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115266v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Jun Cui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Bessaies Bey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-020-01092-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609887v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jgele.19.00006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112010v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Haghighi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Martin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reiffsteck" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2020.1854123" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112026v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Loualbia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Demdoum" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadok Feia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10706-020-01552-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109848v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nmiri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourredine Hamdi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Yazoghli Marzouk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzeddine Srasra" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12613-019-1764-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877805v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lenoir" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabat&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bellagh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2074-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102822v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hizia Bekhouche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Abbeche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassila Bahloul" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delage" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4408/IJEGE.2018-02.O-01" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102472v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bahafid" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siavash Ghabezloo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Faure" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sulem" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.06.014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836577v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanh Si Ho" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichiro Nakarai" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Maachi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.01.112" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01778948v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2017.08.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448173v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benhamed" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2016.11.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448175v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Sebaibi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Goual" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2016.1242525" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01342158v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Wei" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdia Hattab" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Reuschl&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taibi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-016-0454-8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214856v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Castella" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.04.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWMPC81J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875971v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Thao Huynh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzarti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11696-011-0118-y" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110219v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thomas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gaboriaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2006.04.081" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LG94PV62-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110221v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.03.060" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52CSWKV9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110220v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.03.057" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXGN4BXF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699479v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauredan Le Guen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_47" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719836v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Myriam" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720169v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719802v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amade Pouya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice B&#233;chet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534892v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Patouillard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04533083v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113712v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Elat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Noumowe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534943v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894856v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Djerbi Tegguer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111522v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Masson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Sylvine Guedon Dubied" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Didier Mertz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Keita" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04553108v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109915v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joali Paredes Marino" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493791v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106394v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985562v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawaz Dlawar Muhammed" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Canou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Dupla" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Palix" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Duc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/eiccf.64072.535" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106425v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Audo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Magnan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986116v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Palix" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109054v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Shen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013098v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachimi Dahhaoui" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Belayachi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjalil Zadjaoui" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01790008v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wei" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reuschle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han&#232;ne Souli" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882278v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paulus" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L'Huillier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215246v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Wei Chen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudefroy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Descantes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Hammoum" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217285v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863400v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourgeois" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Burlon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853211v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maloula" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906033v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coulon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Yazoghli Marzouk" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Badrouillet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hammoum" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853186v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509009v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tl Pham" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvine Guedon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853381v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388343v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculai Droniuc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399872v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Long Pham" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377065v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Serratrice" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363571v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Long Nguyen Pham" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03089797v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116242v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00584466v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Cojean" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fleureau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jacquard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04491914v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01697059v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00012139v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>