--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Myriam THOMAS </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic plasticity in hybrid schistosomes can contribute to their zoonotic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelia Luviano Aparicio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kincaid-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion A.L. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 381 (1941), pp.20240534. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2024.0534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Lactobacillus johnsonii CNCM I-4884 on canine giardiasis: a probiotic-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Wu-Chuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lianet Abuin-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Cabezas-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasites &amp; Vectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 19 (1), pp.22. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13071-025-07166-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of commercial serological tests to detect schistosomiasis in sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Bornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazzarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Alonzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 338, pp.110538. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetpar.2025.110538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giardia duodenalis in Algeria: a review within a One Health approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/remvt.37393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04604994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Infections Reveal Acquired Zoonotic Capacity of Human Schistosomiasis Trough Hybridization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 229 (6), pp.1904-1908. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/infdis/jiae152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of &amp;lt;em&amp;gt;Cryptosporidium parvum&amp;lt;/em&amp;gt; IIa and IId zoonotic subtype families and &amp;lt;em&amp;gt;Cryptosporidium bovis&amp;lt;/em&amp;gt; from calves in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 76 (11), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/remvt.37159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04373028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29, pp.3. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/parasite/2022001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03576845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age and Giardia intestinalis Infection Impact Canine Gut Microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Lebon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (9), pp.1862. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9091862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-step morphology-PCR strategy for the identification of nematode larvae recovered from muscles after artificial digestion at meat inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Karadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Kaestner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Laboutière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Adicéam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 119 (12), pp.4113-4122. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-020-06899-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03316740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence and molecular characterization of Giardia duodenalis in lambs in Djelfa, the central steppe of Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Benhassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Baroudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcene Hakem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Laatamna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 119 (9), pp.2965-2973. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-020-06808-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium parvum-infected neonatal mice show gut microbiota remodelling using high-throughput sequencing analysis: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Parasitologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (2), pp.268-275. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/s11686-019-00044-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma gondii in beef consumed in France: regional variation in seroprevalence and parasite isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26, pp.77. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/parasite/2019076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of Cryptosporidium isolates from diarrheal dairy calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, pp.100323. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of zoonotic Cryptosporidium spp. and Giardia duodenalis pathogens in Algerian sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.100280. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum zoonotic subtype IIaA15G2R1 in diarrheal lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Cartou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bile-Salt-Hydrolases from the Probiotic Strain Lactobacillus johnsonii La1 Mediate Anti-giardial Activity in Vitro and in Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Buret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.02707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bile Salt Hydrolase Activities: A Novel Target to Screen Anti-Giardia Lactobacilli?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.00089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la contamination par Toxoplasma gondii des viandes ovines, bovines et porcines – résultats des plans de surveillance pour les années 2007, 2009 et 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Epidémiologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69, pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The limits of test-based scrapie eradication programs in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chauvineau-Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Lacroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine S. Lugan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette P. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, online, Non paginé. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0054911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PrP-associated resistance to scrapie in five highly infected goat herds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perrin-Chauvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Lacroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette P. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of General Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (Pt 1), pp.241-245. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/vir.0.047225-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma et la toxoplasmose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des G.T.V.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, hors-serie, pp.91-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative survey underlining the significant level of contamination by Toxoplasma gondii of ovine meat consumed in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaïg Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int J Parasitol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpara.2009.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin de Mazancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grenouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Umhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin de Mazancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grenouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Umhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TCS Summer Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum virus 1 (CSpV1) in various subtypes of Cryptosporidium parvum from humans and diarrheic calves, lambs and goat kids in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Giardia and Cryptosporidium Congress (8th IGCC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Melbourne University, Feb 2025, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04998205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première détection et génotypage de Cryptosporidium chez les hérissons européens (Erinaceus europaeus) en région parisienne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of cryptosporidiosis in France and new insights on parasitic viruses - importance of one health approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romy Razakandrainibe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Carvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection and preliminary molecular characterisation of Cryptosporidium and Giardia in French European hedgehogs (Erinaceus europaeus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronica Risco-Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVPC Paris 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, MAISONS-ALFORT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04155727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High occurence of Cryptosporidium parvum zoonotic subtypes in Diarrheal calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Scientific Meeting of the European Veterinary Parasitology College</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole nationale vétérinaire d'Alfort (EnvA), Jul 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum virus 1 (CSpV1) in various subtypes of Cryptosporidium parvum from diarrheic calves, lambs and goat kid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tarik Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the European Veterinary Parasitology College</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Cryptosporidium parvum Zoonotic Hypertransmissible Subtype IIaA15G2R1 in Diarrheal Lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Cartou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l'Ecole Nationale Vétérinaire d'Alfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole nationale vétérinaire d'Alfort (EnvA), Sep 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association of Fish Pathologist : Journée branche française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oniris, Apr 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryspovirus 1 (CSPV1) in various zoonotic subtypes of Cryptosporidium parvum from diarrheic calves, lambs and goat kids in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Congress of Parasitology (ICOPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04141152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OIE Collaborating centre for Foodborne Zoonotic parasites (European region): overview of activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMOP, changing climate, changing parasites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04140809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIth European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep infection with &amp;lt;i&amp;gt;Schistosoma haematobium&amp;lt;/i&amp;gt; x &amp;lt;i&amp;gt;S. bovis&amp;lt;/i&amp;gt; hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Oleaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Association for the Advancement of Veterinary Parasitology, Jul 2021, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04160435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giardia intestinalis, de l'homme à l'animal et vice & versa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Bermúdez-Humarán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès annuel conjoint des Sociétés Françaises de Mycologie Médicale et de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium parvum et microbiote intestinal : une piste de recherche de nouveaux traitements alternatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tarik Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes journées SAPS (Sciences Animales Paris Saclay),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Sep 2021, jouy-en Josas, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum zoonotic subtype IIaA15G2R1 in diarrheal lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Sheep Veterinary Association (ISVA) Virtual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European college of small ruminants health management, Mar 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMOP, changing climate, changing parasites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium Genotypes and Subtypes in Diarrheal Dairy Calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04159078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium and Giardia species and genotypes in sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAAVP, Jul 2019, Madison (US-WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium genotypes and subtypes in calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for Advancement of Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAAVP, Jul 2019, Madison (US-WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of chitosan against experimental cryptosporidiosis in neonatal mice and goat kids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium and Giardia Species and Genotypes in Sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison (WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04160506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des Bile Salt Hydrolases dans le contrôle de la Giardiose par des lactobacilles, in vitro et in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André G Buret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées du consortium anti-parasitaire et fongique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CaPF, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cryptosporidiose, une maladie zoonotique à transmission hydrique et alimentaire, hypo-connue et sous-diagnostiquée en Algérie: Apport des techniques de biologie moléculaire dans la gestion de la sécurité sanitaire des aliments !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Journées Internationales des Sciences Vétérinaires (JISV), Sécurité alimentaire : Enjeux et Stratégies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole Naionale Supérieure d’Alger (ENSV), Dec 2018, Alger, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis and molecular characterization of Cryptosporidium and Giardia in sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th World Buiatrics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAB, Aug 2018, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation moléculaire de Cryptosporidium lors de diarrhées néonatales chez le veau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence nationale de sécurité sanitaire de l’alimentation, de l’environnement et du travail (Anses), Dec 2018, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of chitosan, a natural polysaccharide, against Cryptosporidium parvum in vitro and in vivo in neonatal mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Giardia and Cryptosporidium Conference (IGCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Havana, Cuba. pp.8, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.exppara.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence and molecular characterization of Cryptosporidium and Giardia in calves in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th World Buiatrics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAB, Aug 2018, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma gondii and veterinary public health in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic plasticity in schistosome worms after host shift and adaptive introgression can contribute to their zoonotic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelia Luviano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kincaid-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion A.L. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite evolution and impact in action: assessing the importance of hybrid schistosomes in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Londres, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the molecular diversity of Parascaris spp. infecting horses in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Bourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Karadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Merlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection and preliminary molecular characterisation of Cryptosporidium and Giardia in French European hedgehogs (Erinaceus europaeus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Risco-Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European veterinary parasitology college congress (20th anniversary)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du changement du microbiote intestinal chez les souriceaux nouveau-nés CD-1 infectés par Cryptosporidium parvum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasmosis in corsican wild boar : a first epidemiological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Afonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaig Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Paris, France. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence on Toxoplasma gondii in wild game meat from French Guyana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ca de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Marié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId178"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Myriam THOMAS </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic plasticity in hybrid schistosomes can contribute to their zoonotic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelia Luviano Aparicio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kincaid-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion A.L. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 381 (1941), pp.20240534. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2024.0534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Lactobacillus johnsonii CNCM I-4884 on canine giardiasis: a probiotic-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Wu-Chuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lianet Abuin-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Cabezas-Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasites &amp; Vectors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 19 (1), pp.22. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13071-025-07166-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of commercial serological tests to detect schistosomiasis in sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Bornier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazzarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Alonzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 338, pp.110538. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vetpar.2025.110538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giardia duodenalis in Algeria: a review within a One Health approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/remvt.37393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04604994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Infections Reveal Acquired Zoonotic Capacity of Human Schistosomiasis Trough Hybridization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 229 (6), pp.1904-1908. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/infdis/jiae152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of &amp;lt;em&amp;gt;Cryptosporidium parvum&amp;lt;/em&amp;gt; IIa and IId zoonotic subtype families and &amp;lt;em&amp;gt;Cryptosporidium bovis&amp;lt;/em&amp;gt; from calves in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 76 (11), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19182/remvt.37159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04373028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29, pp.3. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/parasite/2022001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03576845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age and Giardia intestinalis Infection Impact Canine Gut Microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Lebon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (9), pp.1862. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9091862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurrence and molecular characterization of Giardia duodenalis in lambs in Djelfa, the central steppe of Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Benhassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Baroudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahcene Hakem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkarim Laatamna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 119 (9), pp.2965-2973. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-020-06808-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-step morphology-PCR strategy for the identification of nematode larvae recovered from muscles after artificial digestion at meat inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Karadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Kaestner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Laboutière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Adicéam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasitology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 119 (12), pp.4113-4122. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00436-020-06899-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03316740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium parvum-infected neonatal mice show gut microbiota remodelling using high-throughput sequencing analysis: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Parasitologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64 (2), pp.268-275. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/s11686-019-00044-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma gondii in beef consumed in France: regional variation in seroprevalence and parasite isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26, pp.77. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/parasite/2019076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02459567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of Cryptosporidium isolates from diarrheal dairy calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, pp.100323. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of zoonotic Cryptosporidium spp. and Giardia duodenalis pathogens in Algerian sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp.100280. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum zoonotic subtype IIaA15G2R1 in diarrheal lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Cartou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Parasitology : Regional Studies and Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vprsr.2019.100355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03176049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bile Salt Hydrolase Activities: A Novel Target to Screen Anti-Giardia Lactobacilli?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.00089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bile-Salt-Hydrolases from the Probiotic Strain Lactobacillus johnsonii La1 Mediate Anti-giardial Activity in Vitro and in Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Buret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2017.02707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la contamination par Toxoplasma gondii des viandes ovines, bovines et porcines – résultats des plans de surveillance pour les années 2007, 2009 et 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Geers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Epidémiologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69, pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The limits of test-based scrapie eradication programs in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chauvineau-Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Lacroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine S. Lugan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette P. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, online, Non paginé. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0054911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PrP-associated resistance to scrapie in five highly infected goat herds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Corbière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perrin-Chauvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Lacroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette P. Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of General Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 94 (Pt 1), pp.241-245. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/vir.0.047225-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma et la toxoplasmose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin des G.T.V.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, hors-serie, pp.91-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative survey underlining the significant level of contamination by Toxoplasma gondii of ovine meat consumed in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaïg Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int J Parasitol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpara.2009.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin de Mazancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grenouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Umhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TCS Summer Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum virus 1 (CSpV1) in various subtypes of Cryptosporidium parvum from humans and diarrheic calves, lambs and goat kids in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Giardia and Cryptosporidium Congress (8th IGCC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Melbourne University, Feb 2025, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04998205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin de Mazancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grenouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Umhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05170274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of cryptosporidiosis in France and new insights on parasitic viruses - importance of one health approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Favennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romy Razakandrainibe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Carvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première détection et génotypage de Cryptosporidium chez les hérissons européens (Erinaceus europaeus) en région parisienne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection and preliminary molecular characterisation of Cryptosporidium and Giardia in French European hedgehogs (Erinaceus europaeus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronica Risco-Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVPC Paris 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, MAISONS-ALFORT, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04155727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High occurence of Cryptosporidium parvum zoonotic subtypes in Diarrheal calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Scientific Meeting of the European Veterinary Parasitology College</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole nationale vétérinaire d'Alfort (EnvA), Jul 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum virus 1 (CSpV1) in various subtypes of Cryptosporidium parvum from diarrheic calves, lambs and goat kid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tarik Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the European Veterinary Parasitology College</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Cryptosporidium parvum Zoonotic Hypertransmissible Subtype IIaA15G2R1 in Diarrheal Lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Cartou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l'Ecole Nationale Vétérinaire d'Alfort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole nationale vétérinaire d'Alfort (EnvA), Sep 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium in fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association of Fish Pathologist : Journée branche française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oniris, Apr 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryspovirus 1 (CSPV1) in various zoonotic subtypes of Cryptosporidium parvum from diarrheic calves, lambs and goat kids in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houria Louifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Congress of Parasitology (ICOPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04141152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIth European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep infection with &amp;lt;i&amp;gt;Schistosoma haematobium&amp;lt;/i&amp;gt; x &amp;lt;i&amp;gt;S. bovis&amp;lt;/i&amp;gt; hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Oleaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World Association for the Advancement of Veterinary Parasitology, Jul 2021, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04160435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giardia intestinalis, de l'homme à l'animal et vice & versa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Bermúdez-Humarán</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès annuel conjoint des Sociétés Françaises de Mycologie Médicale et de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium parvum et microbiote intestinal : une piste de recherche de nouveaux traitements alternatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Tarik Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2èmes journées SAPS (Sciences Animales Paris Saclay),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Sep 2021, jouy-en Josas, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First identification of Cryptosporidium parvum zoonotic subtype IIaA15G2R1 in diarrheal lambs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Sheep Veterinary Association (ISVA) Virtual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European college of small ruminants health management, Mar 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Escotte-Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMOP, changing climate, changing parasites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OIE Collaborating centre for Foodborne Zoonotic parasites (European region): overview of activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Adjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu Blaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMOP, changing climate, changing parasites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04140809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium genotypes and subtypes in calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for Advancement of Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAAVP, Jul 2019, Madison (US-WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium and Giardia species and genotypes in sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAAVP, Jul 2019, Madison (US-WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium Genotypes and Subtypes in Diarrheal Dairy Calves in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04159078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of chitosan against experimental cryptosporidiosis in neonatal mice and goat kids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptosporidium and Giardia Species and Genotypes in Sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison (WI), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04160506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis and molecular characterization of Cryptosporidium and Giardia in sheep in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th World Buiatrics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAB, Aug 2018, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation moléculaire de Cryptosporidium lors de diarrhées néonatales chez le veau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Chenafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques et Doctorales de l'Anses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence nationale de sécurité sanitaire de l’alimentation, de l’environnement et du travail (Anses), Dec 2018, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence and molecular characterization of Cryptosporidium and Giardia in calves in Algeria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th World Buiatrics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WAB, Aug 2018, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of chitosan, a natural polysaccharide, against Cryptosporidium parvum in vitro and in vivo in neonatal mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Giardia and Cryptosporidium Conference (IGCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Havana, Cuba. pp.8, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.exppara.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des Bile Salt Hydrolases dans le contrôle de la Giardiose par des lactobacilles, in vitro et in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Chaouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André G Buret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées du consortium anti-parasitaire et fongique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CaPF, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cryptosporidiose, une maladie zoonotique à transmission hydrique et alimentaire, hypo-connue et sous-diagnostiquée en Algérie: Apport des techniques de biologie moléculaire dans la gestion de la sécurité sanitaire des aliments !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Journées Internationales des Sciences Vétérinaires (JISV), Sécurité alimentaire : Enjeux et Stratégies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole Naionale Supérieure d’Alger (ENSV), Dec 2018, Alger, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasma gondii and veterinary public health in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Boireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcriptomic plasticity in schistosome worms after host shift and adaptive introgression can contribute to their zoonotic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelia Luviano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Mathieu-Bégné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kincaid-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion A.L. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parasite evolution and impact in action: assessing the importance of hybrid schistosomes in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Londres, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the molecular diversity of Parascaris spp. infecting horses in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Bourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guilmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Karadjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Merlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First detection and preliminary molecular characterisation of Cryptosporidium and Giardia in French European hedgehogs (Erinaceus europaeus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Srun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Polack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Arné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Risco-Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European veterinary parasitology college congress (20th anniversary)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Maisons-Alfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du changement du microbiote intestinal chez les souriceaux nouveau-nés CD-1 infectés par Cryptosporidium parvum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mammeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chevillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Auclair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Parasitologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxoplasmosis in corsican wild boar : a first epidemiological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Richomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Afonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaig Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Alliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. European Multicolloquium of Parasitology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Paris, France. 1 p., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevalence on Toxoplasma gondii in wild game meat from French Guyana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Halos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ca de Broucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Marié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId178"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469047v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelia Luviano Aparicio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Mathieu-B&#233;gn&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kincaid-Smith" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion A.L. Picard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0534" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460556v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Polack" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Wu-Chuang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianet Abuin-Denis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-07166-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338622v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Blin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bornier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazzarin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Alonzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2025.110538" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04604994v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mammeri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37393" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vall&#233;e" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rognon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fontaine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiae152" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04373028v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Sahraoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chevillot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37159" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03576845v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881565v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boucard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Lebon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9091862" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316740v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Kaestner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Labouti&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adic&#233;am" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wagner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06899-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318137v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Benhassine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Baroudi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahcene Hakem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Laatamna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06808-y" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618255v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Auclair" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11686-019-00044-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Blaga" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Geers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2019076" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176056v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Chenafi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100323" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176067v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100280" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Cartou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100355" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126890v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Allain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Chaouch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Buret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126886v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00089" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04539634v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645168v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvineau-Perrin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Lacroux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Lugan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Costes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054911" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645293v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrin-Chauvineau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.047225-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539498v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boireau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418989v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Halos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2009.06.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4X94NBH7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170274v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Mazancourt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Audebert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214154v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998205v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adjou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chevillot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Blanchard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Louifi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634918v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Srun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arn&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690313v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Favennec" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Carvin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04155727v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526288v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tarik Adjou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526831v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526891v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04141152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04140809v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544506v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04160435v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Oleaga" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541459v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berm&#250;dez-Humar&#225;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525565v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525546v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157287v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04159078v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525596v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525591v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525666v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04160506v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541164v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; G Buret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526378v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541406v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736882v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.09.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN734J9B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541408v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815194v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Halos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Alliot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939728v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelia Luviano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634775v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bourier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Merlin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276860v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526409v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821520v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tolon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816040v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ca de Broucker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Mari&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469047v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelia Luviano Aparicio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Mathieu-B&#233;gn&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Kincaid-Smith" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion A.L. Picard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0534" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460556v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Polack" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Wu-Chuang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianet Abuin-Denis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-07166-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338622v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Blin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bornier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazzarin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Alonzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2025.110538" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04604994v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mammeri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37393" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vall&#233;e" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rognon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fontaine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiae152" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04373028v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Sahraoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chevillot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.37159" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03576845v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881565v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boucard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Lebon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Florent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9091862" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Benhassine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Baroudi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahcene Hakem" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Laatamna" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06808-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316740v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Kaestner" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Labouti&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adic&#233;am" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wagner" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06899-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618255v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Julien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Auclair" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11686-019-00044-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Blaga" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Geers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2019076" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176056v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Chenafi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100323" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176067v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100280" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Cartou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vprsr.2019.100355" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126886v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Allain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Chaouch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00089" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126890v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Buret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02707" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04539634v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645168v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvineau-Perrin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Lacroux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine S. Lugan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Costes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054911" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645293v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrin-Chauvineau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.047225-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539498v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boireau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418989v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Halos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2009.06.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4X94NBH7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214154v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Mazancourt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Audebert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04998205v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Adjou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chevillot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Blanchard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Louifi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170274v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690313v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Favennec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Carvin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634918v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Srun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Arn&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04155727v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526288v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tarik Adjou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526831v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526891v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04141152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544506v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04160435v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Oleaga" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541459v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berm&#250;dez-Humar&#225;n" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525565v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525546v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157287v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04140809v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525591v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04525596v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04159078v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525666v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04160506v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541406v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526924v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541408v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736882v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.09.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN734J9B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04541164v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; G Buret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526378v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815194v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Halos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Alliot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939728v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelia Luviano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634775v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Bourier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Merlin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276860v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Risco-Castillo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526409v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821520v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tolon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816040v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ca de Broucker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Mari&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>