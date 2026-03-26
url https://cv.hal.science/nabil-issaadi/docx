--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,477 +100,477 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of the laboratory cob specimens manufacturing: Variability of hygrothermal properties at the wall scale</w:t>
+                <w:t xml:space="preserve">Thermal properties of recycled plastics waste/hemp shive composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junior Tchiotsop</w:t>
+                <w:t xml:space="preserve">Lara Aldaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+                <w:t xml:space="preserve">Nordine Leklou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Poullain</w:t>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 497, pp.143289. </w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108, pp.112885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.143289⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2025.112885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05298100v1</w:t>
+                <w:t xml:space="preserve">hal-05502077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal properties of recycled plastics waste/hemp shive composites</w:t>
+                <w:t xml:space="preserve">Influence of corn starch gel on the mechanical properties of compressed earth blocks made with termite mound soil from Macrotermes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Aldaou</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Berthia Malonga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fateh Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2025.112885⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (10), pp.358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-025-02877-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05502077v1</w:t>
+                <w:t xml:space="preserve">hal-05389394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of corn starch gel on the mechanical properties of compressed earth blocks made with termite mound soil from Macrotermes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Reliability of the laboratory cob specimens manufacturing: Variability of hygrothermal properties at the wall scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Tchiotsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (10), pp.358. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 497, pp.143289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1617/s11527-025-02877-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.143289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389394v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evaluation of the time lag and decrement factor of a raw earth wall for various climates: Comparison of different methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Elias Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Othmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Building Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 113, pp.113996. </w:t>
@@ -634,77 +634,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Elias Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Yacine Ferroukhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy and Buildings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 310, pp.114119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -738,103 +738,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local and global sensitivity analysis of a coupled heat and moisture transfers model: effect of the variability of cob material properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junior Tchiotsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 60, pp.67-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -881,77 +881,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of the Dimensional and Hygrothermal Properties of Hemp Concrete under Accelerated Aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junior Tchiotsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Buildings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (10), pp.2414. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1011,64 +1011,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Sawadogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameur El Amine Hamami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1145,64 +1145,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massicilia Dahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Seghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Journal of Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20 (5), pp.918-930. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1236,90 +1236,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the natural variability of cob buildings hygric and thermal properties at material scale: Influence of plants add-ons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junior Tchiotsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Belarbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2022,103 +2022,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical and Thermal Characterisation of Compressed Earth Blocks Made of Termite Mound Soil (Macrotermes Sp.) Stabilised with Corn Starch Gel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berthia Malonga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poullain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fateh Bendahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEC 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Edimbourg (Ecosse), United Kingdom. pp.122-131, </w:t>
@@ -2195,51 +2195,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fionn Mcgregor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauredan Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2290,51 +2290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution spatiale de la teneur en eau et du degré de saturation d’un voile en béton ordinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2564,51 +2564,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Variability of Porous Media Properties on Drying Kinetics: Application to Cement-based Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2713,51 +2713,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la variabilité des propriétés de matériaux cimentaires sur les transferts hygrothermiques : développement d’une approche probabiliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Issaadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université de La Rochelle; École Royale Militaire (Bruxelles), 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015LAROS028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2953,51 +2953,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298100v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Tchiotsop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143289" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502077v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Aldaou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.112885" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthia Malonga" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02877-6" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298086v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Othmen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.113996" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541889v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Yacine Ferroukhi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231642v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-023-03409-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235397v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Poupard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102414" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667222v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belarbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sawadogo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12050648" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271558v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massicilia Dahmani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Seghir" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/WJE-07-2021-0445" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271770v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127922" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113106v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allam" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Issaadi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El-Meligy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altahrany" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2271-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bennai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Abahri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahakourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2221-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. A Hamami" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.250" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011273v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamami" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#238;t-Mokhtar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2041-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711188v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Oudjehani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferroukhi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.772.124" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298112v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_13" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699479v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauredan Le Guen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_47" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Hamami" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.35.1.56" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995281v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Pierr&#232;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kedowid&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Virgone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Trabelsi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113123v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-278-6.50008-6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01374744v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LAROS028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Aldaou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Issaadi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.112885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389394v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthia Malonga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateh Bendahmane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02877-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298100v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Tchiotsop" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.143289" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298086v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Othmen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.113996" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541889v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Yacine Ferroukhi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04231642v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-023-03409-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235397v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Poupard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13102414" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667222v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belarbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sawadogo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12050648" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271558v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massicilia Dahmani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Seghir" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/WJE-07-2021-0445" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271770v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2022.127922" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113106v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Allam" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Issaadi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El-Meligy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altahrany" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2271-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bennai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Abahri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahakourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2221-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. A Hamami" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.250" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011273v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamami" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#238;t-Mokhtar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-017-2041-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711188v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Oudjehani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferroukhi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.772.124" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298112v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_13" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699479v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Colinart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Mcgregor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Duc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauredan Le Guen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62690-6_47" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Hamami" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.35.1.56" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995281v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Pierr&#232;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kedowid&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Virgone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Trabelsi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113123v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-278-6.50008-6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01374744v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LAROS028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>