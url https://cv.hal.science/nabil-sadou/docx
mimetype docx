--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -109,187 +109,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Nonlinear Battery Aging Model for Microgrid Sizing Optimization</w:t>
+                <w:t xml:space="preserve">Convexité du coût annualisé des systèmes énergétiques avec une durée de vie dépendant de l'usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Sourisse</w:t>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Haessig</w:t>
+                <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fructhieu Armand Delwende Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05056219v1</w:t>
+                <w:t xml:space="preserve">hal-05144507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microgrid optimal sizing integrating usage-dependent components lifetime into a MILP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guéguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -330,204 +334,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convexité du coût annualisé des systèmes énergétiques avec une durée de vie dépendant de l'usage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Convex Nonlinear Battery Aging Model for Microgrid Sizing Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sourisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180687⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05144507v1</w:t>
+                <w:t xml:space="preserve">hal-05056219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal microgrid sizing: impact of anticipative (i.e. perfect foresight) operation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Sadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Openmod Grenoble workshop 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -565,64 +565,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du dimensionnement de micro-réseaux isolés avec stockage saisonnier d'hydrogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Gueguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -692,90 +692,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to enforce non-anticipativity in microgrid sizing optimization ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Sadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Openmod Grenoble workshop 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -832,90 +832,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convexity of the annualized cost of energy systems with usage-dependent component lifetimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Haessig</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Armand Delwende Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1102,51 +1102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056219v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sourisse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Sadou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180687" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163524v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Nikiema" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144507v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy El Sayegh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Armand Delwende Nikiema" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543597v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622788v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueguen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543567v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144507v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy El Sayegh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Armand Delwende Nikiema" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Sadou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163524v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Nikiema" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056219v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sourisse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180687" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543597v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622788v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueguen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543567v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>