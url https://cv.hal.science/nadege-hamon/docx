--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -374,338 +374,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05185403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring photophysical properties and sensitivity to oxygen in anisolyl-picolinate antenna conjugated to azamacrocycles</w:t>
+                <w:t xml:space="preserve">Heteropolynuclear Lanthanide(III) Complexes for Cooperative Sensitization Upconversion in Water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Bridou</w:t>
+                <w:t xml:space="preserve">Léna Godec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loeza Collobert</w:t>
+                <w:t xml:space="preserve">Richard Knighton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyangwi Malikidogo</w:t>
+                <w:t xml:space="preserve">Waygen Thor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salauat Kiraev</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maher Hojorat</w:t>
+                <w:t xml:space="preserve">Ka-Leung Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c00436⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c09915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162444v1</w:t>
+                <w:t xml:space="preserve">hal-05217567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteropolynuclear Lanthanide(III) Complexes for Cooperative Sensitization Upconversion in Water</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring photophysical properties and sensitivity to oxygen in anisolyl-picolinate antenna conjugated to azamacrocycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Bridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léna Godec</w:t>
+                <w:t xml:space="preserve">Loeza Collobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Knighton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadège Hamon</w:t>
+                <w:t xml:space="preserve">Kyangwi Malikidogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waygen Thor</w:t>
+                <w:t xml:space="preserve">Salauat Kiraev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ka-Leung Wong</w:t>
+                <w:t xml:space="preserve">Maher Hojorat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (27), pp.13635-13646. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c09915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c00436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05217567v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upconversion Luminescence with Bis‐pyclen Yb(III) Chelates: Crown vs. Linear Polyether Linkers in Discrete Heteropolynuclear Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Godec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -795,51 +795,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Photophysical Properties of Lanthanide Pyridinylphosphonic Tacn and Pyclen Derivatives: From Mononuclear Complexes to Supramolecular Heteronuclear Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Godec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -929,51 +929,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Bifunctional Pyclen-Based Lanthanide Luminescent Bioprobes for Targeted Two-Photon Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Bridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3636,51 +3636,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced Bioimaging: Improved Lanthanide Luminescent Bioprobes Through Pyclen Regiofunctionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Bridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3761,51 +3761,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing Ln3+ luminescent pyclen complexes for optical imaging: from proof of concept to biological application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Bridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3992,165 +3992,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyclen-based Ln(III) complexes as luminescent bioprobes for two-photon microscopy</w:t>
+                <w:t xml:space="preserve">New pyclen-based Ln(III) complexes as highly luminescent bioprobes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIth International Symposium on Luminescence Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Brest, France</w:t>
+              <w:t xml:space="preserve">Congress SCF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541477v1</w:t>
+                <w:t xml:space="preserve">hal-04541479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New pyclen-based Ln(III) complexes as highly luminescent bioprobes</w:t>
+                <w:t xml:space="preserve">Pyclen-based Ln(III) complexes as luminescent bioprobes for two-photon microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress SCF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">XVIIIth International Symposium on Luminescence Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541479v1</w:t>
+                <w:t xml:space="preserve">hal-04541477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèses de 3’-iodo-5’-norcarbonucléosides phosphonates à visée antivirale</w:t>
               </w:r>
@@ -5523,51 +5523,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Beyrouti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hamon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Caussin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fr&#233;roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt02008e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185403v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Sickinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Corne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502044" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162444v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bridou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeza Collobert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salauat Kiraev" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Hojorat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c00436" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05217567v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Godec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Knighton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waygen Thor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka-Leung Wong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c09915" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928814v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sanchez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Charbonni&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202414608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Platas-Iglesias" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c02522" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254162v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Roux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Tripier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c00287" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axia Marlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Le Pape" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Le Goff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Troadec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00227" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137794v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Gal&#225;n" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#337; Moln&#225;r" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Kiss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI01519A" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Nizou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Kriszti&#225;n K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Foug&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03277" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03094039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Barriada" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Esteban-G&#243;mez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02903552v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Al Sabea" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Norel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI00354A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02616978v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c03496" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03556766v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kaci" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian P&#233;rigaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Math&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.03.038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01803849v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Galland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Le Fur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duperray" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc02035c" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540810v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mouline" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Travert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700682" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03577100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled El Cheikh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bouffard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600444" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541188v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Batal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvestre Rebelo-Moreira" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Bayle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2015.01.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-874MF8VS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol5033267" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540483v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Slusarczyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Serpi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Balzarini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mcguigan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.12.039" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540473v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie Velanguparackel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Westwell" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.03.092" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Hamon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Quintiliani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2013.02.117" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540466v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourdin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Derudas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hinsinger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2013.09.047" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540415v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2010.07.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT98X3SX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533944v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mathe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Perigaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928885v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary-Bobo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928895v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541489v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541487v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541482v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541477v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541479v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541473v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541475v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541471v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928874v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541435v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541432v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasparutto" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Atta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541280v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Al Lakkis-Wehbe" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Eustache" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541204v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mathe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perigaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nass/nrn276" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04541259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Beyrouti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hamon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Caussin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Fr&#233;roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt02008e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185403v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Sickinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Corne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502044" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05217567v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Godec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Knighton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waygen Thor" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka-Leung Wong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c09915" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162444v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bridou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeza Collobert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salauat Kiraev" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Hojorat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c00436" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928814v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Sanchez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Charbonni&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202414608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Platas-Iglesias" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c02522" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254162v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Roux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Tripier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c00287" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697659v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axia Marlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Le Pape" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Le Goff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Troadec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00227" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137794v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Gal&#225;n" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#337; Moln&#225;r" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Kiss" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI01519A" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Nizou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Kriszti&#225;n K&#225;lm&#225;n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Foug&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03277" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03094039v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Barriada" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Esteban-G&#243;mez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02903552v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Al Sabea" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Norel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI00354A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02616978v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mulatier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c03496" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03556766v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kaci" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian P&#233;rigaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Math&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.03.038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01803849v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Galland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Le Fur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duperray" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc02035c" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540810v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mouline" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Travert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700682" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03577100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled El Cheikh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bouffard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600444" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541188v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Batal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvestre Rebelo-Moreira" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Bayle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2015.01.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-874MF8VS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol5033267" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540483v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Slusarczyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Serpi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Balzarini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mcguigan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.12.039" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540473v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie Velanguparackel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Westwell" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.03.092" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Hamon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Quintiliani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2013.02.117" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540466v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourdin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Derudas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hinsinger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2013.09.047" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540415v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2010.07.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT98X3SX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533944v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mathe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Perigaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928885v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary-Bobo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928895v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541489v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541487v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541482v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541479v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541477v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541473v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541475v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541471v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928874v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541435v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541432v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569203v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hamon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasparutto" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Atta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541280v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Al Lakkis-Wehbe" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Eustache" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541204v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mathe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perigaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nass/nrn276" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04541259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>