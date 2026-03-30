--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -100,546 +100,546 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of M10 and M20 Meteomodem radiosondes relative humidity measurements with ECMWF ERA5 above France: focus on the upper troposphere</w:t>
+                <w:t xml:space="preserve">Combining LIDAR, all-sky camera, and ECMWF-ERA5 reanalysis to investigate contrail formation and evolution over Clermont-Ferrand, France on June 2, 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidy Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Keckhut</w:t>
+                <w:t xml:space="preserve">Patrick Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Dupont</w:t>
+                <w:t xml:space="preserve">Frédéric Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Atmospheric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 329, pp.108500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-2026-482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2025.108500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05539892v1</w:t>
+                <w:t xml:space="preserve">hal-05289903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining LIDAR, all-sky camera, and ECMWF-ERA5 reanalysis to investigate contrail formation and evolution over Clermont-Ferrand, France on June 2, 2023</w:t>
+                <w:t xml:space="preserve">Comparison of M10 and M20 Meteomodem radiosondes relative humidity measurements with ECMWF ERA5 above France: focus on the upper troposphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidy Diarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Fréville</w:t>
+                <w:t xml:space="preserve">Philippe Keckhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Peyrin</w:t>
+                <w:t xml:space="preserve">Jean-Charles Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 329, pp.108500. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2025.108500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-2026-482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289903v1</w:t>
+                <w:t xml:space="preserve">hal-05539892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Original and Low-Cost ADS-B System to Fulfill Air Traffic Safety Obligations during High Power LIDAR Operation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Fréville</w:t>
+                <w:t xml:space="preserve">Lidar ratio calculations from in situ aerosol optical, microphysical and chemical measurements: Observations at puy de Dôme, France and analysis with CALIOP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kruthika Eswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Montoux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ancellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s23062899⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 296 (December), pp.107043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2023.107043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04750514v1</w:t>
+                <w:t xml:space="preserve">insu-04232928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lidar ratio calculations from in situ aerosol optical, microphysical and chemical measurements: Observations at puy de Dôme, France and analysis with CALIOP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kruthika Eswaran</w:t>
+                <w:t xml:space="preserve">Original and Low-Cost ADS-B System to Fulfill Air Traffic Safety Obligations during High Power LIDAR Operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fréville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Montoux</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 296 (December), pp.107043. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, LiDAR Sensor Hardware, Algorithm Development and Its Application), 23 (6), pp.2899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2023.107043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s23062899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04232928v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric Rivers and Associated Precipitation over France and Western Europe: 1980–2020 Climatology and Case Study</w:t>
               </w:r>
@@ -651,64 +651,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doiteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meredith Dournaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (8), pp.1075. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -742,51 +742,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cézeaux-Aulnat-Opme-Puy De Dôme: a multi-site for the long-term survey of the tropospheric composition and climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deguillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -876,90 +876,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomass burning and urban emission impacts in the Andes Cordillera region based on in situ measurements from the Chacaltaya observatory, Bolivia (5240 m a.s.l.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Aliaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Sellegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radovan Krejci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1144,51 +1144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloud Occurrence Frequency at Puy de Dôme (France) Deduced from an Automatic Camera Image Analysis: Method, Validation, and Comparisons with Larger Scale Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asmaou Bah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1291,90 +1291,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface and Tropospheric Water Vapor Variability and Decadal Trends at Two Supersites of CO-PDD (Cézeaux and Puy de Dôme) in Central France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dani Hadad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël van Baelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (8), pp.302. </w:t>
@@ -1412,103 +1412,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the aerosol optical properties and size distribution retrieved by sun photometer with in situ measurements at midlatitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Sellegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Hervo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9 (9), pp.4569-4585. </w:t>
@@ -1598,51 +1598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eija Asmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerosol and Air Quality Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (3), pp.702-716. </w:t>
@@ -1814,90 +1814,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIDAR Developments at Clermont-Ferrand—France for Atmospheric Observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Montoux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Reveret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2082,51 +2082,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subgrid-scale cirrus observed by lidar at mid-latitude : variability of the cloud optical depth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keckhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2229,77 +2229,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cirrus crystal fall velocity estimates using the Match method with ground-based lidars: first investigation through a case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Dionisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keckhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Congeduti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2480,64 +2480,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isentropic modeling of a cirrus cloud event observed in the midlatitude upper troposphere and lower stratosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keckhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hauchecorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2608,307 +2608,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00448611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of balloon and satellite water vapour measurements in the Southern tropical and subtropical UTLS during the HIBISCUS campaign</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Microphysical modelling of a midlatitude &amp;quot;polar stratospheric cloud&amp;quot; event: Comparisons against multiwavelength ground-based and spaceborne lidar data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jumelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Bekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patric Seifert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Georges Durry</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-9-5299-2009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 114 (D4), pp.D00H03. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009JD011776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00328075v2</w:t>
+                <w:t xml:space="preserve">hal-00392314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microphysical modelling of a midlatitude &amp;quot;polar stratospheric cloud&amp;quot; event: Comparisons against multiwavelength ground-based and spaceborne lidar data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evaluation of balloon and satellite water vapour measurements in the Southern tropical and subtropical UTLS during the HIBISCUS campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hauchecorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Pommereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Vernier</w:t>
+                <w:t xml:space="preserve">Franck Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Durry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2009JD011776⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (14), pp.5299-5319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-9-5299-2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00392314v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00328075v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3051,103 +3051,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidar ratio calculations from in situ aerosol optical, microphysical and chemical measurements: observations at puy de Dôme, France and analysis with CALIOP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kruthika Eswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chauvigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Montoux</w:t>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ancellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACTRIS Science Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Rennes, France. </w:t>
@@ -3327,355 +3327,355 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparisons of radiosonde water vapor measurements with ECMWF ERA-5 and contrails observations above Clermont-Ferrand (France)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CALIPSO and the field campaigns: a convergence of interest for the study of clouds and aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Peyrin</w:t>
+                <w:t xml:space="preserve">Jacques Pelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chazette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ancellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Calipso International Symposium on Spaceborne Lidar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Saint Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04597174v1</w:t>
+                <w:t xml:space="preserve">insu-04599414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CALIPSO and the field campaigns: a convergence of interest for the study of clouds and aerosols</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chazette</w:t>
+                <w:t xml:space="preserve">Comparisons of radiosonde water vapor measurements with ECMWF ERA-5 and contrails observations above Clermont-Ferrand (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidy Diarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Montoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Y. Blanchard</w:t>
+                <w:t xml:space="preserve">Fréderic Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calipso International Symposium on Spaceborne Lidar</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. pp.EGU24-10040, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-10040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04599414v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04597174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mid-latitude cirrus analysis with lidars: clustering and match approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Dionisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Keckhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Congeduti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3713,51 +3713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the Polar Stratospheric Clouds formation and evolution in Antarctica in August 2007 during IPY with the MATCH method applied to lidar data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3877,51 +3877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz M. Funatsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hauchecorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4172,51 +4172,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du transport isentrope de la vapeur d'eau dans la haute troposphère et la basse stratosphère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Montoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université Pierre et Marie Curie - Paris VI, 2008. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4412,51 +4412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539892v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Diarra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Montoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keckhut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dupont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2026-482" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fr&#233;ville" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Peyrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2025.108500" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750514v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062899" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04232928v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kruthika Eswaran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chauvign&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2023.107043" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463960v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doiteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Dournaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12081075" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883526v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Freney" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-3413-2020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446177v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Aliaga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan Krejci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-14805-2019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02321633v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barn&#233;oud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Gabella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Derrien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-5519-2019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454008v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaou Bah" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cacault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pichon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10120808" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857444v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Hadad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l van Baelen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos9080302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02092511v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hervo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-9-4569-2016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819803v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Asmi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4209/aaqr.2015.03.0164" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03644705v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sicard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. d'Amico" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comer&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alados-Arboledas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-8-4587-2015" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819804v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Reveret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s150203041" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094647v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiguo Wang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bocquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sicard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-12031-2014" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845119v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thuillier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Porteneuve" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.7.073530" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724297v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Dionisi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Congeduti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-6-457-2013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328044v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pommereau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Held" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gomes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goutail" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-2309-2011" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448611v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hauchecorne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jumelet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brogniez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011981" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328075v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Durry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-5299-2009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392314v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Bekki" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Seifert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011776" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E62CFFF3B45014FB22C120477C87BBF18CBCC76B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462330v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aubert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric T&#233;tard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Popovici" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goloub" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04626234v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326179v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Claud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M. Funatsu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Argence" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04597174v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Peyrin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10040" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04599414v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blanchard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722026v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Congeduti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115437v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Klekociuk" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pitts" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Di Liberto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178066v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05142924v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Baray" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fr&#233;ville" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Montoux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvign&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hadad" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817605047" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00446926v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289903v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Diarra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Montoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fr&#233;ville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Peyrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2025.108500" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539892v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Keckhut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dupont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2026-482" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04232928v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kruthika Eswaran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chauvign&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2023.107043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750514v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062899" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463960v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doiteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith Dournaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12081075" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883526v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Freney" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-3413-2020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446177v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Aliaga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan Krejci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-14805-2019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02321633v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barn&#233;oud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Gabella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Derrien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-5519-2019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454008v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaou Bah" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cacault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pichon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10120808" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857444v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Hadad" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l van Baelen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos9080302" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02092511v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hervo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-9-4569-2016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819803v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Asmi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4209/aaqr.2015.03.0164" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03644705v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sicard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. d'Amico" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comer&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alados-Arboledas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-8-4587-2015" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819804v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Reveret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s150203041" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094647v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiguo Wang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bocquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sicard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-12031-2014" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845119v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thuillier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Porteneuve" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.7.073530" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724297v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Dionisi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Congeduti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-6-457-2013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328044v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pommereau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Held" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Gomes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goutail" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-11-2309-2011" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448611v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hauchecorne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jumelet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brogniez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011981" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Bekki" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patric Seifert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011776" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E62CFFF3B45014FB22C120477C87BBF18CBCC76B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328075v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Durry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-5299-2009" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462330v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aubert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric T&#233;tard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Popovici" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goloub" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04626234v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326179v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Claud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M. Funatsu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Argence" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04599414v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blanchard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04597174v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Peyrin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10040" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722026v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Congeduti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115437v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Klekociuk" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pitts" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Di Liberto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178066v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05142924v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Baray" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fr&#233;ville" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Montoux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvign&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hadad" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201817605047" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00446926v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>